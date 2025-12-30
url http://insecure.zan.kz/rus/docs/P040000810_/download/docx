--- v0 (2025-10-01)
+++ v1 (2025-12-30)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a060734" w14:textId="a060734">
+    <w:p w14:paraId="0c1740d" w14:textId="0c1740d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -690,16313 +690,14825 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень объектов отраслей экономики, имеющих стратегическое значение, в отношении которых осуществляется государственный мониторинг собственности</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Перечень - в редакции постановления Правительства РК от 17.01.2023 № 24; с изменениями, внесенными постановлениями Правительства РК от 13.05.2025 </w:t>
+      Сноска. Перечень - в редакции постановления Правительства РК от 14.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 331</w:t>
+        <w:t>№ 973</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">; от 04.08.2025 </w:t>
-[...19 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3075"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ п/п
+№ п.п.
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Критерий отбора
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...30 lines deleted...]
-</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Раздел 1. Добыча и переработка топливно-энергетических полезных ископаемых (уголь, нефть, газ, уран) и металлических руд</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...36 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АО "Алюминий Казахстана"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...49 lines deleted...]
-              <w:t xml:space="preserve"> организаций, закупки товаров, работ и услуг которых подлежат мониторингу внутристрановой ценности, утвержденном постановлением Правительства Республики Казахстан от 1 июня 2022 года № 349 "Об утверждении перечня организаций, закупки товаров, работ и услуг которых подлежат мониторингу внутристрановой ценности, и признании утратившими силу некоторых решений Правительства Республики Казахстан".</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...37 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АО "АрселорМиттал Темиртау"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...50 lines deleted...]
-              <w:t xml:space="preserve"> организаций, закупки товаров, работ и услуг которых подлежат мониторингу внутристрановой ценности, утвержденном постановлением Правительства Республики Казахстан от 1 июня 2022 года № 349 "Об утверждении перечня организаций, закупки товаров, работ и услуг которых подлежат мониторингу внутристрановой ценности, и признании утратившими силу некоторых решений Правительства Республики Казахстан".</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ТОО "ОРКЕН"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АО "Транснациональная компания "Казхром"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ТОО "Корпорация Казахмыс"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...50 lines deleted...]
-              <w:t xml:space="preserve"> организаций, закупки товаров, работ и услуг которых подлежат мониторингу внутристрановой ценности, утвержденном постановлением Правительства Республики Казахстан от 1 июня 2022 года № 349 "Об утверждении перечня организаций, закупки товаров, работ и услуг которых подлежат мониторингу внутристрановой ценности, и признании утратившими силу некоторых решений Правительства Республики Казахстан".</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...50 lines deleted...]
-          <w:bookmarkStart w:name="z15" w:id="5"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ТОО "KAZAKHMYS SMELTING (КАЗАХМЫС СМЭЛТИНГ)"</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="5"/>
-[...52 lines deleted...]
-Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АО "Соколовско-Сарбайское горно-обогатительное производственное объединение"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АО "Усть-Каменогорский титано-магниевый комбинат"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...50 lines deleted...]
-              <w:t xml:space="preserve"> организаций, закупки товаров, работ и услуг которых подлежат мониторингу внутристрановой ценности, утвержденном постановлением Правительства Республики Казахстан от 1 июня 2022 года № 349 "Об утверждении перечня организаций, закупки товаров, работ и услуг которых подлежат мониторингу внутристрановой ценности, и признании утратившими силу некоторых решений Правительства Республики Казахстан".</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ТОО "Богатырь Комир"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...50 lines deleted...]
-          <w:bookmarkStart w:name="z16" w:id="6"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АО "Шубарколь комир"</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="6"/>
-[...52 lines deleted...]
-Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ТОО "Казцинк"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...50 lines deleted...]
-              <w:t xml:space="preserve"> организаций, закупки товаров, работ и услуг которых подлежат мониторингу внутристрановой ценности, утвержденном постановлением Правительства Республики Казахстан от 1 июня 2022 года № 349 "Об утверждении перечня организаций, закупки товаров, работ и услуг которых подлежат мониторингу внутристрановой ценности, и признании утратившими силу некоторых решений Правительства Республики Казахстан".</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АО "Жайремский горно-обогатительный комбинат"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АО "Altyntau Kokshetau"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АО "ПетроКазахстан Кумколь Ресорсиз"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ТОО "ПетроКазахстан Ойл Продактс"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АО "Каражанбасмунай"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АО "СНПС-Актобемунайгаз"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АО "КМК Мунай"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АО "Национальная компания "КазМунайГаз"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Числится в </w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> национальных управляющих холдингов, национальных холдингов, национальных компаний, утвержденном постановлением Правительства Республики Казахстан от 6 апреля 2011 года № 376 "Об утверждении перечня национальных управляющих холдингов, национальных холдингов, национальных компаний".</w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет, а также перечне национальных управляющих холдингов, национальных холдингов, национальных компаний, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 6 апреля 2011 года № 376 "Об утверждении перечня национальных управляющих холдингов, национальных холдингов, национальных компаний"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АО "Национальная компания "QazaqGaz"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Числится в </w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> национальных управляющих холдингов, национальных холдингов, национальных компаний, утвержденном постановлением Правительства Республики Казахстан от 6 апреля 2011 года № 376 "Об утверждении перечня национальных управляющих холдингов, национальных холдингов, национальных компаний".</w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет, а также перечне национальных управляющих холдингов, национальных холдингов, национальных компаний, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 6 апреля 2011 года № 376 "Об утверждении перечня национальных управляющих холдингов, национальных холдингов, национальных компаний"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АО "КазТрансОйл"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Числится в </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АО "Озенмунайгаз"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АО "Эмбамунайгаз"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ТОО "Казахский газоперерабатывающий завод"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Числится в перечне производителей сжиженного нефтяного газа, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министра энергетики Республики Казахстан от 19 марта 2018 года № 106</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ТОО "КазРосГаз"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Числится в перечне налогоплательщиков, осуществляющих деятельность в рамках межправительственного соглашения о сотрудничестве в газовой отрасли, обороты которых по реализации на территории другого государства – члена Евразийского экономического союза продуктов переработки из давальческого сырья, ранее вывезенного этими налогоплательщиками с территории Республики Казахстан и переработанного на территории такого другого государства – члена Евразийского экономического союза, облагаются налогом на добавленную стоимость по нулевой ставке, утвержденном уполномоченным органом в области нефти и газа, а также перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне налогоплательщиков, осуществляющих деятельность в рамках межправительственного соглашения о сотрудничестве в газовой отрасли, обороты которых по реализации на территории другого государства – члена Евразийского экономического союза продуктов переработки из давальческого сырья, ранее вывезенного этими налогоплательщиками с территории Республики Казахстан и переработанного на территории такого другого государства – члена Евразийского экономического союза, облагаются налогом на добавленную стоимость по нулевой ставке, утвержденном уполномоченным органом в области нефти и газа, а также перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АО "Интергаз Центральная Азия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Числится в </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ТОО "Казахойл Актобе"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ТОО "Атырауский нефтеперерабатывающий завод"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Числится в </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ТОО "Павлодарский нефтехимический завод"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "QazaqGaz Aimaq""</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>постановлением</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ТОО "КАЗАХТУРКМУНАЙ"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...102 lines deleted...]
-Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ТОО "Совместное предприятие "Казгермунай"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...102 lines deleted...]
-Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ТОО "КМГ Карачаганак"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...102 lines deleted...]
-Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ТОО "Северо-Западная трубопроводная компания "МунайТас"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ТОО "КАЗАХСТАНСКО-КИТАЙСКИЙ ТРУБОПРОВОД"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Числится в </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц".</w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...122 lines deleted...]
-              <w:t xml:space="preserve"> стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц".</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ТОО "Тенгизшевройл"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...102 lines deleted...]
-Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Мангистаумунайгаз"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...102 lines deleted...]
-Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Национальная атомная компания "Казатомпром"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет, а также в перечне национальных управляющих холдингов, национальных холдингов, национальных компаний, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 6 апреля 2011 года № 376 "Об утверждении перечня национальных управляющих холдингов, национальных холдингов, национальных компаний"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Ульбинский металлургический завод"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Числится в </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет, а также в перечне национальных управляющих холдингов, национальных холдингов, национальных компаний, утвержденном постановлением Правительства Республики Казахстан от 6 апреля 2011 года № 376 "Об утверждении перечня национальных управляющих холдингов, национальных холдингов, национальных компаний".</w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Волковгеология"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Числится в </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Казахстанско-Российско-Кыргызское совместное предприятие с иностранными инвестициями "ЗАРЕЧНОЕ"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Числится в </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ТОО "Казахстанско-французское совместное предприятие "Катко"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Числится в </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ТОО "Совместное предприятие "ИНКАЙ"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Числится в </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ТОО "Каратау"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Числится в </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ТОО "Аппак"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Числится в </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ТОО "Кызылту"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Числится в </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ТОО "РУ-6"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Числится в </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц".</w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ТОО "Семизбай-U"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Числится в </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц".</w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Совместное предприятие "Акбастау"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Числится в </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ТОО "Байкен-U"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Числится в </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ТОО "Добывающее предприятие "ОРТАЛЫК"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Числится в </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...122 lines deleted...]
-              <w:t xml:space="preserve"> стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+52.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ТОО "Совместное предприятие "Южная горно-химическая компания"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...122 lines deleted...]
-              <w:t xml:space="preserve"> стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ТОО "Turanium"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...122 lines deleted...]
-              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц".</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+54.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ТОО "КАЗАХАЛТЫН"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ТОО "Степногорский горно-химический комбинат"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Числится в </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> организаций, закупки товаров, работ и услуг которых подлежат мониторингу внутристрановой ценности, утвержденном постановлением Правительства Республики Казахстан от 1 июня 2022 года № 349 "Об утверждении перечня организаций, закупки товаров, работ и услуг которых подлежат мониторингу внутристрановой ценности, и признании утратившими силу некоторых решений Правительства Республики Казахстан".</w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...102 lines deleted...]
-Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+РГП на ПХВ "Национальный ядерный центр Республики Казахстан" Агентства Республики Казахстан по атомной энергии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также перечне организаций, являющихся субъектами базового финансирования, утвержденном приказом Министра образования и науки Республики Казахстан от 25 мая 2022 года № 224 "Об утверждении перечня организаций, являющихся субъектами базового финансирования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+57.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ТОО "Казатомпром - SaUran"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Числится в </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц".</w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+58.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Национальная горнорудная компания "Тау-Кен Самрук"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Числится в </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также перечне организаций, являющихся субъектами базового финансирования, утвержденном приказом Министра образования и науки Республики Казахстан от 25 мая 2022 года № 224 "Об утверждении перечня организаций, являющихся субъектами базового финансирования".</w:t>
+Числится в перечне национальных управляющих холдингов, национальных холдингов, национальных компаний, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 6 апреля 2011 года № 376 "Об утверждении перечня национальных управляющих холдингов, национальных холдингов, национальных компаний"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ТОО "Совместное предприятие "Буденовское"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Числится в </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...142 lines deleted...]
-              <w:t xml:space="preserve"> национальных управляющих холдингов, национальных холдингов, национальных компаний, утвержденном постановлением Правительства Республики Казахстан от 6 апреля 2011 года № 376 "Об утверждении перечня национальных управляющих холдингов, национальных холдингов, национальных компаний".</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ТОО "KSP Steel" ("КейЭсПи Стил")</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...102 lines deleted...]
-Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц".</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ТОО "Проммашкомплект"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+62.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+РГП на ПХВ "Институт ядерной физики" Агентства Республики Казахстан по атомной энергии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Числится в </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет, а также перечне организаций, закупки товаров, работ и услуг которых подлежат мониторингу внутристрановой ценности, утвержденном постановлением Правительства Республики Казахстан от 1 июня 2022 года № 349 "Об утверждении перечня организаций, закупки товаров, работ и услуг которых подлежат мониторингу внутристрановой ценности, и признании утратившими силу некоторых решений Правительства Республики Казахстан".</w:t>
+Числится в перечне организаций, осуществляющих фундаментальные научные исследования на 2023-2025 годы, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министра науки и высшего образования Республики Казахстан от 29 июля 2024 года № 374</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...70 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Раздел 3. Производство и распределение электроэнергии</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...102 lines deleted...]
-Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+63.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Евроазиатская энергетическая корпорация"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...102 lines deleted...]
-Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ТОО "AЭС Усть-Каменогорская ГЭС"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...102 lines deleted...]
-Числится в перечне организаций, являющихся субъектами базового финансирования, утвержденном приказом Министра образования и науки Республики Казахстан от 25 мая 2022 года № 224 "Об утверждении перечня организаций, являющихся субъектами базового финансирования".</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ТОО "АЭС Шульбинская ГЭС"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...30 lines deleted...]
-</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Казахстанская компания по управлению электрическими сетями (Kazakhstan Electricity Grid Operating Company) "KEGOC"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет, а также перечне национальных управляющих холдингов, национальных холдингов, национальных компаний, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 6 апреля 2011 года № 376 "Об утверждении перечня национальных управляющих холдингов, национальных холдингов, национальных компаний"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+67.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Самрук-Энерго"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Числится в </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> организаций, закупки товаров, работ и услуг которых подлежат мониторингу внутристрановой ценности, утвержденном постановлением Правительства Республики Казахстан от 1 июня 2022 года № 349 "Об утверждении перечня организаций, закупки товаров, работ и услуг которых подлежат мониторингу внутристрановой ценности, и признании утратившими силу некоторых решений Правительства Республики Казахстан".</w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...122 lines deleted...]
-              <w:t xml:space="preserve"> налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет, а также перечне организаций, закупки товаров, работ и услуг которых подлежат мониторингу внутристрановой ценности, утвержденном постановлением Правительства Республики Казахстан от 1 июня 2022 года № 349 "Об утверждении перечня организаций, закупки товаров, работ и услуг которых подлежат мониторингу внутристрановой ценности, и признании утратившими силу некоторых решений Правительства Республики Казахстан".</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+68.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Алматинские электрические станции"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...30 lines deleted...]
-</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Алатау Жарық Компаниясы"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...122 lines deleted...]
-              <w:t xml:space="preserve"> налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет, а также перечне организаций, закупки товаров, работ и услуг которых подлежат мониторингу внутристрановой ценности, утвержденном постановлением Правительства Республики Казахстан от 1 июня 2022 года № 349 "Об утверждении перечня организаций, закупки товаров, работ и услуг которых подлежат мониторингу внутристрановой ценности, и признании утратившими силу некоторых решений Правительства Республики Казахстан".</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Станция Экибастузская ГРЭС-2"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+71.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Шардаринская гидроэлектростанция"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Числится в </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц".</w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...122 lines deleted...]
-              <w:t xml:space="preserve"> стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц".</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+72.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ТОО "Экибастузская ГРЭС-1 имени Булата Нуржанова"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...122 lines deleted...]
-              <w:t xml:space="preserve"> налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет, а также перечне национальных управляющих холдингов, национальных холдингов, национальных компаний, утвержденном постановлением Правительства Республики Казахстан от 6 апреля 2011 года № 376 "Об утверждении перечня национальных управляющих холдингов, национальных холдингов, национальных компаний".</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+73.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "ПАВЛОДАРЭНЕРГО"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+74.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ТОО "Мангистауский атомный энергетический комбинат"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Числится в </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц".</w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...102 lines deleted...]
-Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+75.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Астана-Энергия"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z11" w:id="4"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Числится в перечне стратегических объектов, переданных в уставный капитал </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="4"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...70 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Раздел 4. Транспорт и связь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...102 lines deleted...]
-Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+76.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Национальная компания "Қазақстан темiр жолы"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет, а также перечне национальных управляющих холдингов, национальных холдингов, национальных компаний, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 6 апреля 2011 года № 376 "Об утверждении перечня национальных управляющих холдингов, национальных холдингов, национальных компаний"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...122 lines deleted...]
-              <w:t xml:space="preserve"> стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц".</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+77.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Пассажирские перевозки"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...102 lines deleted...]
-Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+78.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Қазтеміртранс"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...102 lines deleted...]
-Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+79.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Кедентранссервис"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...30 lines deleted...]
-</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Транстелеком"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+81.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Национальная компания "ҚазАвтоЖол"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Числится в </w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> национальных управляющих холдингов, национальных холдингов, национальных компаний, утвержденном постановлением Правительства Республики Казахстан от 6 апреля 2011 года № 376 "Об утверждении перечня национальных управляющих холдингов, национальных холдингов, национальных компаний".</w:t>
+Числится в перечне национальных управляющих холдингов, национальных холдингов, национальных компаний, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 6 апреля 2011 года № 376 "Об утверждении перечня национальных управляющих холдингов, национальных холдингов, национальных компаний", а также перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...102 lines deleted...]
-Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+82.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Международный аэропорт Алматы"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...102 lines deleted...]
-Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+83.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Казахтелеком"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет, а также перечне национальных управляющих холдингов, национальных холдингов, национальных компаний, утвержденном постановлением Правительства Республики Казахстан от 6 апреля 2011 года № 376 "Об утверждении перечня национальных управляющих холдингов, национальных холдингов, национальных компаний"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...102 lines deleted...]
-Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+84.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Международный аэропорт Нурсултан Назарбаев"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...122 lines deleted...]
-              <w:t xml:space="preserve"> стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Национальные информационные технологии"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне национальных управляющих холдингов, национальных холдингов, национальных компаний, утвержденном постановлением Правительства Республики Казахстан от 6 апреля 2011 года № 376 "Об утверждении перечня национальных управляющих холдингов, национальных холдингов, национальных компаний", а также перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...122 lines deleted...]
-              <w:t xml:space="preserve"> национальных управляющих холдингов, национальных холдингов, национальных компаний, утвержденном постановлением Правительства Республики Казахстан от 6 апреля 2011 года № 376 "Об утверждении перечня национальных управляющих холдингов, национальных холдингов, национальных компаний", а также перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+86.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Казпочта"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет, а также перечне национальных управляющих холдингов, национальных холдингов, национальных компаний, утвержденном постановлением Правительства Республики Казахстан от 6 апреля 2011 года № 376 "Об утверждении перечня национальных управляющих холдингов, национальных холдингов, национальных компаний"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...122 lines deleted...]
-              <w:t xml:space="preserve"> стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+87.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Эйр Астана"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...142 lines deleted...]
-              <w:t xml:space="preserve"> национальных управляющих холдингов, национальных холдингов, национальных компаний, утвержденном постановлением Правительства Республики Казахстан от 6 апреля 2011 года № 376 "Об утверждении перечня национальных управляющих холдингов, национальных холдингов, национальных компаний".</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+88.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Международный аэропорт Аулие-Ата"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+89.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Аэропорт "Сары-Арка"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Числится в </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Числится в </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> национальных управляющих холдингов, национальных холдингов, национальных компаний, утвержденном постановлением Правительства Республики Казахстан от 6 апреля 2011 года № 376 "Об утверждении перечня национальных управляющих холдингов, национальных холдингов, национальных компаний", а также перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+ТОО "МЕЖДУНАРОДНЫЙ АЭРОПОРТ "ОРАЛ" </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...142 lines deleted...]
-              <w:t xml:space="preserve"> национальных управляющих холдингов, национальных холдингов, национальных компаний, утвержденном постановлением Правительства Республики Казахстан от 6 апреля 2011 года № 376 "Об утверждении перечня национальных управляющих холдингов, национальных холдингов, национальных компаний".</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+91.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Международный аэропорт Алия Молдагулова"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...102 lines deleted...]
-Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+92.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Международный аэропорт Актау"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+93.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Аэропорт Усть-Каменогорск"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Числится в </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц".</w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+94.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Международный аэропорт "Костанай" имени Ахмета Байтұрсынұлы"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Числится в </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц".</w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...122 lines deleted...]
-              <w:t xml:space="preserve"> стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц".</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+95.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Аэропорт Павлодар"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+96.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Аэропорт Шымкент"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Числится в </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц".</w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+97.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ТОО "Международный аэропорт Кызыл-Жар"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Числится в </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц".</w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+98.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Национальная компания "Актауский морской торговый порт"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Числится в </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц".</w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также перечне национальных управляющих холдингов, национальных холдингов, национальных компаний, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 6 апреля 2011 года № 376 "Об утверждении перечня национальных управляющих холдингов, национальных холдингов, национальных компаний"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+99.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+РГП на ПХВ "Казаэронавигация" Комитета гражданской авиации Министерства индустрии и инфраструктурного развития Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Числится в </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц".</w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Академия гражданской авиации"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Числится в </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц".</w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...122 lines deleted...]
-              <w:t xml:space="preserve"> стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц".</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+101.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Парк ядерных технологий"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...70 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...49 lines deleted...]
-              <w:t xml:space="preserve"> стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц".</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Раздел 5. Производство продукции военно-промышленного назначения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+102.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Национальная компания "Казахстан инжиниринг" (Kazakhstan Engineering)"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Числится в </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц".</w:t>
+Числится в перечне национальных управляющих холдингов, национальных холдингов, национальных компаний, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 6 апреля 2011 года № 376 "Об утверждении перечня национальных управляющих холдингов, национальных холдингов, национальных компаний"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...70 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...69 lines deleted...]
-              <w:t xml:space="preserve"> национальных управляющих холдингов, национальных холдингов, национальных компаний, утвержденном постановлением Правительства Республики Казахстан от 6 апреля 2011 года № 376 "Об утверждении перечня национальных управляющих холдингов, национальных холдингов, национальных компаний".</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Раздел 6. Химическая промышленность</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...122 lines deleted...]
-              <w:t xml:space="preserve"> стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц".</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+103.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ТОО "КАЗФОСФАТ"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...122 lines deleted...]
-              <w:t xml:space="preserve"> стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц".</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+104.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Актюбинский завод хромовых соединений"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...122 lines deleted...]
-              <w:t xml:space="preserve"> стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц".</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+105.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ТОО "Компания Нефтехим LTD" ("Компания Нефтехим ЛТД")</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...70 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Раздел 7. Водное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...30 lines deleted...]
-</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+106.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГКП на ПХВ "Алматы Су" Управления энергетики и коммунального хозяйства города Алматы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Числится в перечне водохозяйственных сооружений, имеющих особое стратегическое значение, в том числе которые передаются в аренду и доверительное управление, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 29 декабря 2017 года № 933 "О перечне водохозяйственных сооружений, имеющих особое стратегическое значение, в том числе которые могут быть переданы в аренду и доверительное управление"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+107.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГКП "Горводоканал" отдела жилищно-коммунального хозяйства, пассажирского транспорта и автомобильных дорог акимата города Экибастуза</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Числится в </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> национальных управляющих холдингов, национальных холдингов, национальных компаний, утвержденном постановлением Правительства Республики Казахстан от 6 апреля 2011 года № 376 "Об утверждении перечня национальных управляющих холдингов, национальных холдингов, национальных компаний".</w:t>
+Числится в перечне водохозяйственных сооружений, имеющих особое стратегическое значение, в том числе которые передаются в аренду и доверительное управление, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 29 декабря 2017 года № 933 "О перечне водохозяйственных сооружений, имеющих особое стратегическое значение, в том числе которые могут быть переданы в аренду и доверительное управление"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...30 lines deleted...]
-</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+108.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ТОО "Павлодар - Водоканал"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Числится в перечне водохозяйственных сооружений, имеющих особое стратегическое значение, в том числе которые передаются в аренду и доверительное управление, утвержденном постановлением Правительства Республики Казахстан от 29 декабря 2017 года № 933 "О перечне водохозяйственных сооружений, имеющих особое стратегическое значение, в том числе которые могут быть переданы в аренду и доверительное управление"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...70 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Раздел 8. Агропромышленный комплекс</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...102 lines deleted...]
-Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет, а также перечне организаций, закупки товаров, работ и услуг которых подлежат мониторингу внутристрановой ценности, утвержденном постановлением Правительства Республики Казахстан от 1 июня 2022 года № 349 "Об утверждении перечня организаций, закупки товаров, работ и услуг которых подлежат мониторингу внутристрановой ценности, и признании утратившими силу некоторых решений Правительства Республики Казахстан".</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+109.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Национальная компания "Продовольственная контрактная корпорация"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Числится в перечне национальных управляющих холдингов, национальных холдингов, национальных компаний, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 6 апреля 2011 года № 376 "Об утверждении перечня национальных управляющих холдингов, национальных холдингов, национальных компаний"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...70 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-Числится в перечне налогоплательщиков, подлежащих мониторингу крупных налогоплательщиков, утвержденном уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Раздел 9. Космическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...30 lines deleted...]
-</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+110.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Национальная компания "Қазақстан Ғарыш Сапары"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также перечне национальных управляющих холдингов, национальных холдингов, национальных компаний, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 6 апреля 2011 года № 376 "Об утверждении перечня национальных управляющих холдингов, национальных холдингов, национальных компаний"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+111.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Республиканский центр космической связи"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Числится в </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> водохозяйственных сооружений, имеющих особое стратегическое значение, в том числе которые передаются в аренду и доверительное управление, утвержденном постановлением Правительства Республики Казахстан от 29 декабря 2017 года № 933 "О перечне водохозяйственных сооружений, имеющих особое стратегическое значение, в том числе которые могут быть переданы в аренду и доверительное управление".</w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+112.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Совместное Казахстанско-Российское предприятие "Байтерек"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Числится в </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> водохозяйственных сооружений, имеющих особое стратегическое значение, в том числе которые передаются в аренду и доверительное управление, утвержденном постановлением Правительства Республики Казахстан от 29 декабря 2017 года № 933 "О перечне водохозяйственных сооружений, имеющих особое стратегическое значение, в том числе которые могут быть переданы в аренду и доверительное управление".</w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+113.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Национальный центр космических исследований и технологий"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Числится в </w:t>
-[...907 lines deleted...]
-              <w:t xml:space="preserve"> стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном постановлением Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также перечне организаций, являющихся субъектами базового финансирования, утвержденном приказом Министра образования и науки Республики Казахстан от 25 мая 2022 года № 224 "Об утверждении перечня организаций, являющихся субъектами базового финансирования".</w:t>
+Числится в перечне стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц, утвержденном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2008 года № 651 "Об утверждении перечней стратегических объектов, переданных в уставный капитал и (или) находящихся в собственности национальных холдингов и (или) национальных компаний либо их аффилированных лиц, а также иных юридических лиц с участием государства и стратегических объектов, находящихся в собственности юридических лиц, не аффилированных с государством, а также физических лиц", а также перечне организаций, являющихся субъектами базового финансирования, утвержденном приказом Министра образования и науки Республики Казахстан от 25 мая 2022 года № 224 "Об утверждении перечня организаций, являющихся субъектами базового финансирования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z18" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: расшифровка аббревиатур:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z19" w:id="9"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z14" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       АО – акционерное общество;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z20" w:id="10"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z15" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ГКП - государственное коммунальное предприятие;</w:t>
+      ГКП – государственное коммунальное предприятие;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z21" w:id="11"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z16" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ГКП на ПХВ - государственное коммунальное предприятие на праве хозяйственного ведения;</w:t>
+      ГКП на ПХВ – государственное коммунальное предприятие на праве хозяйственного ведения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z22" w:id="12"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z17" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      РГП на ПХВ - республиканское государственное предприятие на праве хозяйственного ведения;</w:t>
+      РГП на ПХВ – республиканское государственное предприятие на праве хозяйственного ведения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z23" w:id="13"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z18" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ТОО – товарищество с ограниченной ответственностью.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-[...31 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>