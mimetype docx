--- v0 (2025-10-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="af1d1aa" w14:textId="af1d1aa">
+    <w:p w14:paraId="1f3f3b2" w14:textId="1f3f3b2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -232,82 +232,50 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...30 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ОБЪЯВЛЕНИЕ</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1390,50 +1358,108 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>60</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ГПК. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      К поданной адвокатом апелляционной (кассационной, частной) жалобе должны быть приложены доверенность, в которой предусмотрено право на подачу апелляционной (кассационной, частной) жалобы и ее подписание, удостоверение и письменное уведомление о защите (представительстве), подтверждающие его полномочия на ведение дела. Отсутствие в приложении любого из указанных документов влечет ее возвращение на основании </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункта 4)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> части первой статьи 407, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункта 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> части первой статьи 442 ГПК.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 8 с изменениями, внесенными нормативными постановлениями Верховного Суда РК от 30.12.2011 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -1482,50 +1508,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования); от 29.09.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования); от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -2617,51 +2663,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ГПК подготовка гражданских дел к судебному разбирательству должна быть проведена не позднее двадцати рабочих дней со дня принятия иска в производство суда. В исключительных случаях, по делам особой сложности, кроме дел о взыскании алиментов, о возмещении вреда, причиненного повреждением здоровья, а также по случаю потери кормильца и по требованиям, вытекающим из трудовых правоотношений, по истечении срока, предоставленного для подготовки дела к судебному разбирательству, этот срок может быть продлен дополнительно на один месяц по определению судьи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В пределах указанного срока суд выполняет ряд процессуальных действий, в том числе обязывает ответчика представить в суд отзыв на заявленные истцом требования (часть первая </w:t>
+      В пределах указанного срока суд выполняет ряд процессуальных действий, в том числе обязывает ответчика представить в суд отзыв на заявленные истцом требования (подпункт 1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 165</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ГПК). Согласно части второй </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -2736,50 +2782,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования); от 29.09.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования); от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -2877,51 +2943,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ГПК порядке подлежат оглашению в том судебном заседании, в котором выносится решение по существу спора. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Отложение разбирательства дела допускается только в случаях возникновения непредвиденных и чрезвычайных обстоятельств, препятствующих рассмотрению дела, явке участников на судебное заседание либо делающих ее невозможной, в том числе, если суд признает невозможным рассмотрение дела в этом судебном заседании вследствие неявки кого-либо из участников процесса, - в порядке, предусмотренном </w:t>
+      Отложение разбирательства дела допускается в случаях возникновения непредвиденных и чрезвычайных обстоятельств, препятствующих рассмотрению дела, явке участников на судебное заседание либо делающих ее невозможной, в том числе, если суд признает невозможным рассмотрение дела в этом судебном заседании вследствие неявки кого-либо из участников процесса, - в порядке, предусмотренном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьями 196</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -3002,50 +3068,88 @@
         <w:t xml:space="preserve"> ГПК.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Количество отложений судебного разбирательства, как правило, не должно превышать четырех раз.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Перечень случаев отложения разбирательства дела, приведенный в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 198</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ГПК, не является исчерпывающим.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 13 с изменениями, внесенными нормативными постановлениями Верховного Суда РК от 20.05.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3074,50 +3178,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования); от 15.04.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования); от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -3316,70 +3440,308 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="16"/>
+    <w:bookmarkStart w:name="z49" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14-1. Судам следует различать право истца отказаться от иска по делам искового производства от права заявителя не поддержать заявленное требование по делам особого производства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Истец вправе изменить основание или предмет иска, увеличить или уменьшить размер исковых требований или отказаться от иска (часть первая </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 48</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ГПК). При принятии судом отказа истца от иска, производство по делу подлежит прекращению на основании подпункта 4) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 277</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ГПК с наступлением последствий, предусмотренных частью второй </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 278</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ГПК.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      По делам особого производства заявитель не вправе отказаться от своих требований в соответствии с приведенными нормами, вместе с тем он вправе не поддержать заявленное требование. В этом случае заявление подлежит оставлению без рассмотрения на основании подпункта 8) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 279</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ГПК. Суд также оставляет заявленные требования без рассмотрения, если при рассмотрении дела в особом производстве установлено наличие спора о праве, подведомственного суду, подлежащего рассмотрению в исковом производстве (подпункт 13) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 279</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ГПК). Оставление заявления без рассмотрения влечет последствия, предусмотренные частью третьей </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 280</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ГПК.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Нормативное постановление дополнено пунктом 12-1 в соответствии с нормативным постановлением Верховного Суда РК от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Если истцом в одном заявлении или судом в одном производстве соединены требования, для одних из которых установлен сокращенный, а для других общий двухмесячный срок рассмотрения, то дело подлежит рассмотрению в срок до двух месяцев со дня окончания подготовки дела к судебному разбирательству. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Срок рассмотрения дел о признании гражданина безвестно отсутствующим или объявлении гражданина умершим следует исчислять со дня окончания трехмесячного срока после публикации соответствующего объявления. При этом в срок рассмотрения дела подлежит зачету время со дня поступления в суд заявления и до дня публикации объявления о возбуждении дела этой категории. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3454,90 +3816,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="17"/>
+    <w:bookmarkStart w:name="z16" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Если от ответчика или иного лица, права и обязанности которого затрагиваются судебным приказом, в течение десяти рабочих дней со дня получения копии судебного приказа или со дня, когда им стало известно о его вынесении, будут направлены в суд возражения или заявление против заявленного требования, то судья обязан в срок, не позднее трех рабочих дней, вынести определение об отмене судебного приказа либо об отказе в его отмене. Если срок на подачу таких возражений пропущен ответчиком по уважительным причинам, то, в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 126</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ГПК, он может быть восстановлен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Если отмененный судебный приказ был направлен на исполнение или выдан взыскателю, то такой судебный приказ судом отзывается. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -3648,70 +4010,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="18"/>
+    <w:bookmarkStart w:name="z18" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. В соответствии с частью первой статьи 401 ГПК на решения суда, не вступившие в законную силу, сторонами и другими участвующими в деле лицами, может быть подана апелляционная жалоба, принесено апелляционное ходатайство прокурором в апелляционном порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Лица, не привлеченные к участию в деле, вправе подать апелляционную жалобу только в том случае, если в отношении их прав и обязанностей суд принял решение. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -3768,90 +4130,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="19"/>
+    <w:bookmarkStart w:name="z19" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Предусмотренный частью третьей </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 403</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ГПК срок на подачу (принесение) апелляционной жалобы (ходатайства прокурора) на решение суда следует исчислять со дня вынесения решения в окончательной форме, за исключением случаев, установленных ГПК, а для лиц, не участвовавших в судебном разбирательстве, со дня направления им копии решения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3930,70 +4292,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="20"/>
+    <w:bookmarkStart w:name="z20" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. В апелляционном порядке не подлежат обжалованию (пересмотру по ходатайству прокурора): </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       судебные приказы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4126,211 +4488,231 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="21"/>
+    <w:bookmarkStart w:name="z21" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      21. Заявления участвующих в деле лиц о восстановлении срока на подачу апелляционной (частной) жалобы, ходатайства прокурора подлежат рассмотрению судом первой инстанции в судебном заседании по правилам, установленным статьей </w:t>
+      21. Заявления участвующих в деле лиц о восстановлении срока на подачу апелляционной (частной) жалобы, ходатайства прокурора подлежат рассмотрению судом первой инстанции по правилам, установленным статьей </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>126</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ГПК. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Определение суда об отказе в восстановлении срока на подачу апелляционной (частной) жалобы может быть обжаловано, пересмотрено по ходатайству прокурора в сроки, предусмотренные частью первой </w:t>
+      Определение суда об отказе в восстановлении пропущенного процессуального срока на подачу апелляционной (частной) жалобы может быть обжаловано, пересмотрено по ходатайству прокурора в сроки, предусмотренные частью первой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 429</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ГПК. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 21 с изменениями, внесенными нормативным постановлением Верховного Суда РК от 20.05.2016 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 21 с изменениями, внесенными нормативными постановлениями Верховного Суда РК от 20.05.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования); от 20.04.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования); от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="22"/>
+    <w:bookmarkStart w:name="z22" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. В соответствии со статьями </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4345,51 +4727,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>413</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ГПК суд апелляционной инстанции по имеющимся в деле и дополнительно представленным материалам проверяет законность и обоснованность решения суда первой инстанции в полном объеме. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Под полным объемом проверки решения суда следует понимать то, что проверяется правильность установления судом первой инстанции фактических обстоятельств дела, применения или толкования норм материального и процессуального права. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -4426,51 +4808,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="23"/>
+    <w:bookmarkStart w:name="z23" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. По предусмотренным статьями </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4545,51 +4927,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>279</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ГПК основаниям суд апелляционной инстанции вправе отложить разбирательство дела, приостановить или прекратить производство по делу, оставить иск без рассмотрения, о чем выносит соответствующее определение. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4628,70 +5010,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="24"/>
+    <w:bookmarkStart w:name="z24" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Суд апелляционной инстанции вправе принять к рассмотрению вновь представленные документы и материалы только в том случае, если эти документы и материалы не были представлены суду первой инстанции по уважительным причинам или ходатайство об оказании содействия в их истребовании и исследовании в судебном заседании было отклонено судом первой инстанции. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Представление стороной в суд апелляционной инстанции доказательств, которые она без уважительных причин в соответствии со статьями </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4788,70 +5170,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="25"/>
+    <w:bookmarkStart w:name="z25" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. Суд апелляционной инстанции в пределах заявленного иска может устанавливать новые факты на основании принятых к исследованию вновь представленных стороной доказательств, если другие участвующие в деле лица высказали свое мнение по этим доказательствам в отзыве на апелляционную жалобу (ходатайство прокурора) или в заседании суда апелляционной инстанции. В этих случаях суд апелляционной инстанции изменяет решение суда первой инстанции или отменяет его и выносит по делу новое решение. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Суд апелляционной инстанции на основании полно, всесторонне и объективно исследованных материалов гражданского дела вправе не только заново установить обстоятельства, имеющие значение для дела, но и сделать выводы о доказанности или недоказанности тех или иных обстоятельств, правильно применить нормы материального или процессуального права либо применить аналогию закона или аналогию права. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -4908,90 +5290,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="26"/>
+    <w:bookmarkStart w:name="z26" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. Если при рассмотрении дела суд апелляционной инстанции установит, что судом первой инстанции допущены нарушения, предусмотренные частью второй </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 427</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ГПК, то, он выносит постановление об изменении решения суда первой инстанции или о его отмене и разрешает спор по существу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При наличии оснований, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5010,50 +5392,128 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 279</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ГПК, суд апелляционной инстанции отменяет решение полностью или частично и прекращает производство по делу либо оставляет заявление без рассмотрения. Определения суда апелляционной инстанции, вынесенные по указанным основаниям, могут быть обжалованы и опротестованы в кассационном порядке.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Если основанием для отмены решения суда послужили обстоятельства, указанные в подпункте 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 277</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ГПК, суд апелляционной инстанции обязан прекратить производство по делу и не вправе выносить постановление по существу заявленного требования. Такое постановление, как вынесенное с нарушением подпункта 4) части первой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 427</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ГПК, судом кассационной инстанции подлежит отмене в соответствии с подпунктом 6) части второй </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 451</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ГПК.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 26 с изменениями, внесенными нормативными постановлениями Верховного Суда РК от 30.12.2011 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -5111,127 +5571,147 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования); от 31.03.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования); от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="27"/>
+    <w:bookmarkStart w:name="z27" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27. Исключен нормативным постановлением Верховного Суда РК от 29.12.2012 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z45" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z45" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27-1. Лицо, подавшее апелляционную жалобу, вправе отказаться от нее до вынесения судом апелляционной инстанции постановления или отозвать ее в суде первой инстанции. Прокурор вправе отозвать ходатайство до вынесения судом апелляционной инстанции постановления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       О принятии отказа от апелляционной жалобы суд апелляционной инстанции выносит определение, которым прекращает апелляционное производство, если решение не обжаловано другими лицами или не принесено ходатайство вышестоящим прокурором (часть вторая </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5346,625 +5826,603 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="29"/>
+    <w:bookmarkStart w:name="z46" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27-2. Исключен нормативным постановлением Верховного Суда РК от 20.05.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z47" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z47" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27-3. Исключен нормативным постановлением Верховного Суда РК от 20.05.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z28" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z28" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28. В соответствии с частью первой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 434</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ГПК вступившие в законную силу судебные акты местных и других судов, в случае соблюдения апелляционного порядка их обжалования, судебные акты, вынесенные по делам, рассмотренным по правилам </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> ГПК, могут быть пересмотрены в кассационном порядке по ходатайствам, поданным сторонами, лицами, участвующими в деле, другими лицами, интересы которых затрагиваются судебными актами, и их представителями. Согласно части второй </w:t>
+        <w:t xml:space="preserve"> ГПК вступившие в законную силу судебные акты местных и других судов, в случае соблюдения апелляционного порядка их обжалования, судебные акты, вынесенные по делам, рассмотренным по правилам статьи 27-2 ГПК, могут быть пересмотрены в кассационном порядке по кассационным жалобам, поданным сторонами, лицами, участвующими в деле, другими лицами, интересы которых затрагиваются судебными актами, и их представителями. Согласно части второй </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 441</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ГПК лица, не привлеченные к участию в деле, вправе обжаловать названные судебные акты только в том случае, если этими актами разрешен вопрос об их правах и обязанностях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 28 - в редакции нормативного постановления Верховного Суда РК от 29.09.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования); с изменением, внесенным нормативным постановлением Верховного Суда РК от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="32"/>
+    <w:bookmarkStart w:name="z29" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29. Согласно части первой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 436</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ГПК ходатайство может быть подано (протест внесен) в течение шести месяцев со дня вступления в законную силу обжалованного (опротестованного) судебного акта. Шестимесячный срок на подачу ходатайства (протеста) исчисляется со дня вступления судебного акта в законную силу по правилам, предусмотренным </w:t>
-[...9 lines deleted...]
-        <w:t>статьей 431</w:t>
+        <w:t xml:space="preserve"> ГПК кассационная жалоба, протест на определения, постановления суда апелляционной инстанции могут быть поданы в течение шести месяцев со дня их вступления в законную силу. Течение указанного срока начинается на следующий день после оглашения акта суда апелляционной инстанции (часть вторая </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 122</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ГПК).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Кассационная жалоба, поданная с пропуском шестимесячного срока, при отсутствии заявления о его восстановлении в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 3)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> части первой статьи 442 и частью второй </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 124</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ГПК возвращается без рассмотрения лицу, ее подавшему.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Если к кассационной жалобе, поданной с пропуском шестимесячного срока, приложено заявление о его восстановлении, суд кассационной инстанции назначает судебное заседание и выполняет действия, предусмотренные частью первой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 445</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ГПК.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-[...17 lines deleted...]
-    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ходатайство, поданное с пропуском шестимесячного срока и без ходатайства о его восстановлении, в соответствии с подпунктом 3) части первой </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> ГПК возвращается лицу, его подавшему.</w:t>
+      После выполнения требований, предусмотренных частью первой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ГПК, суд кассационной инстанции разрешает вопрос о восстановлении или отказе в восстановлении пропущенного заявителем срока подачи кассационной жалобы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При наличии уважительных причин пропуска срока подачи кассационной жалобы суд кассационной инстанции приступает к рассмотрению дела по существу. В постановлении суда по результатам рассмотрения дела должно быть указано о восстановлении пропущенного срока и приведены мотивы принятия такого решения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Если при рассмотрении ходатайства, к которому приобщено ходатайство о восстановлении пропущенного срока на его подачу, будет установлено, что отсутствуют предусмотренные частью пятой </w:t>
-[...135 lines deleted...]
-        <w:t xml:space="preserve"> ГПК. В аналогичном порядке суд кассационной инстанции рассматривает вопрос о восстановлении срока подачи протеста прокурором. Срок подачи ходатайства (протеста), пропущенный по неуважительным причинам, восстановлению не подлежит, а ходатайство (протест) возвращается без рассмотрения.</w:t>
+      Указанный суд возвращает без рассмотрения жалобу лицу, ее подавшему, если придет к выводу о том, что оснований для восстановления такого срока не имеется. В этом случае право заявителя на подачу кассационной жалобы считается реализованным (часть первая </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 124</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ГПК).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В аналогичном порядке суд кассационной инстанции рассматривает вопрос о восстановлении срока принесения протеста прокурором.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 29 в редакции нормативного постановления Верховного Суда РК от 20.05.2016 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 3</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 29 – в редакции нормативного постановления Верховного Суда РК от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="33"/>
+    <w:bookmarkStart w:name="z30" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30. К существенным нарушениям, позволяющим в соответствии с частью пятой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5979,51 +6437,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ГПК пересматривать в кассационном порядке вступившие в законную силу судебные акты, следует относить перечисленные в части первой статьи </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>366</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ГПК нарушения норм процессуального права. Неправильное применение норм материального права может быть отнесено к существенному нарушению только в том случае, если в результате этого судом неправильно разрешено дело. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Правильный по существу судебный акт не может быть пересмотрен в кассационном порядке по формальным соображениям. Под формальными соображениями следует понимать допущенные судом при рассмотрении дела нарушения, которые не охватываются частью четвертой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6098,90 +6556,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="34"/>
+    <w:bookmarkStart w:name="z31" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       31. В соответствии с частью пятой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ГПК коллегиальный состав суда кассационной инстанции должен состоять из нечетного (не менее трех) числа судей. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Поскольку перечень существенных нарушений норм процессуального права, указанный в статье </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6258,335 +6716,295 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="35"/>
+    <w:bookmarkStart w:name="z32" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      32. Подача ходатайства на судебный акт, которым вынесенные по делу судебные акты отменены с направлением дела на новое судебное рассмотрение в суд первой инстанции, является процессуальным действием. При истребовании такого дела должностными лицами, обладающими правом внесения представления или протеста, суд первой инстанции в соответствии со статьей </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="35"/>
+      32. Подача ходатайства на акт суда кассационной инстанции, которым вынесенный по делу судебный акт (акты) отменен с направлением дела на новое судебное рассмотрение в суд первой или апелляционной инстанций, является процессуальным действием. При истребовании такого дела должностными лицами, обладающими правом внесения представления или протеста, суд первой или апелляционной инстанции в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 198</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ГПК откладывает его рассмотрение до разрешения вопроса о пересмотре оспариваемого судебного акта в Верховном Суде Республики Казахстан в порядке, предусмотренном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>главой 54-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ГПК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 32 с изменениями, внесенными нормативными постановлениями Верховного Суда РК от 30.12.2011 </w:t>
-[...29 lines deleted...]
-        <w:t>№ 3</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 32 – в редакции нормативного постановления Верховного Суда РК от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="36"/>
+    <w:bookmarkStart w:name="z33" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      33. Исполнение вступивших в законную силу судебных актов может быть приостановлено перечисленными в статье </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="36"/>
+      33. Исполнение вступивших в законную силу судебных актов может быть приостановлено должностными лицами, перечисленными в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьях 448</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>454-3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ГПК, только в том случае, если по поступившей кассационной жалобе, ходатайству гражданское дело истребовано из суда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 33 в редакции нормативного постановления Верховного Суда РК от 22.12.2008 </w:t>
-[...69 lines deleted...]
-        <w:t>№ 3</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 33 – в редакции нормативного постановления Верховного Суда РК от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="37"/>
+    <w:bookmarkStart w:name="z34" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       34. Исключен нормативным постановлением Верховного Суда РК от 22.12.2008 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6601,116 +7019,136 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>п. 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z35" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Разглашение содержания особого мнения судьи апелляционной и кассационной инстанции не допускается. С особым мнением вправе ознакомиться суд кассационной инстанции и Верховный Суд Республики Казахстан при рассмотрении данного дела.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 35 в редакции нормативного постановления Верховного Суда РК от 20.05.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования); с изменением, внесенным нормативным постановлением Верховного Суда РК от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
@@ -6900,153 +7338,293 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(вводится в действие со дня официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="39"/>
+    <w:bookmarkStart w:name="z40" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       40. По аналогии со статьей </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>270</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ГПК суд кассационной инстанции вправе по установленным в судебном заседании фактам нарушения законности вынести частное определение в адрес соответствующих государственных органов, организаций, должностных лиц, которые обязаны в месячный срок сообщить суду о принятых мерах. </w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="39"/>
+        <w:t xml:space="preserve"> ГПК суд кассационной инстанции, Верховный Суд Республики Казахстан вправе по установленным в судебном заседании фактам нарушения законности вынести частное определение в адрес соответствующих государственных органов, организаций, должностных лиц, которые обязаны в месячный срок сообщить суду о принятых мерах. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 40 с изменением, внесенным нормативным постановлением Верховного Суда РК от 20.05.2016 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 40 с изменениями, внесенными нормативными постановлениями Верховного Суда РК от 20.05.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования); от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="40"/>
+    <w:bookmarkStart w:name="z50" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      40-1. Отвод (самоотвод), заявленный судье, двум и более судьям или всем судьям коллегиального состава Верховного Суда Республики Казахстан, рассматривается этим же судом по аналогии с частями четвертой, пятой, шестой, седьмой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 41</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ГПК. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Определение Верховного Суда Республики Казахстан по результатам рассмотрения заявления об отводе (самоотводе) является окончательным и обжалованию, опротестованию не подлежит.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Нормативное постановление дополнено пунктом 40-1 в соответствии с нормативным постановлением Верховного Суда РК от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       41. В связи с принятием настоящего нормативного постановления признать утратившим силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7061,91 +7639,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Пленума Верховного Суда Республики Казахстан от 30 июня 2000 года N 9 "О применении судами некоторых норм гражданского процессуального законодательства" с изменениями, внесенными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">постановлением </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Пленума Верховного Суда Республики Казахстан от 30 октября 2000 года N 15. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z42" w:id="41"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z42" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       42. Согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">статье 4 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Конституции Республики Казахстан настоящее нормативное постановление включается в состав действующего права, а также является общеобязательным и вводится в действие со дня официального опубликования. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12000"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12000" w:type="dxa"/>
             <w:tcBorders/>