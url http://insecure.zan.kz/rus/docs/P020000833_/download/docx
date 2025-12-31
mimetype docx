--- v0 (2025-11-15)
+++ v1 (2025-12-31)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f154e9b" w14:textId="f154e9b">
+    <w:p w14:paraId="825fd57" w14:textId="825fd57">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2641,51 +2641,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10. После внесения акта описи в книгу учета на каждую запись в реестре государственного имущества открывается инвентаризационная карточка по форме, установленной уполномоченным органом по управлению государственным имуществом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z150" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Заголовок инвентаризационной карточки содержит сведения о том, кому передано имущество, о дате передачи имущества. При реализации имущества в инвентаризационной карточке указываются сроки расчетов с бюджетом или Фондом поддержки инфраструктуры образования, номер и дата платежного(ых) документа(ов).</w:t>
+      Заголовок инвентаризационной карточки содержит сведения о том, кому передано имущество, а также дате передачи имущества. При реализации имущества в инвентаризационной карточке указываются сроки расчетов с бюджетом или Специальным государственным фондом, номер и дата платежного(ых) документа(ов).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z151" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае передачи имущества нескольким организациям по одному акту описи, инвентаризационные карточки открываются отдельно на каждую организацию.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z152" w:id="36"/>
     <w:p>
@@ -2730,61 +2730,81 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 10 в редакции постановления Правительства РК от 30.12.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1031</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным постановлением Правительства РК от 18.05.2023 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными постановлениями Правительства РК от 18.05.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 385</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 11.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 428</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -3345,51 +3365,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 14-1 в соответствии с постановлением Правительства РК от 26.06.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 379</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4083,192 +4103,192 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z102" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20. Имущество в виде денег зачисляется в доход бюджета или Фонд поддержки инфраструктуры образования. Иностранная валюта зачисляется в доход бюджета или Фонд поддержки инфраструктуры образования по официальному курсу обмена валют, определенному на день совершения операции, через филиалы Национального Банка Республики Казахстан. Порядок приема, хранения, реализации неконвертируемой иностранной валюты, обращенной в собственность государства по отдельным основаниям, а также зачисления денег, полученных от их реализации, в бюджет или Фонд поддержки инфраструктуры образования устанавливается Национальным Банком Республики Казахстан.</w:t>
+      20. Имущество в виде денег зачисляется в доход бюджета или Специальный государственный фонд. Иностранная валюта зачисляется в доход бюджета или Специальный государственный фонд по официальному курсу обмена валют, определенному на день совершения операции, через филиалы Национального Банка Республики Казахстан. Прием, хранение, реализация неконвертируемой иностранной валюты, обращенной в собственность государства по отдельным основаниям, а также зачисление денег, полученных от их реализации, в бюджет или Специальный государственный фонд осуществляются согласно постановлению Правления Национального Банка Республики Казахстан от 21 июня 2021 года № 63 "Об утверждении Правил осуществления в Национальном Банке Республики Казахстан операций с иностранной валютой, обращенной в собственность государства по отдельным основаниям".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z204" w:id="51"/>
+    <w:bookmarkStart w:name="z234" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Передача имущества в виде денег в Национальный Банк Республики Казахстан и его филиалы производится органом, изъявшим такое имущество, с направлением уполномоченному органу уведомления о передаче с указанием суммы, времени передачи и получателя имущества.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 20 – в редакции постановления Правительства РК от 18.05.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 385</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 20 – в редакции постановления Правительства РК от 11.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 428</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z104" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21. Сумма вкладов (депозитов), поступившая в состав государственного имущества, перечисляется банками в доход бюджета или Фонд поддержки инфраструктуры образования в полном объеме в номинальном выражении.</w:t>
+      21. Сумма вкладов (депозитов), поступившая в состав государственного имущества, перечисляется банками в доход бюджета или Специальный государственный фонд в полном объеме в номинальном выражении.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 21 – в редакции постановления Правительства РК от 18.05.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 385</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 21 – в редакции постановления Правительства РК от 11.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 428</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -6008,72 +6028,52 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z133" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+        <w:t>
+      33. При отмене (изменении в соответствующей части) судом акта, на основании которого имущество поступило в собственность государства, уполномоченным органом или местными исполнительными органами производится возврат имущества в натуре. В случае, если имущество было реализовано в порядке, установленном законодательством Республики Казахстан, производится возмещение его стоимости в пределах средств, полученных от его реализации, за счет средств соответствующего бюджета или Специального государственного фонда в соответствии с Бюджетным кодексом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
     <w:bookmarkStart w:name="z205" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Убытки подлежат возмещению в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -6119,50 +6119,70 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Сноска. Пункт 33 – в редакции постановления Правительства РК от 18.05.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 385</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным постановлением Правительства РК от 11.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 428</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -6314,77 +6334,77 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>использования имущества,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>обращенного (поступившего) в</w:t>
+              <w:t>обращенного (поступившего)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>собственность государства по</w:t>
+              <w:t>в собственность государства</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>отдельным основаниям</w:t>
+              <w:t>по отдельным основаниям</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -6405,1696 +6425,1367 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма 1</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z235" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Акт описи, оценки и (или) приема-передачи имущества</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции постановления Правительства РК от 18.05.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 385</w:t>
+      Сноска. Приложение 1 - в редакции постановления Правительства РК от 11.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 428</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z206" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z236" w:id="79"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "___" __________ 20__ года ________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (дата составления) (место составления акта)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Комиссия в составе: представителя уполномоченного органа (местного исполнительного органа) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">___________________________________________________ ______________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(наименование уполномоченного органа или местного исполнительного органа, адрес, индивидуальный </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>идентификационный номер/бизнес-идентификационный номер) __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________ ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(должность и фамилия, имя, отчество (при его наличии) ответственного работника) судебного исполнителя</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_________________________________________________________ (наименование органа юстиции, адрес, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">индивидуальный идентификационный   номер/бизнес идентификационный номер, должность и фамилия, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>имя, отчество (при его наличии) работника) представителя  ________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  (фамилия, имя, отчество (при его наличии) лица, передающего имущество,  наименование органа, изъявшего</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(передающего)  имущество, адрес, индивидуальный идентификационный номер/бизнес- идентификационный номер) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (должность и фамилия, имя, отчество (при его наличии) работника) представителя</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (наименование организации, на временном ответственном хранении которой находится имущество, адрес, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">индивидуальный идентификационный номер/бизнес-идентификационный номер) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_________________________________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (должность и фамилия, имя, отчество (при его наличии) работника) представителя </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_________________________________________________________________________________________________; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование организации, принимающей имущество, адрес, индивидуальный   идентификационный номер/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бизнес-идентификационный номер) ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  (должность и фамилия, имя, отчество (при его наличии) работника) оценщика</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __________________________________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (наименование организации, адрес, индивидуальный идентификационный  номер/бизнес- идентификационный </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">номер, дата и номер лицензии) ____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (фамилия, имя, отчество (при его наличии) лица, осуществляющего оценку имущества,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(адрес, индивидуальный идентификационный номер/бизнес-  идентификационный номер, дата и номер лицензии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на основании Правил учета, хранения, оценки и дальнейшего использования имущества, обращенного </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(поступившего) в собственность государства по  отдельным основаниям, утвержденных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Правительства Республики Казахстан от 26 июля 2002 года № 833, произвела опись и прием  нижеследующего </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>имущества, принадлежавшего владельцу, ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (фамилия, имя, отчество (при его наличии) бывшего владельца имущества, конфискованного на основании </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">судебных актов (в том числе вещественные   доказательства) или признанного бесхозяйным, адрес, индивидуальный  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">идентификационный номер/бизнес-идентификационный номер или наименование организации, адрес, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">индивидуальный идентификационный  номер/ бизнес-идентификационный номер) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (наименование суда, адрес, индивидуальный идентификационный номер/бизнес-идентификационный номер, номер, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дата судебного решения)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(наименование суда, адрес, индивидуальный идентификационный номер/бизнес-идентификационный номер, номер, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дата судебного решения) _______________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование организации, адрес, индивидуальный идентификационный  номер/бизнес- идентификационный номер</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или фамилия, имя, отчество  (при его наличии), адрес, индивидуальный идентификационный номер/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бизнес-идентификационный номер лица, передавшего имущество)  или имущества, безвозмездно перешедшего в</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> собственность государства,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_____ ____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(наименование организации, адрес, индивидуальный идентификационный номер/бизнес- идентификационный </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">номер или фамилия, имя, отчество </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(при его  наличии), адрес, индивидуальный идентификационный номер/бизнес-  идентификационный номер лица, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>передавшего имущество),  в том числе товаров и транспортных средств, помещенных под таможенную  процедуру</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "отказа в пользу государства", согласно таможенной декларации,  подарков</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________ _______________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (наименование органа государственных доходов, адрес, индивидуальный идентификационный номер/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бизнес-идентификационный номер, дата и номер  таможенной декларации на товары)  или признанного перешедшим </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по праву наследования к государству согласно  свидетельству нотариуса,_______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (фамилия, имя, отчество (при его наличии) нотариуса, адрес, индивидуальный идентификационный номер/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бизнес-идентификационный номер, номер, дата  свидетельства) а также иного имущества на основании иных документов, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>удостоверяющих возникновение права собственности государства, стоимость которого поступает в доход государства,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________ _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (наименование организации, адрес, индивидуальный идентификационный номер/бизнес- идентификационный номер </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>или фамилия, имя, отчество (при его   наличии), адрес, индивидуальный идентификационный номер/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бизнес-идентификационный номер лица, передавшего имущество) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z237" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                      Акт описи, оценки и (или) приема-передачи имущества</w:t>
-[...39 lines deleted...]
-      (дата составления)                                            (место составления акта)</w:t>
+        <w:t xml:space="preserve">                          Опись и оценка имущества</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z209" w:id="81"/>
-[...1480 lines deleted...]
-    <w:bookmarkEnd w:id="92"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z238" w:id="81"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ п/п</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="81"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -8403,68 +8094,80 @@
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z254" w:id="82"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="82"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -8646,591 +8349,442 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z37" w:id="93"/>
-[...187 lines deleted...]
-        <w:t>_________________________________ ______________________________________________</w:t>
+      <w:bookmarkStart w:name="z262" w:id="83"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             Итого (прописью) ________________________________________________ _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Итого подлежит перечислению в бюджет или Специальный государственный фонд </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ________________________________________________ ______________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Настоящий акт составлен в _______ экземплярах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Члены комиссии: _____________________ _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (подпись) (фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________ _______________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (подпись) (фамилия, имя, отчество (при его наличии) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">___________________________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (подпись и печать (фамилия, имя, отчество (при его наличии) эксперта-оценщика)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...317 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve">"___" __________________ года подпись владельца ____________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Указанное в настоящем акте имущество принял на ответственное хранение. Об уголовной и </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">материальной ответственности </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по статье 425</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уголовного кодекса Республики Казахстан за утрату,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сокрытие, пропажу, подмену или порчу принятого на хранение имущества предупрежден.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "___" __________________ года (подпись) _______________________ _____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z263" w:id="84"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (наименование организации, индивидуальный идентификационный номер/ бизнес-идентификационный</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> номер, адрес или фамилия, имя, отчество (при его наличии) лица, принявшего имущество) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________ _____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Примечание</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       * Данная графа заполняется в случае, если организация, передающая имущество</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уполномоченному органу (местному исполнительному органу), производила предварительную оценку.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -9409,112 +8963,112 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма 2</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z223" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Книга учета актов описи, оценки и (или) приема-передачи имущества на 20__ год </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 2 - в редакции постановления Правительства РК от 16.07.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 564</w:t>
+      Сноска. Приложение 2 - в редакции постановления Правительства РК от 11.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 428</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z223" w:id="99"/>
-[...16 lines deleted...]
-    <w:bookmarkEnd w:id="99"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
@@ -9537,52 +9091,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-№ п/п</w:t>
+              <w:t xml:space="preserve">
+№ п/п </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9797,69 +9351,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оценочная стоимость имущества,</w:t>
-[...17 lines deleted...]
-тенге</w:t>
+Оценочная стоимость имущества, тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9963,69 +9499,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Фактически поступившая сумма,</w:t>
-[...17 lines deleted...]
-тенге</w:t>
+Фактически поступившая сумма, тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -10201,51 +9719,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-в Фонд поддержки инфраструктуры образования</w:t>
+в Специальный государственный фонд</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11171,55 +10689,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>