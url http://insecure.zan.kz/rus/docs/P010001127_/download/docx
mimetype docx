--- v0 (2025-10-12)
+++ v1 (2026-03-10)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="cee1f15" w14:textId="cee1f15">
+    <w:p w14:paraId="2fcb3bd" w14:textId="2fcb3bd">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1133,394 +1133,376 @@
     </w:p>
     <w:bookmarkStart w:name="z14" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1-1. Премирование, оказание материальной помощи и установление надбавок к должностным окладам работников органов Республики Казахстан осуществляется за счет средств государственного бюджета, предусмотренных на содержание соответствующего органа по плану финансирования бюджетной программы (подпрограммы). </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...16 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Дополнены пунктом 1-1 - постановлением Правительства РК от 31 декабря 2003 г. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">N 1385 </w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve">; от 11 сентября 2007 года </w:t>
+        <w:t>N 1385</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; с изменениями, внесенными постановлениями Правительства РК от 13.05.2004 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 532</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 11.09.2007 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">N 793 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">п.2 </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">). </w:t>
+        <w:t>п.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z16" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1-2. Установить, что премирование, оказание материальной помощи и установление надбавок к должностным окладам работников государственных органов производятся по решению:</w:t>
+      1-2. Установить, что премирование, оказание материальной помощи и установление надбавок к должностным окладам работников производятся по решению:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z53" w:id="8"/>
-[...15 lines deleted...]
-      1) руководителя государственного органа – администратора бюджетной программы (подпрограммы) либо лица, его замещающего;</w:t>
+    <w:bookmarkStart w:name="z133" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) руководителя государственного органа – администратора бюджетной программы (подпрограммы), руководителя государственного учреждения либо лиц, их замещающих;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z54" w:id="9"/>
-[...15 lines deleted...]
-      2) руководителя аппарата, согласованному с руководителем центрального государственного органа.</w:t>
+    <w:bookmarkStart w:name="z134" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) руководителя аппарата по согласованию с руководителем государственного органа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1-2 в редакции постановления Правительства РК от 18.03.2021 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1-2 - в редакции постановления Правительства РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z17" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      2. Лица, перечисленные в пункте 1-2 настоящих Правил имеют право самостоятельно разрабатывать и утверждать положения о премировании работников данных органов, руководствуясь при этом настоящими Правилами. </w:t>
+        <w:t>
+      2. Первые руководители центральных государственных органов, местных исполнительных органов и иных органов, финансируемых из местных бюджетов, либо лица, их замещающие, имеют право самостоятельно разрабатывать и утверждать инструкцию о премировании работников, руководствуясь настоящими Правилами.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменениями, внесенными постановлением Правительства Республики Казахстан от 11.09.2007 </w:t>
-[...39 lines deleted...]
-        <w:t>).</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 - в редакции постановления Правительства РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z55" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1569,51 +1551,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) бонусный фонд – планируемые бюджетные средства, предназначенные для выплаты бонусов административным государственным служащим по результатам оценки эффективности их деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z58" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) отчетный период – период оценки результатов работы государственного служащего, равный календарному году, составляющий двенадцать месяцев с первого января по тридцать первое декабря года оценки;</w:t>
+      3) отчетный период – календарный год, по итогам которого формируется итоговая оценка деятельности административного государственного служащего;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z59" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) премия – форма поощрения в виде единовременного денежного вознаграждения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
@@ -1638,1227 +1620,1361 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 2-1 в соответствии с постановлением Правительства РК от 20.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1038</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">; с изменением, внесенным постановлением Правительства РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z6" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Условия премирования</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z7" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      3. Основными показателями, характеризующими результаты деятельности работника, дающими право на его премирование, являются: </w:t>
+        <w:t>
+      3. Премирование работников в соответствии с порядком, предусмотренным в пункте 9 настоящих Правил, может осуществляться за образцовое выполнение должностных обязанностей, безупречную государственную службу, выполнение заданий особой важности и сложности, результаты работы за определенный период, выполнение неотложной и заранее непредвиденной работы, от срочного выполнения которой зависит в дальнейшем нормальная (бесперебойная) работа данного органа в целом или его отдельных подразделений, своевременное и качественное выполнение мероприятий Плана законопроектных работ Правительства Республики Казахстан, актов и поручений Президента, Правительства и Премьер-Министра Республики Казахстан, разработку законопроектов, конвенций, соглашений, договоров, проектов нормативных правовых актов, если данные полномочия не входят в должностные обязанности работников, и другие достижения в работе, а также по результатам оценки их деятельности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:p>
-[...163 lines deleted...]
-    <w:bookmarkStart w:name="z18" w:id="18"/>
+    <w:bookmarkStart w:name="z135" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Премирование на основаниях, указанных в части первой настоящего пункта, может быть приурочено к праздничным дням, праздничным и юбилейным датам, юбилеям работников.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 - в редакции постановления Правительства РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Премирование работника не производится: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z136" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) при наличии у него не снятого дисциплинарного взыскания; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z137" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) проработавшего в соответствующем органе менее одного месяца; </w:t>
-[...1 lines deleted...]
-    </w:p>
+      2) проработавшего в качестве работника (оплата труда которого производится на основании постановления Правительства Республики Казахстан от 16 октября 2017 года № 646дсп "Об утверждении единой системы оплаты труда работников для всех органов, содержащихся за счет государственного бюджета") в соответствующем государственном органе, включая его ведомства, а также их территориальные органы и подразделения, государственные учреждения, находящиеся в их ведении, менее тридцати календарных дней на дату принятия решения о выплате премии, за исключением случаев переназначения на должности в связи с передачей государственному органу функций и полномочий и (или) штатных единиц другого государственного органа, в том числе упраздненного (ликвидированного) либо реорганизованного государственного органа; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z138" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в период прохождения испытательного срока.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 с изменением, внесенным постановлением Правительства РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Условия установления надбавок к должностному окладу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z9" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) в период прохождения испытательного срока. </w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z8" w:id="19"/>
+      5. Установление надбавок к должностному окладу работника может осуществляться за: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z139" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выполнение функций сокращенных работников и (или) вакантных/временно вакантных должностей без освобождения от своей основной работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z140" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) выполнение обязанностей (функций) временно отсутствующих работников без освобождения от своей основной работы; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z141" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) возложение на него расширенного круга обязанностей; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z142" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) успешное применение на практике достаточного опыта (стажа) и навыков в работе, сочетающихся с высоким профессиональным уровнем и компетенцией;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z143" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) работу с документами, содержащими сведения, составляющие государственные секреты, в зависимости от объема их исполнения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z144" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) перевод (назначение) работника на нижеоплачиваемую должность, связанный с трудовым увечьем, профессиональным заболеванием или иным повреждением здоровья, полученным в связи с исполнением трудовых обязанностей в данном государственном органе, до восстановления трудоспособности либо установления инвалидности, а также изменением структуры управления органа до одного года со дня перевода (назначения).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции постановления Правительства РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Исключен постановлением Правительства РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Исключен постановлением Правительства РК от 15.11.2004 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1197</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z10" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Условия установления надбавок к должностному окладу</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z9" w:id="20"/>
+        <w:t xml:space="preserve"> Условия оказания материальной помощи</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z11" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Оказание материальной помощи работнику может осуществляться в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z145" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) смерти его близких родственников, супруга (супруги) и (или) свойственников;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z146" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) вступления его в брак;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z147" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) рождения у него ребенка, усыновления или удочерения им детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z148" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) его лечения, требующего дополнительных финансовых затрат (стационарное или амбулаторное лечение десять и более календарных дней, кроме санаторного);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z149" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) причинения имущественного вреда вследствие совершения в его отношении противоправных действий (разбой, кража и другие), а также стихийных бедствий (пожар, наводнение, землетрясение и др.);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z150" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) выхода его на пенсию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z151" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оказание материальной помощи работнику может осуществляться при наступлении указанных случаев в период работы в данном государственном учреждении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 - в редакции постановления Правительства РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Порядок утверждения и выплаты премий, оказание материальной помощи и установление надбавок к должностным окладам работников</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z13" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Премирование работников и установление надбавок к должностному окладу производятся приказом лиц, перечисленных в пункте 1-2 настоящих Правил, на основании письменного представления руководителей самостоятельных структурных подразделений, непосредственных руководителей (в случаях отсутствия руководителя самостоятельного структурного подразделения), лиц, имеющих право назначения на должность и освобождения от должности, или лиц, определяемых руководителем государственного органа, государственного учреждения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z152" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5. Установление надбавок к должностному окладу работника осуществляется за: </w:t>
-[...74 lines deleted...]
-    </w:p>
+      Руководителям ведомств, территориальных подразделений, государственных учреждений, исполнительных органов, финансируемых из местного бюджета, премирование и установление надбавок производятся на основании представления вышестоящих должностных лиц. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z153" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Руководителям структурных подразделений центральных государственных органов премирование и установление надбавок производятся на основании представления вышестоящих должностных лиц либо самостоятельно лицами, перечисленными в пункте 1-2 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z154" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для руководителей (заместителей руководителей) центральных государственных и местных исполнительных органов могут быть предусмотрены иные процедуры премирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 5 с изменениями, внесенными постановлением Правительства РК от 11.09.2007 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 - в редакции постановления Правительства РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. В представлении указываются фамилия, имя, отчество (при его наличии), должность работника, основания для премирования (надбавки) и размеры (при необходимости).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 - в редакции постановления Правительства РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Приказ об оказании материальной помощи работнику принимается лицами, перечисленными в пункте 1-2 настоящих Правил на основании письменного заявления работника либо по заключению соответствующей комиссии, которая может быть создана в этом органе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z155" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Выплата материальной помощи производится в течение одного года со дня подачи заявления работником при условии, что работник состоит в трудовых отношениях c соответствующим государственным учреждением на дату осуществления выплаты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z156" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заявление об оказании материальной помощи подается в течение двух месяцев со дня наступления случаев, предусмотренных пунктом 8 настоящих Правил, за исключением случая, указанного в подпункте 6) пункта 8 настоящих Правил, при котором заявление подается не позднее одного месяца до момента его наступления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 11 с изменениями, внесенными постановлениями Правительства РК от 11.09.2007 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 793</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>п. 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>).</w:t>
+        <w:t xml:space="preserve">); от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="21"/>
-[...651 lines deleted...]
-    <w:bookmarkStart w:name="z22" w:id="28"/>
+    <w:bookmarkStart w:name="z22" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Выделение средств государственного бюджета на премирование, оказание материальной помощи и установление надбавок к должностным окладам работников органов Республики Казахстан производится путем внесения изменений в планы финансирования бюджетной программы (подпрограммы) органов Республики Казахстан в порядке, определяемом </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>нормативными правовыми актами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министерства финансов Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2897,624 +3013,592 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="29"/>
-[...416 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Премирование, оказание материальной помощи и установление надбавок осуществляются за счет экономии по следующим видам расходов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z157" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в течение года, не более 30 % от общего объема сэкономленных средств государственного бюджета, а в декабре – в полном объеме сэкономленных средств за год:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z158" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      командировки и служебные разъезды внутри страны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z159" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      командировки и служебные разъезды за пределы страны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z160" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оплата аренды помещений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z161" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оплата коммунальных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z162" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оплата услуг связи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z163" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оплата транспортных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z164" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оплата за электроэнергию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z165" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оплата за отопление;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z166" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      содержание, обслуживание, текущий ремонт зданий, помещений, оборудования и других основных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z167" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      прочие услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z168" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      особые затраты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z169" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      прочие текущие затраты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z170" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в полном объеме сэкономленных средств государственного бюджета:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z171" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заработная плата;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z172" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      компенсационные выплаты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z173" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      взносы работодателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z174" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      социальный налог;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z175" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      затраты на обязательное страхование гражданско-правовой ответственности владельцев транспортных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z176" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      затраты на государственное обязательное личное страхование работников государственных учреждений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z177" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      приобретение прочих запасов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z178" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дополнительные денежные выплаты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. В пункт 13 внесены изменения - постановлением Правительства РК от 31 декабря 2003 г. </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 13 - в редакции постановления Правительства РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="30"/>
-[...72 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-1. Установление надбавок также осуществляется в случае принятия решения о сокращении штатной численности работников государственного органа, включая его ведомства, а также их территориальные органы и подразделения, государственные учреждения, находящиеся в их ведении, в полном объеме за счет средств, предусмотренных на обеспечение деятельности государственного органа и высвободившихся в результате сокращения штатной численности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3536,381 +3620,475 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>п.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">). </w:t>
+        <w:t xml:space="preserve">); в редакции постановления Правительства РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="31"/>
-[...28 lines deleted...]
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z25" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. По остальным видам расходов направление экономии средств государственного бюджета на премирование, оказание материальной помощи и установление надбавок не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. В пункт 14 внесены изменения - постановлением Правительства РК от 13 мая 2004 г. </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 14 с изменением, внесенным постановлением Правительства РК от 13 мая 2004 г. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 532</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="32"/>
+    <w:bookmarkStart w:name="z26" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Порядок выплаты премий административным государственным служащим центральных аппаратов государственных органов за счет средств государственного бюджета, предусмотренных на содержание соответствующего органа по плану финансирования бюджетной программы (подпрограммы) </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Глава исключена постановлением Правительства РК от 20.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1038</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z60" w:id="33"/>
+    <w:bookmarkStart w:name="z60" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Порядок выплаты бонусов административным государственным служащим</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены главой в соответствии с постановлением Правительства РК от 20.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1038</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="34"/>
+    <w:bookmarkStart w:name="z61" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      16. Выплата бонусов административным государственным служащим корпуса "А", за исключением лиц, указанных в </w:t>
-[...83 lines deleted...]
-    <w:bookmarkStart w:name="z102" w:id="36"/>
+      16. Выплата бонусов административным государственным служащим корпуса "А" назначается на основании результатов оценки, проводимой согласно методике оценки деятельности административных государственных служащих корпуса "А", утвержденной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Председателя Агентства Республики Казахстан по делам государственной службы и противодействию коррупции от 16 января 2018 года № 13 "О некоторых вопросах оценки деятельности административных государственных служащих" (зарегистрирован в реестре государственной регистрации нормативных правовых актов за № 16299) (далее – методика).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 16 - в редакции постановления Правительства РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z62" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Выплата бонусов административным государственным служащим корпуса "Б" назначается на основании результатов оценки, проводимой согласно типовой методике оценки деятельности административных государственных служащих корпуса "Б", утвержденной приказом Председателя Агентства Республики Казахстан по делам государственной службы и противодействию коррупции от 16 января 2018 года № 13 "О некоторых вопросах оценки деятельности административных государственных служащих" (зарегистрирован в реестре государственной регистрации нормативных правовых актов за № 16299) (далее – типовая методика).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 17 - в редакции постановления Правительства РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z102" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17-1. В государственных органах, проходящих оценку посредством автоматизированной системы оценки данных, выплата бонусов осуществляется в порядке, установленном внутренними документами данных государственных органов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3949,170 +4127,170 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="37"/>
+    <w:bookmarkStart w:name="z63" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Выплата бонусов производится за счет средств, предусмотренных на формирование бонусного фонда в единой системе оплаты труда административных государственных служащих государственных органов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z64" w:id="38"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z64" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Выплата бонусов административным государственным служащим осуществляется по результатам оценки их деятельности по итогам года, а в случаях увольнения, расторжения трудовых отношений, ротации выплата бонусов административным государственным служащим осуществляется по результатам оценки их деятельности пропорционально отработанному времени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z103" w:id="39"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z103" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19-1. В случае прекращения трудовых отношений с административным государственным служащим выплата бонусов в местных исполнительных органах, ревизионных комиссиях и аппаратах маслихатов за периоды работы с 1 июля 2021 года по 31 декабря 2022 года осуществляется до 20 декабря 2023 года включительно при наличии результатов оценки деятельности и самостоятельном обращении в государственный орган с заявлением о выплате бонусов и указанием банковских реквизитов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z104" w:id="40"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z104" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае прекращения трудовых отношений с административным государственным служащим выплата бонусов в государственных органах, за исключением государственных органов, указанных в части первой настоящего пункта, за периоды работы с 1 января 2022 года по 31 декабря 2022 года осуществляется до 20 декабря 2023 года включительно при наличии результатов оценки деятельности и самостоятельном обращении в государственный орган с заявлением о выплате бонусов и указанием банковских реквизитов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z105" w:id="41"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z105" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заявление о выплате бонусов подается до 1 ноября 2023 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z106" w:id="42"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z106" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае смерти административного государственного служащего при наличии результатов оценки деятельности заявление о выплате бонусов, являющихся компенсационными выплатами, принимается от наследника с указанием его (наследника) банковских реквизитов. Перечисленные бонусы могут быть получены наследниками в соответствии с гражданским законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4131,90 +4309,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z107" w:id="43"/>
+    <w:bookmarkStart w:name="z107" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19-2. В случае прекращения трудовых отношений с административным государственным служащим выплата бонусов за период работы начиная с 1 января 2023 года осуществляется до 20 декабря года, следующего за отчетным годом включительно, при наличии результатов оценки деятельности и самостоятельном обращении в государственный орган с заявлением о выплате бонусов и указанием банковских реквизитов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z108" w:id="44"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z108" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заявление о выплате бонусов подается до 1 ноября года, следующего за отчетным годом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4233,70 +4411,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z65" w:id="45"/>
+    <w:bookmarkStart w:name="z65" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Выплата бонусов производится в течение месяца с момента завершения итоговой оценки деятельности административных государственных служащих, за исключением лиц, указанных в пунктах 19-1 и 19-2 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4315,657 +4493,734 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z66" w:id="46"/>
+    <w:bookmarkStart w:name="z66" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. При расчете бонусов используется фактическое количество дней, отработанных в отчетном периоде по соответствующей должности. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z67" w:id="47"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z67" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Выплата бонусов административному государственному служащему осуществляется в государственном органе, в котором проводилась оценка деятельности, а в случаях реорганизации и (или) ликвидации (упразднения) государственного органа применяются положения гражданского законодательства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z68" w:id="48"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z68" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. В случае перехода административного государственного служащего с одной должности на другую должность внутри государственного органа или из одного государственного органа в другой государственный орган в течение отчетного периода бонус исчисляется пропорционально фактически отработанному времени в отчетном периоде по должности, которую он занимал ранее, а также по новой занимаемой должности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z70" w:id="50"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z69" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. В случае изменения должностного оклада в течение отчетного периода, за исключением случаев, предусмотренных пунктом 23 настоящих Правил, бонус рассчитывается исходя из наибольшего размера должностного оклада, действовавшего в течение отчетного периода.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 24 - в редакции постановления Правительства РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z70" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Решение о выплате бонусов принимается:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z71" w:id="51"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z71" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) для административных государственных служащих корпуса "A" руководителем государственного органа либо лицом, его замещающим;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z72" w:id="52"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z72" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) для административных государственных служащих корпуса "Б" руководителем государственного органа либо по его полномочию руководителем аппарата государственного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z73" w:id="53"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z73" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Размер бонуса административного государственного служащего определяется в результате корректировки бонуса административного государственного служащего по результатам итоговой оценки административного государственного служащего государственного органа за отчетный период.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z109" w:id="54"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z179" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для расчета размера бонусов административного государственного служащего государственного органа используется следующая формула:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z112" w:id="57"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z180" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      РБ = ДО х 2 х ИОп х ФОВ, где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z181" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      РБ – размер бонуса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z182" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ДО – должностной оклад соответствующего административного государственного служащего;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z114" w:id="59"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z183" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ИОп – результат итоговой оценки деятельности административного государственного служащего, определяемой в соответствии с методикой и (или) типовой методикой в отчетном периоде в процентах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z184" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ФОВ – фактически отработанное время административного государственного служащего в процентах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 26 – в редакции постановления Правительства РК от 09.03.2023 </w:t>
-[...19 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 26 - в редакции постановления Правительства РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z80" w:id="60"/>
+    <w:bookmarkStart w:name="z80" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Процент выполнения поставленных ключевых целевых индикаторов (Кп) административного государственного служащего корпуса "А" определяется по следующему принципу:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z81" w:id="61"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z81" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) при оценке "эффективно" устанавливается выполнение ключевых целевых индикаторов на уровне от 80 % до 100 %;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z82" w:id="62"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z82" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) при оценке "удовлетворительно" устанавливается выполнение ключевых целевых индикаторов на уровне от 60 % до менее 80 %. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z83" w:id="63"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z83" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Процент выполнения поставленных ключевых целевых индикаторов (Кп) административного государственного служащего корпуса "Б" определяется по следующему принципу:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z84" w:id="64"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z84" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) при оценке "превосходно" устанавливается выполнение ключевых целевых индикаторов на уровне 100 %;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z85" w:id="65"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z85" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) при оценке "эффективно" устанавливается выполнение ключевых целевых индикаторов на уровне 80 %;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z86" w:id="66"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z86" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) при оценке "удовлетворительно" устанавливается выполнение ключевых целевых индикаторов на уровне 60 %.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z116" w:id="68"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z115" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="68"/>
+      28-1. Результат итоговой оценки (ИОп) деятельности административного государственного служащего в процентах определяется по следующей формуле: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="2578100" cy="558800"/>
+            <wp:extent cx="2044700" cy="406400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2578100" cy="558800"/>
+                      <a:ext cx="2044700" cy="406400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z117" w:id="69"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z185" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ИО – итоговая (средняя итоговая) оценка.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4987,514 +5242,554 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>п. 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>).</w:t>
+        <w:t xml:space="preserve">); в редакции постановления Правительства РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z87" w:id="70"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z118" w:id="71"/>
+    <w:bookmarkStart w:name="z87" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Фактически отработанное время административного государственного служащего определяется по следующей формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z187" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="2641600" cy="622300"/>
+            <wp:extent cx="2235200" cy="393700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2641600" cy="622300"/>
+                      <a:ext cx="2235200" cy="393700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z119" w:id="72"/>
+    <w:bookmarkStart w:name="z188" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      А – рабочее время;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z189" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В – количество рабочих дней в календарном году.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z190" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рабочее время – время в отчетном периоде, в течение которого административный государственный служащий в соответствии с актами работодателя выполняет трудовые обязанности, а также иные периоды времени в отчетном периоде, которые в соответствии с Трудовым кодексом Республики Казахстан, настоящими Правилами, иными нормативными правовыми актами Республики Казахстан, актом работодателя отнесены к рабочему времени.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z191" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      А – фактическое количество рабочих дней, отработанных в отчетном периоде; </w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z122" w:id="75"/>
+      Рабочее время также включает: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z192" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       время нахождения в ежегодном очередном оплачиваемом отпуске;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z123" w:id="76"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z193" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       период нахождения на курсах переподготовки и повышения квалификации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z124" w:id="77"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z194" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       период нахождения в командировке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z127" w:id="80"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z195" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      время, когда административный государственный служащий фактически не работал в связи с временной нетрудоспособностью, но не более 20 календарных дней в отчетном периоде, за исключением случаев наступления временной нетрудоспособности вследствие трудового увечья или профессионального заболевания, полученных при исполнении трудовых (служебных) обязанностей в данном государственном учреждении, которые засчитываются в полном объеме (при этом исчисление календарных дней осуществляется с даты наступления первой временной нетрудоспособности в отчетном периоде);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z196" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      время нахождения в отпуске без сохранения заработной платы, но не более 5 календарных дней в отчетном периоде (при этом исчисление календарных дней осуществляется с даты первого дня отпуска без сохранения заработной платы в отчетном периоде).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z197" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исчисление фактически отработанного времени административного государственного служащего осуществляется службой управления персоналом государственного органа либо иным структурным подразделением (лицом), на которое возложено исполнение обязанностей службы управления персоналом (кадровой службой).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 29 – в редакции постановления Правительства РК от 09.03.2023 </w:t>
-[...19 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 29 – в редакции постановления Правительства РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z98" w:id="81"/>
+    <w:bookmarkStart w:name="z98" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Выплата бонусов административному государственному служащему не производится:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z128" w:id="82"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z128" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) при наличии у административного государственного служащего и (или) уволенного административного государственного служащего неснятого дисциплинарного взыскания за проступки, дискредитирующие государственную службу, в отчетном периоде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z129" w:id="83"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z129" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) административному государственному служащему и (или) уволенному административному государственному служащему, признанному виновным за совершение уголовного правонарушения до начала выплаты бонусов, которое является основанием для прекращения государственной службы в соответствии с законодательством о государственной службе Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z130" w:id="84"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z130" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Выплата бонусов административному государственному служащему приостанавливается в случае возбуждения в отношении него уголовного дела до начала выплаты бонусов и до прекращения уголовного дела или вынесения судебного акта о привлечении к уголовной ответственности; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z131" w:id="85"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z131" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) при неудовлетворительной оценке деятельности административного государственного служащего за отчетный период.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5513,70 +5808,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z132" w:id="86"/>
+    <w:bookmarkStart w:name="z132" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. В случае вынесения оправдательного приговора или прекращения уголовного дела административному государственному служащему и (или) уволенному административному государственному служащему бонус выплачивается по результатам оценки их деятельности. В данном случае фактически отработанное время включает в себя также время с начала возбуждения уголовного дела до вынесения оправдательного приговора или прекращения уголовного дела в отчетном периоде.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5644,55 +5939,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>