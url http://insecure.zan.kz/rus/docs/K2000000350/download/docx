--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c0ab68f" w14:textId="c0ab68f">
+    <w:p w14:paraId="6f6e9ce" w14:textId="6f6e9ce">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -818,51 +818,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) аппаратов Палат Парламента Республики Казахстан, Центральной избирательной комиссии Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) аппаратов Конституционного Суда Республики Казахстан, Высшего Судебного Совета Республики Казахстан, Совета Безопасности Республики Казахстан, Верховного Суда и канцелярий судов Республики Казахстан;</w:t>
+      4) аппаратов Конституционного Суда Республики Казахстан, Высшего Судебного Совета Республики Казахстан, Совета Безопасности Республики Казахстан, уполномоченного государственного органа в сфере судебного администрирования и его территориальных подразделений в областях, столице и городах республиканского значения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z28" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Правительства Республики Казахстан, Аппарата Правительства Республики Казахстан, центральных исполнительных органов Республики Казахстан и их структурных и территориальных подразделений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z29" w:id="19"/>
     <w:p>
       <w:pPr>
@@ -1526,51 +1526,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 12.07.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 23-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve">(вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -1656,51 +1676,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) обременяющий административный акт – акт, отказывающий в реализации, ограничивающий, прекращающий право участника административной процедуры или возлагающий на него обязанность, а также иным образом ухудшающий его положение;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z49" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4) административный акт – решение, принимаемое административным органом, должностным лицом в публично-правовых отношениях, реализующее установленные законами Республики Казахстан права и обязанности определенного лица или индивидуально определенного круга лиц; </w:t>
+      4) административный акт – решение, принимаемое административным органом, должностным лицом в публично-правовых отношениях, реализующее установленные законами Республики Казахстан права и обязанности определенного лица или определяемых лиц; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z50" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) административное действие (бездействие) – действие (бездействие) административного органа, должностного лица в публично-правовых отношениях, не являющееся административным актом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:bookmarkStart w:name="z51" w:id="42"/>
     <w:p>
@@ -1849,50 +1869,140 @@
         </w:rPr>
         <w:t>      Примечание ИЗПИ!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 12) предусматривается исключить Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>II</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      Действие подпункта 12) приостановлено до 01.01.2026 в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ст.175</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Кодекса.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
@@ -2075,50 +2185,140 @@
         </w:rPr>
         <w:t>      Примечание ИЗПИ!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 16) предусматривается изменение Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>II</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      Действие подпункта 16) приостановлено до 01.01.2026 в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ст.175</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Кодекса и в период приостановления данный пункт действует в следующей редакции:</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
@@ -2648,51 +2848,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36) отклик – выражение участником административной процедуры своего отношения к проводимой государством внутренней и внешней политике, а также к событиям и явлениям общественного характера;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
     <w:bookmarkStart w:name="z85" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      37) сообщение – уведомление участником административной процедуры о нарушении законов и иных нормативных правовых актов Республики Казахстан, недостатках в работе государственных органов, органов местного самоуправления, юридических лиц со стопроцентным участием государства и их должностных лиц;</w:t>
+      37) сообщение – уведомление участником административной процедуры о нарушении законов и иных нормативных правовых актов Республики Казахстан, недостатках в работе государственных органов, органов местного самоуправления, государственных юридических лиц, юридических лиц со стопроцентным участием государства в уставном капитале и их должностных лиц;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
     <w:bookmarkStart w:name="z1442" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37-1) цифровая трансформация – комплекс мероприятий, включающий в себя внедрение цифровых технологий, реинжиниринг и использование данных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
     <w:bookmarkStart w:name="z86" w:id="83"/>
     <w:p>
@@ -2844,64 +3044,84 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 31-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 05.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 115-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 115-VIII</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z89" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3617,98 +3837,160 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Прокурор вправе обратиться в суд с иском в целях осуществления возложенных на него обязанностей в порядке, установленном настоящим Кодексом. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
     <w:bookmarkStart w:name="z116" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Если законом установлен досудебный порядок урегулирования спора, обращение в суд может быть подано после соблюдения этого порядка.</w:t>
+      3. Обращение в суд может быть подано после соблюдения досудебного порядка урегулирования спора, если иное не предусмотрено законом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
     <w:bookmarkStart w:name="z117" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Никому не может быть без его согласия изменена подсудность, предусмотренная для него законом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
     <w:bookmarkStart w:name="z118" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Принуждение к отказу от права на обращение в административный орган, к должностному лицу или в суд является незаконным и влечет ответственность, установленную законами Республики Казахстан. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 9 с изменением, внесенным Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 10. Соразмерность</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z120" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -4353,113 +4635,175 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Суд по собственной инициативе или мотивированному ходатайству участников административного процесса собирает дополнительные материалы и доказательства, а также выполняет иные действия, направленные на решение задач административного судопроизводства.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 17. Разумный срок административного судопроизводства</w:t>
-[...18 lines deleted...]
-      1. Административное судопроизводство, включая производство отдельных процессуальных действий, осуществляется в разумный срок.</w:t>
+        <w:t>Статья 17. Разумный срок административных процедур и административного судопроизводства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1600" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Разумный срок применяется в административном судопроизводстве, включая производство отдельных процессуальных действий, а также при проведении административных процедур.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z147" w:id="138"/>
-[...15 lines deleted...]
-      2. Рассмотрение и разрешение отдельных категорий административных дел осуществляется в сроки, установленные настоящим Кодексом.</w:t>
+    <w:bookmarkStart w:name="z1601" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. При определении разумного срока учитываются такие обстоятельства как правовая и фактическая сложность административного дела, поведение участников административного дела, выражающееся в степени использования прав и выполнения обязанностей, достаточность и эффективность действий административного органа, должностного лица, суда, осуществляемые в целях оперативного рассмотрения административного дела.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z148" w:id="139"/>
-[...15 lines deleted...]
-      3. При определении разумного срока учитываются такие обстоятельства как правовая и фактическая сложность административного дела, поведение участников административного процесса, выражающееся в степени использования процессуальных прав и выполнения процессуальных обязанностей, процессуальная достаточность и эффективность действий суда, осуществляемые в целях оперативного рассмотрения административного дела.</w:t>
+    <w:bookmarkStart w:name="z1602" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Рассмотрение и разрешение обращений, отдельных категорий административных дел осуществляются в сроки, установленные настоящим Кодексом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 17 - в редакции Закона РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 18. Обязательность судебных актов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z150" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4983,54 +5327,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) осуществляют иные полномочия, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="159"/>
     <w:bookmarkStart w:name="z172" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Государственный орган, орган местного самоуправления, юридические лица со стопроцентным участием государства обязаны предоставлять государственную правовую статистическую информацию о количестве поступивших, рассмотренных обращений, сообщений, откликов, предложений, запросов и результатах их рассмотрения в сроки и объемах, которые установлены государственным органом, осуществляющим в пределах своей компетенции статистическую деятельность в области правовой статистики и специальных учетов.</w:t>
+      2. Государственный орган, орган местного самоуправления, государственные юридические лица, юридические лица со стопроцентным участием государства в уставном капитале обязаны предоставлять государственную правовую статистическую информацию о количестве поступивших, рассмотренных обращений, сообщений, откликов, предложений, запросов и результатах их рассмотрения в сроки и объемах, которые установлены государственным органом, осуществляющим в пределах своей компетенции статистическую деятельность в области правовой статистики и специальных учетов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 20 с изменением, внесенным Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 21. Участники административной процедуры</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z174" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5257,51 +5663,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) подать повторное обращение по уже рассмотренному административным органом, должностным лицом вопросу в порядке, установленном настоящим Кодексом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="171"/>
     <w:bookmarkStart w:name="z186" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) в ходе обжалования представлять доказательства и участвовать в их исследовании, в том числе давать объяснения, представлять вещественные доказательства и иные документы;</w:t>
+      7) представлять доказательства и участвовать в их исследовании, в том числе давать объяснения, представлять вещественные доказательства и иные документы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="172"/>
     <w:bookmarkStart w:name="z187" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) прекратить административную процедуру, если процедура была возбуждена по его обращению;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="173"/>
     <w:bookmarkStart w:name="z188" w:id="174"/>
     <w:p>
@@ -5405,50 +5811,112 @@
     <w:bookmarkEnd w:id="178"/>
     <w:bookmarkStart w:name="z193" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Иностранцы, лица без гражданства и иностранные юридические лица обладают правами и несут обязанности наравне с гражданами и юридическими лицами Республики Казахстан, если иное не предусмотрено Конституцией, законами Республики Казахстан и международными договорами.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 22 с изменением, внесенным Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 23. Заинтересованное лицо административной процедуры</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z195" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -6209,91 +6677,91 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) задавать вопросы другим участникам административного процесса, свидетелям, экспертам и специалистам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="205"/>
     <w:bookmarkStart w:name="z226" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) давать устные и письменные объяснения, показания и приводить доводы по предъявленному иску;</w:t>
+      4) давать устные и письменные объяснения, приводить доводы по предъявленному иску;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="206"/>
     <w:bookmarkStart w:name="z227" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) приводить свои доводы по всем возникающим в ходе административного судопроизводства вопросам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="207"/>
     <w:bookmarkStart w:name="z228" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) заявлять ходатайства и отводы, давать показания, объяснения по всем возникающим в ходе рассмотрения административного дела вопросам;</w:t>
+      6) заявлять ходатайства и отводы, давать объяснения по всем возникающим в ходе рассмотрения административного дела вопросам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="208"/>
     <w:bookmarkStart w:name="z229" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) пользоваться бесплатной помощью переводчика, иметь представителя;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="209"/>
     <w:bookmarkStart w:name="z230" w:id="210"/>
     <w:p>
@@ -6457,50 +6925,112 @@
     <w:bookmarkEnd w:id="217"/>
     <w:bookmarkStart w:name="z238" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Истец также может пользоваться другими правами и несет другие обязанности, предусмотренные законодательством Республики Казахстан об административном судопроизводстве.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 28 с изменением, внесенным Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 29. Ответчик</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z240" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -8826,51 +9356,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 35. Переводчик</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z356" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. В качестве переводчика вызывается не заинтересованное в административном деле лицо, владеющее языком, на котором осуществляется административное судопроизводство, знание которого необходимо для перевода с одного языка на другой, либо лицо, свободно владеющее техникой общения с глухими, немыми, глухонемыми.</w:t>
+      1. В качестве переводчика вызывается не заинтересованное в административном деле лицо, владеющее языком, на котором осуществляется административное судопроизводство, знание которого необходимо для перевода с одного языка на другой, в том числе языком жестов и (или) азбукой Брайля.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="329"/>
     <w:bookmarkStart w:name="z357" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Переводчик имеет право:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="330"/>
     <w:bookmarkStart w:name="z358" w:id="331"/>
     <w:p>
@@ -9070,50 +9600,112 @@
         <w:t>
       5) соблюдать порядок во время судебного заседания.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="340"/>
     <w:bookmarkStart w:name="z368" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. В случае заведомо неправильного перевода переводчик несет уголовную ответственность, установленную законом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 35 с изменением, внесенным Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z369" w:id="342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> РАЗДЕЛ 2. ВНУТРЕННИЕ АДМИНИСТРАТИВНЫЕ ПРОЦЕДУРЫ ГОСУДАРСТВЕННЫХ ОРГАНОВ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="342"/>
     <w:bookmarkStart w:name="z370" w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -10083,51 +10675,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Статья 40 с изменением, внесенным Законом РК от 05.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 115-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11391,51 +11983,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 141-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным Законом РК от 05.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 115-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11669,51 +12261,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Кодекс дополнен статьей 43-4 в соответствии с Законом РК от 05.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 115-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15763,78 +16355,140 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) инициатива административного органа, должностного лица.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="588"/>
     <w:bookmarkStart w:name="z618" w:id="589"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. В случае, предусмотренном подпунктом 1) части первой настоящей статьи, административная процедура считается возбужденной с момента приема обращения.</w:t>
+      2. В случае, предусмотренном подпунктом 1) части первой настоящей статьи, административная процедура считается возбужденной со дня регистрации обращения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="589"/>
     <w:bookmarkStart w:name="z619" w:id="590"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Основанием для возбуждения административной процедуры согласно подпункту 2) части первой настоящей статьи является требование законодательства Республики Казахстан об административных процедурах или административное усмотрение.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="590"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 62 с изменением, внесенным Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 63. Общие требования, предъявляемые к обращению</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z621" w:id="591"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -15940,51 +16594,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) дата подачи обращения; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="596"/>
     <w:bookmarkStart w:name="z627" w:id="597"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) подпись заявителя или его представителя;</w:t>
+      5) подпись либо электронная цифровая подпись заявителя или его представителя;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="597"/>
     <w:bookmarkStart w:name="z628" w:id="598"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) иные сведения, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="598"/>
     <w:bookmarkStart w:name="z629" w:id="599"/>
     <w:p>
@@ -16009,71 +16663,91 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 63 с изменениями, внесенными Законом РК от 14.07.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 63 с изменениями, внесенными законами РК от 14.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 141-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -16119,120 +16793,210 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Отказ в приеме обращения запрещается.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="601"/>
     <w:bookmarkStart w:name="z633" w:id="602"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. В случае подачи обращения в государственный орган, орган местного самоуправления, юридическому лицу со стопроцентным участием государства заявителю выдается талон, содержащий уникальный номер, с указанием даты и времени, фамилии и инициалов, должности лица, принявшего обращение.</w:t>
+      2. В случае подачи обращения в государственный орган, орган местного самоуправления, государственному юридическому лицу, юридическому лицу со стопроцентным участием государства в уставном капитале заявителю выдается талон, содержащий уникальный номер, с указанием даты и времени, фамилии и инициалов, должности лица, принявшего обращение.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="602"/>
     <w:bookmarkStart w:name="z634" w:id="603"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Обращение регистрируется в день его поступления.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="603"/>
     <w:bookmarkStart w:name="z635" w:id="604"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Если обращение поступило в нерабочий день, то оно регистрируется в ближайший следующий за ним рабочий день.</w:t>
+      Если обращение поступило после окончания рабочего дня или в нерабочий день, то оно регистрируется в ближайший следующий за ним рабочий день.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="604"/>
     <w:bookmarkStart w:name="z636" w:id="605"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      4. Обращения, поступившие по общедоступным информационным системам и соответствующие требованиям законодательства Республики Казахстан об электронном документе и электронной цифровой подписи, подлежат рассмотрению в порядке, установленном настоящим Кодексом. </w:t>
+        <w:t>
+      4. Обращения, поступившие по общедоступным информационным системам и соответствующие требованиям законодательства Республики Казахстан об электронном документе и электронной цифровой подписи, подлежат рассмотрению в порядке, установленном настоящим Кодексом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="605"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В часть 5 статьи 64 предусматривается изменение Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>II</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Примечание ИЗПИ!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -16345,328 +17109,510 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Кодекса, административный орган, должностное лицо указывают заявителю, каким требованиям не соответствует обращение, устанавливают разумный срок для приведения его в соответствие с требованиями.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="607"/>
     <w:bookmarkStart w:name="z639" w:id="608"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Административный орган, должностное лицо возвращают обращение, если заявитель не привел его в соответствие с требованиями законодательства Республики Казахстан в срок, установленный административным органом, должностным лицом.</w:t>
+      7. Административный орган, должностное лицо возвращают обращение с указанием причин возврата в срок не позднее трех рабочих дней:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="608"/>
-    <w:bookmarkStart w:name="z640" w:id="609"/>
-[...15 lines deleted...]
-      8. Возврат обращения не препятствует повторному обращению.</w:t>
+    <w:bookmarkStart w:name="z1603" w:id="609"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) по истечении установленного административным органом, должностным лицом срока, предусмотренного частью шестой настоящей статьи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="609"/>
-    <w:bookmarkStart w:name="z641" w:id="610"/>
+    <w:bookmarkStart w:name="z1604" w:id="610"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) после регистрации обращения в случаях, если:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="610"/>
+    <w:bookmarkStart w:name="z1605" w:id="611"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заявителем подано обращение, содержание которого по сути вопроса идентично с ранее рассмотренным обращением, по которому прекращена административная процедура, при условии, что ранее поданное обращение рассматривалось в одном и том же административном органе либо одним и тем же должностным лицом. При этом такое обращение не содержит в себе новые доводы или вновь открывшиеся обстоятельства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="611"/>
+    <w:bookmarkStart w:name="z1606" w:id="612"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в обращении содержатся нецензурные либо оскорбительные выражения, в том числе в адрес административного органа, работников административного органа, должностного лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkStart w:name="z1607" w:id="613"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-1. Действие части седьмой настоящей статьи распространяется также на коллективные обращения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkStart w:name="z1608" w:id="614"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-2. Действие части седьмой настоящей статьи не распространяется на случаи, когда в обращениях содержатся сведения о готовящихся или совершенных уголовных правонарушениях либо об угрозе государственной или общественной безопасности, которые подлежат немедленному перенаправлению в государственные органы в соответствии с их компетенцией.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="614"/>
+    <w:bookmarkStart w:name="z640" w:id="615"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Возврат обращения не препятствует повторному обращению. В случае повторной подачи обращения, предусмотренного абзацем вторым подпункта 2) части седьмой настоящей статьи, после его возврата такое обращение приобщается к материалам ранее рассмотренного административного дела без предоставления ответа на него.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="615"/>
+    <w:bookmarkStart w:name="z641" w:id="616"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Заявитель до принятия решения по административному делу может отозвать обращение на основании своего письменного заявления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="610"/>
-    <w:bookmarkStart w:name="z642" w:id="611"/>
+    <w:bookmarkEnd w:id="616"/>
+    <w:bookmarkStart w:name="z642" w:id="617"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Отзыв обращения заявителем не лишает его права на подачу повторного обращения при условии соблюдения сроков, если иное не предусмотрено законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="611"/>
+    <w:bookmarkEnd w:id="617"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 64 с изменением, внесенным Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 65. Перенаправление обращения уполномоченному административному органу, должностному лицу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z644" w:id="612"/>
+    <w:bookmarkStart w:name="z644" w:id="618"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Обращение, поступившее административному органу, должностному лицу, в полномочие которых не входит рассмотрение данного обращения, в срок не позднее трех рабочих дней со дня его поступления перенаправляется уполномоченному административному органу, должностному лицу с одновременным уведомлением (извещением) участника административной процедуры.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="612"/>
-    <w:bookmarkStart w:name="z645" w:id="613"/>
+    <w:bookmarkEnd w:id="618"/>
+    <w:bookmarkStart w:name="z645" w:id="619"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Одно или несколько ходатайств, требований, содержащихся в обращении, поступившем административному органу, должностному лицу, в полномочие которых не входит их рассмотрение, в срок не позднее трех рабочих дней со дня поступления перенаправляются уполномоченному административному органу, должностному лицу с одновременным уведомлением (извещением) участника административной процедуры.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="613"/>
-    <w:bookmarkStart w:name="z646" w:id="614"/>
+    <w:bookmarkEnd w:id="619"/>
+    <w:bookmarkStart w:name="z646" w:id="620"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. По перенаправленному обращению или его части уполномоченным административным органом, должностным лицом возбуждается административная процедура в порядке, установленном настоящим Кодексом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="614"/>
+    <w:bookmarkEnd w:id="620"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 66. Уведомление (извещение) в административной процедуре</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z648" w:id="615"/>
+    <w:bookmarkStart w:name="z648" w:id="621"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Участник административной процедуры извещается о времени и месте проведения заслушивания или иных мероприятий, необходимых для осуществления административной процедуры.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="615"/>
-    <w:bookmarkStart w:name="z649" w:id="616"/>
+    <w:bookmarkEnd w:id="621"/>
+    <w:bookmarkStart w:name="z649" w:id="622"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Уведомление (извещение) направляется заказным письмом с уведомлением о его вручении, телефонограммой или телеграммой, в кабинет пользователя на веб-портале "электронного правительства" с отправлением короткого текстового сообщения на абонентский номер сотовой связи, зарегистрированный на веб-портале "электронного правительства", текстовым сообщением по абонентскому номеру сотовой связи или по электронному адресу либо с использованием иных средств связи, обеспечивающих фиксацию извещения или вызова.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="616"/>
-    <w:bookmarkStart w:name="z650" w:id="617"/>
+    <w:bookmarkEnd w:id="622"/>
+    <w:bookmarkStart w:name="z650" w:id="623"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Если по указанному адресу участник административной процедуры фактически не проживает, уведомления (извещения) могут быть направлены по юридическому адресу или по месту его работы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="617"/>
-    <w:bookmarkStart w:name="z651" w:id="618"/>
+    <w:bookmarkEnd w:id="623"/>
+    <w:bookmarkStart w:name="z651" w:id="624"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уведомления (извещения), адресованные юридическому лицу, направляются по месту его нахождения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="618"/>
-    <w:bookmarkStart w:name="z652" w:id="619"/>
+    <w:bookmarkEnd w:id="624"/>
+    <w:bookmarkStart w:name="z652" w:id="625"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Участник административной процедуры подтверждает своей подписью ознакомление с тем, что указанные им адрес места жительства (места нахождения), места работы, абонентский номер сотовой связи, электронный адрес достоверны, а уведомление (извещение), направленное на указанные контакты, будет считаться надлежащим и достаточным.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="619"/>
-    <w:bookmarkStart w:name="z653" w:id="620"/>
+    <w:bookmarkEnd w:id="625"/>
+    <w:bookmarkStart w:name="z653" w:id="626"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. При отказе участника административной процедуры принять уведомление (извещение) лицо, доставляющее или вручающее его, делает соответствующую отметку на уведомлении (извещении), которое возвращается в административный орган, должностному лицу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="620"/>
+    <w:bookmarkEnd w:id="626"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16722,3673 +17668,5129 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 67. Отвод (самоотвод) должностного лица</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z655" w:id="621"/>
+    <w:bookmarkStart w:name="z655" w:id="627"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Должностное лицо не может осуществлять административную процедуру, если он:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="621"/>
-    <w:bookmarkStart w:name="z656" w:id="622"/>
+    <w:bookmarkEnd w:id="627"/>
+    <w:bookmarkStart w:name="z656" w:id="628"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) участвовал в данной административной процедуре в качестве участника административной процедуры или его представителя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="622"/>
-    <w:bookmarkStart w:name="z657" w:id="623"/>
+    <w:bookmarkEnd w:id="628"/>
+    <w:bookmarkStart w:name="z657" w:id="629"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) является близким родственником, супругом (супругой) или свойственником участника административной процедуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="623"/>
-    <w:bookmarkStart w:name="z658" w:id="624"/>
+    <w:bookmarkEnd w:id="629"/>
+    <w:bookmarkStart w:name="z658" w:id="630"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) находится в служебной или иной зависимости от участника административной процедуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="624"/>
-    <w:bookmarkStart w:name="z659" w:id="625"/>
+    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkStart w:name="z659" w:id="631"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) лично, прямо или косвенно заинтересован в исходе административного дела либо имеются иные обстоятельства, вызывающие сомнение в его объективности и беспристрастности. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="625"/>
-    <w:bookmarkStart w:name="z660" w:id="626"/>
+    <w:bookmarkEnd w:id="631"/>
+    <w:bookmarkStart w:name="z660" w:id="632"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Предыдущее осуществление административной процедуры лицом в качестве должностного лица не является обстоятельством, исключающим его дальнейшее участие в соответствующем качестве в административной процедуре.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="626"/>
-    <w:bookmarkStart w:name="z661" w:id="627"/>
+    <w:bookmarkEnd w:id="632"/>
+    <w:bookmarkStart w:name="z661" w:id="633"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Отвод (самоотвод), заявленный должностному лицу, разрешается в течение трех рабочих дней со дня его заявления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="627"/>
-    <w:bookmarkStart w:name="z662" w:id="628"/>
+    <w:bookmarkEnd w:id="633"/>
+    <w:bookmarkStart w:name="z662" w:id="634"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Отвод (самоотвод), заявленный должностному лицу, осуществляющему административную процедуру, разрешается вышестоящим должностным лицом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="628"/>
-    <w:bookmarkStart w:name="z663" w:id="629"/>
+    <w:bookmarkEnd w:id="634"/>
+    <w:bookmarkStart w:name="z663" w:id="635"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. При рассмотрении административного дела коллегиальным составом административного органа отвод (самоотвод), заявленный одному из должностных лиц, разрешается другими должностными лицами коллегиального состава административного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="629"/>
-    <w:bookmarkStart w:name="z664" w:id="630"/>
+    <w:bookmarkEnd w:id="635"/>
+    <w:bookmarkStart w:name="z664" w:id="636"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Отвод (самоотвод), заявленный руководителю административного органа, разрешается вышестоящим административным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="630"/>
-    <w:bookmarkStart w:name="z665" w:id="631"/>
+    <w:bookmarkEnd w:id="636"/>
+    <w:bookmarkStart w:name="z665" w:id="637"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Отвод (самоотвод), заявленный руководителю административного органа, у которого нет вышестоящего административного органа, разрешается лицом, указанным в законе Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="631"/>
-    <w:bookmarkStart w:name="z666" w:id="632"/>
+    <w:bookmarkEnd w:id="637"/>
+    <w:bookmarkStart w:name="z666" w:id="638"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если законом не предусматривается соответствующее лицо, отвод (самоотвод) разрешается заместителем руководителя административного органа, а в случае его отсутствия – другим должностным лицом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="632"/>
-    <w:bookmarkStart w:name="z667" w:id="633"/>
+    <w:bookmarkEnd w:id="638"/>
+    <w:bookmarkStart w:name="z667" w:id="639"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. При удовлетворении заявления об отводе (самоотводе) административная процедура осуществляется другим должностным лицом в порядке, установленном законодательством Республики Казахстан об административных процедурах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="633"/>
-    <w:bookmarkStart w:name="z668" w:id="634"/>
+    <w:bookmarkEnd w:id="639"/>
+    <w:bookmarkStart w:name="z668" w:id="640"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Повторное заявление об отводе (самоотводе) по ранее заявленным обстоятельствам не допускается. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="634"/>
-    <w:bookmarkStart w:name="z669" w:id="635"/>
+    <w:bookmarkEnd w:id="640"/>
+    <w:bookmarkStart w:name="z669" w:id="641"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Решение по результатам рассмотрения заявления об отводе (самоотводе) обжалованию не подлежит.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="635"/>
+    <w:bookmarkEnd w:id="641"/>
+    <w:bookmarkStart w:name="z1609" w:id="642"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Административный орган, должностное лицо обязаны уведомить участника административной процедуры о принятом решении в течение двух рабочих дней со дня его принятия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="642"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 67 с изменением, внесенным Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 68. Представительство в административной процедуре</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z671" w:id="636"/>
+    <w:bookmarkStart w:name="z671" w:id="643"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Участник административной процедуры вправе вести свои административные дела лично, через представителя либо вместе с ним.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="636"/>
-    <w:bookmarkStart w:name="z672" w:id="637"/>
+    <w:bookmarkEnd w:id="643"/>
+    <w:bookmarkStart w:name="z672" w:id="644"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Представительство в административной процедуре осуществляется в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="637"/>
-    <w:bookmarkStart w:name="z673" w:id="638"/>
+    <w:bookmarkEnd w:id="644"/>
+    <w:bookmarkStart w:name="z673" w:id="645"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Участник административной процедуры вправе уполномочить ведение своих административных дел другому лицу, объявив об этом в устной форме административному органу, должностному лицу. В этом случае административный орган, должностное лицо оформляют полномочие представителя в письменной форме, которое подписывается представляемым.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="638"/>
-    <w:bookmarkStart w:name="z674" w:id="639"/>
+    <w:bookmarkEnd w:id="645"/>
+    <w:bookmarkStart w:name="z674" w:id="646"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Представитель вправе совершать от имени представляемого все действия, связанные с осуществлением административной процедуры, если законодательством Республики Казахстан не установлено иное.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="639"/>
-    <w:bookmarkStart w:name="z675" w:id="640"/>
+    <w:bookmarkEnd w:id="646"/>
+    <w:bookmarkStart w:name="z675" w:id="647"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Представителем не вправе быть лицо, являющееся должностным лицом или работником административного органа, осуществляющего административную процедуру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="640"/>
-    <w:bookmarkStart w:name="z676" w:id="641"/>
+    <w:bookmarkEnd w:id="647"/>
+    <w:bookmarkStart w:name="z676" w:id="648"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Представители, указанные в части четвертой настоящей статьи, отстраняются административным органом, должностным лицом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="641"/>
-    <w:bookmarkStart w:name="z677" w:id="642"/>
+    <w:bookmarkEnd w:id="648"/>
+    <w:bookmarkStart w:name="z677" w:id="649"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При отстранении представителя административный орган, должностное лицо откладывают осуществление административной процедуры на срок, необходимый для оформления полномочий другого представителя, но не более трех рабочих дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="642"/>
+    <w:bookmarkEnd w:id="649"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 69. Ведение и учет административных дел</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z679" w:id="643"/>
+    <w:bookmarkStart w:name="z679" w:id="650"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Административный орган, должностное лицо формируют административное дело на бумажном носителе и (или) в электронной форме, которое состоит из документов, необходимых для осуществления административной процедуры.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="643"/>
-    <w:bookmarkStart w:name="z680" w:id="644"/>
+    <w:bookmarkEnd w:id="650"/>
+    <w:bookmarkStart w:name="z680" w:id="651"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ведение административных дел, журналов их учета осуществляется административным органом на основании Правил документирования, управления документацией и использования систем электронного документооборота в государственных и негосударственных организациях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="644"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z682" w:id="646"/>
+    <w:bookmarkEnd w:id="651"/>
+    <w:bookmarkStart w:name="z681" w:id="652"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Регистрация, учет личных приемов, обращений, поступающих в государственные органы, органы местного самоуправления, государственным юридическим лицам, юридическим лицам со стопроцентным участием государства в уставном капитале, а также ведение информационной аналитической системы "Электронные обращения" осуществляются в порядке, установленном государственным органом, осуществляющим в пределах своей компетенции статистическую деятельность в области правовой статистики и специальных учетов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="652"/>
+    <w:bookmarkStart w:name="z682" w:id="653"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Не подлежат учету предложения, содержащие рекламу, а также обращения, поступившие по вопросам оказания государственных услуг, за исключением обращений, предусмотренных подпунктом 3) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 4 Закона Республики Казахстан "О государственных услугах".</w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="647"/>
+        <w:t xml:space="preserve"> статьи 4 Закона Республики Казахстан "О государственных услугах", обращения, поступившие в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О валютном регулировании и валютном контроле", по вопросам осуществления учетной регистрации валютных договоров, уведомления о счетах в иностранных банках и учетной регистрации таких счетов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="653"/>
+    <w:bookmarkStart w:name="z683" w:id="654"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Руководители субъектов, указанных в части второй </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 87</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Кодекса, несут персональную ответственность за организацию работы с обращениями физических и юридических лиц, состояние делопроизводства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="654"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 69 с изменением, внесенным Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 70. Прекращение административной процедуры</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z685" w:id="648"/>
+    <w:bookmarkStart w:name="z685" w:id="655"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Административная процедура, возбужденная на основании обращения, подлежит прекращению при наличии хотя бы одного из следующих обстоятельств:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="648"/>
-    <w:bookmarkStart w:name="z686" w:id="649"/>
+    <w:bookmarkEnd w:id="655"/>
+    <w:bookmarkStart w:name="z686" w:id="656"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) имеется решение административного органа, должностного лица по административному делу в отношении участника административной процедуры о том же предмете и по тем же основаниям, которые указаны в обращении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="649"/>
-    <w:bookmarkStart w:name="z687" w:id="650"/>
+    <w:bookmarkEnd w:id="656"/>
+    <w:bookmarkStart w:name="z687" w:id="657"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) имеется вступивший в законную силу судебный акт, вынесенный в отношении того же лица, о том же предмете и по тем же основаниям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="650"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z689" w:id="652"/>
+    <w:bookmarkEnd w:id="657"/>
+    <w:bookmarkStart w:name="z688" w:id="658"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) административным органом, должностным лицом возвращено обращение на основании подпункта 1) части седьмой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 64</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Кодекса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="658"/>
+    <w:bookmarkStart w:name="z689" w:id="659"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) административным органом, должностным лицом принят отзыв обращения от заявителя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="652"/>
-    <w:bookmarkStart w:name="z690" w:id="653"/>
+    <w:bookmarkEnd w:id="659"/>
+    <w:bookmarkStart w:name="z690" w:id="660"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) имеются иные основания, предусмотренные законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="653"/>
-    <w:bookmarkStart w:name="z691" w:id="654"/>
+    <w:bookmarkEnd w:id="660"/>
+    <w:bookmarkStart w:name="z691" w:id="661"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Административный орган, должностное лицо могут прекратить административную процедуру, возбужденную по собственной инициативе, если осуществление административной процедуры перестало быть необходимым в связи с изменением обстоятельств, послуживших основанием для ее возбуждения, или по другим основаниям, предусмотренным законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="654"/>
-    <w:bookmarkStart w:name="z692" w:id="655"/>
+    <w:bookmarkEnd w:id="661"/>
+    <w:bookmarkStart w:name="z692" w:id="662"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Административная процедура прекращается решением административного органа, должностного лица, о чем извещается участник административной процедуры в течение трех рабочих дней со дня принятия решения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="655"/>
-    <w:bookmarkStart w:name="z693" w:id="656"/>
+    <w:bookmarkEnd w:id="662"/>
+    <w:bookmarkStart w:name="z693" w:id="663"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. На решение о прекращении административной процедуры может быть подана жалоба в порядке, установленном настоящим Кодексом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="656"/>
-    <w:bookmarkStart w:name="z694" w:id="657"/>
+    <w:bookmarkEnd w:id="663"/>
+    <w:bookmarkStart w:name="z694" w:id="664"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Заявитель вправе подать повторное обращение по уже рассмотренному в порядке, установленном настоящим Кодексом, вопросу, если имеются новые доводы или вновь открывшиеся обстоятельства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="657"/>
-    <w:bookmarkStart w:name="z695" w:id="658"/>
+    <w:bookmarkEnd w:id="664"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 70 с изменением, внесенным Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z695" w:id="665"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 10. РАССМОТРЕНИЕ АДМИНИСТРАТИВНОГО ДЕЛА</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="658"/>
+    <w:bookmarkEnd w:id="665"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 71. Единоличное и коллегиальное рассмотрение административного дела</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z697" w:id="659"/>
+    <w:bookmarkStart w:name="z697" w:id="666"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Административное дело рассматривается должностным лицом единолично, а в случаях, предусмотренных законодательством Республики Казахстан, либо по решению административного органа – коллегиальным составом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="659"/>
+    <w:bookmarkEnd w:id="666"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 72. Исследование фактических обстоятельств административного дела</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z699" w:id="660"/>
+    <w:bookmarkStart w:name="z699" w:id="667"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Административный орган, должностное лицо обязаны принять меры для всестороннего, полного и объективного исследования фактических обстоятельств, имеющих значение для правильного рассмотрения административного дела.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="660"/>
-    <w:bookmarkStart w:name="z700" w:id="661"/>
+    <w:bookmarkEnd w:id="667"/>
+    <w:bookmarkStart w:name="z700" w:id="668"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Порядок и пределы исследования фактических обстоятельств административного дела определяются административным органом, должностным лицом с учетом мнений участников административной процедуры.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="661"/>
-    <w:bookmarkStart w:name="z701" w:id="662"/>
+    <w:bookmarkEnd w:id="668"/>
+    <w:bookmarkStart w:name="z701" w:id="669"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Административный орган, должностное лицо не связаны доводами, фактическими обстоятельствами административного дела и проверяют административное дело в полном объеме.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="662"/>
-    <w:bookmarkStart w:name="z702" w:id="663"/>
+    <w:bookmarkEnd w:id="669"/>
+    <w:bookmarkStart w:name="z702" w:id="670"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Административный орган, должностное лицо вправе собирать доказательства по собственной инициативе в целях установления фактических обстоятельств административного дела.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="663"/>
-    <w:bookmarkStart w:name="z703" w:id="664"/>
+    <w:bookmarkEnd w:id="670"/>
+    <w:bookmarkStart w:name="z703" w:id="671"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Административный орган, должностное лицо не вправе отказать в исследовании заявлений и документов, представленных участниками административной процедуры, рассмотрение которых входит в их компетенцию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="664"/>
+    <w:bookmarkEnd w:id="671"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 73. Заслушивание</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z705" w:id="665"/>
+    <w:bookmarkStart w:name="z705" w:id="672"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Административный орган, должностное лицо обязаны предоставить возможность участнику административной процедуры выразить свою позицию к предварительному решению по административному делу, о котором участник административной процедуры уведомляется заранее, но не позднее чем за три рабочих дня до принятия административного акта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="665"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z708" w:id="668"/>
+    <w:bookmarkEnd w:id="672"/>
+    <w:bookmarkStart w:name="z706" w:id="673"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заслушивание может осуществляться в письменной или устной форме путем:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="673"/>
+    <w:bookmarkStart w:name="z707" w:id="674"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) приглашения участника административной процедуры на заслушивание по административному делу, в том числе посредством видеоконференцсвязи или иных средств коммуникации, по ходатайству в соответствии с частью третьей настоящей статьи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="674"/>
+    <w:bookmarkStart w:name="z708" w:id="675"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) использования информационных систем;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="668"/>
-    <w:bookmarkStart w:name="z709" w:id="669"/>
+    <w:bookmarkEnd w:id="675"/>
+    <w:bookmarkStart w:name="z709" w:id="676"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) иных способов связи, позволяющих участнику административной процедуры изложить свою позицию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="669"/>
-    <w:bookmarkStart w:name="z710" w:id="670"/>
+    <w:bookmarkEnd w:id="676"/>
+    <w:bookmarkStart w:name="z710" w:id="677"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Положения части первой настоящей статьи могут не применяться в случаях, если:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="670"/>
-    <w:bookmarkStart w:name="z711" w:id="671"/>
+    <w:bookmarkEnd w:id="677"/>
+    <w:bookmarkStart w:name="z711" w:id="678"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) административный орган, должностное лицо принимают благоприятный административный акт, не затрагивающий права, свободы и законные интересы других лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="671"/>
-    <w:bookmarkStart w:name="z712" w:id="672"/>
+    <w:bookmarkEnd w:id="678"/>
+    <w:bookmarkStart w:name="z712" w:id="679"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осуществляется исполнительное производство;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="672"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z714" w:id="674"/>
+    <w:bookmarkEnd w:id="679"/>
+    <w:bookmarkStart w:name="z713" w:id="680"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) законодательством Республики Казахстан установлен срок для осуществления административной процедуры менее пяти рабочих дней;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="680"/>
+    <w:bookmarkStart w:name="z714" w:id="681"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) требуется незамедлительное принятие административного акта в целях защиты прав, свобод граждан и юридических лиц, общественных и (или) государственных интересов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="674"/>
-    <w:bookmarkStart w:name="z715" w:id="675"/>
+    <w:bookmarkEnd w:id="681"/>
+    <w:bookmarkStart w:name="z715" w:id="682"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) об этом ходатайствует участник административной процедуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="675"/>
-    <w:bookmarkStart w:name="z716" w:id="676"/>
+    <w:bookmarkEnd w:id="682"/>
+    <w:bookmarkStart w:name="z716" w:id="683"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) осуществляется упрощенная административная процедура;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="676"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z718" w:id="678"/>
+    <w:bookmarkEnd w:id="683"/>
+    <w:bookmarkStart w:name="z717" w:id="684"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) решение по административному делу принимается при осуществлении автоматизированного процесса, при этом административный орган, должностное лицо не наделены административным усмотрением;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="684"/>
+    <w:bookmarkStart w:name="z1610" w:id="685"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) имеется вступивший в законную силу судебный акт, вынесенный в отношении участника административной процедуры, о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги, или на основании которого участник административной процедуры лишен специального права, связанного с получением государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="685"/>
+    <w:bookmarkStart w:name="z1611" w:id="686"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) административный орган, должностное лицо принимают решение об отказе в регистрации на личный прием;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="686"/>
+    <w:bookmarkStart w:name="z1612" w:id="687"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10) административная процедура прекращена на основании части первой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 88</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Кодекса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="687"/>
+    <w:bookmarkStart w:name="z718" w:id="688"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае, установленном подпунктом 4) настоящей части, административный орган, должностное лицо обязаны указать в административном акте доводы, по которым заслушивание не проводилось.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="678"/>
-    <w:bookmarkStart w:name="z719" w:id="679"/>
+    <w:bookmarkEnd w:id="688"/>
+    <w:bookmarkStart w:name="z719" w:id="689"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Участник административной процедуры вправе предоставить или высказать возражение к предварительному решению по административному делу в срок не позднее двух рабочих дней со дня его получения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="679"/>
-    <w:bookmarkStart w:name="z720" w:id="680"/>
+    <w:bookmarkEnd w:id="689"/>
+    <w:bookmarkStart w:name="z1613" w:id="690"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для проведения заслушивания в устной форме участник административной процедуры вправе заявить ходатайство в срок не позднее двух рабочих дней со дня получения предварительного решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="690"/>
+    <w:bookmarkStart w:name="z1614" w:id="691"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом отсутствие письменных или устных возражений от участника административной процедуры, извещенного заблаговременно и надлежащим образом о форме, дне, времени и месте проведения заслушивания, не является препятствием для принятия решения по существу рассматриваемого административного дела.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="691"/>
+    <w:bookmarkStart w:name="z1615" w:id="692"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае устного выражения участником административной процедуры своего возражения административный орган, должностное лицо ведут протокол заслушивания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="692"/>
+    <w:bookmarkStart w:name="z1616" w:id="693"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При заслушивании в письменной форме протокол не ведется.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="693"/>
+    <w:bookmarkStart w:name="z720" w:id="694"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. В случае устного выражения участником административной процедуры своего возражения административный орган, должностное лицо ведут протокол заслушивания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="680"/>
+    <w:bookmarkEnd w:id="694"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Статью 73 предусматривается дополнить примечанием в соответствии с Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>II</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(вводится в действие со дня введения в действие Цифрового кодекса РК).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 73 с изменением, внесенным Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 74. Протокол заслушивания</w:t>
-[...34 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>Статья 74. Протокол заслушивания в устной форме</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. В протоколе заслушивания указываются: </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z724" w:id="683"/>
+      Сноска. Заголоовк статьи 74 с изменением, внесенным Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z722" w:id="695"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Протокол заслушивания в устной форме изготавливается компьютерным, электронным, машинописным либо рукописным способами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="695"/>
+    <w:bookmarkStart w:name="z723" w:id="696"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В протоколе заслушивания в устной форме указываются: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="696"/>
+    <w:bookmarkStart w:name="z724" w:id="697"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) место и дата рассмотрения административного дела, время его начала и окончания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="683"/>
-    <w:bookmarkStart w:name="z725" w:id="684"/>
+    <w:bookmarkEnd w:id="697"/>
+    <w:bookmarkStart w:name="z725" w:id="698"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) наименование административного органа, фамилии и инициалы должностного лица, секретаря;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="684"/>
-    <w:bookmarkStart w:name="z726" w:id="685"/>
+    <w:bookmarkEnd w:id="698"/>
+    <w:bookmarkStart w:name="z726" w:id="699"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) сведения об участнике административной процедуры и (или) ином лице, участвующем в административном деле;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="685"/>
-    <w:bookmarkStart w:name="z727" w:id="686"/>
+    <w:bookmarkEnd w:id="699"/>
+    <w:bookmarkStart w:name="z727" w:id="700"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) содержание рассматриваемого вопроса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="686"/>
-    <w:bookmarkStart w:name="z728" w:id="687"/>
+    <w:bookmarkEnd w:id="700"/>
+    <w:bookmarkStart w:name="z728" w:id="701"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) содержание объяснений, вопросов и ответов, выступлений участвующих лиц.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="687"/>
-[...99 lines deleted...]
-    <w:bookmarkEnd w:id="692"/>
+    <w:bookmarkEnd w:id="701"/>
+    <w:bookmarkStart w:name="z729" w:id="702"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Участник административной процедуры и (или) иное лицо, участвующее в административном деле, вправе ходатайствовать о занесении в протокол заслушивания в устной форме сведений о фактических обстоятельствах, которые они считают существенными для рассмотрения административного дела.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="702"/>
+    <w:bookmarkStart w:name="z730" w:id="703"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Протокол заслушивания в устной форме должен быть изготовлен и подписан председательствующим и секретарем не позднее двух рабочих дней после окончания заслушивания в устной форме.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="703"/>
+    <w:bookmarkStart w:name="z731" w:id="704"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Административный орган, должностное лицо обязаны обеспечить участнику административной процедуры и иному лицу, участвующему в административном деле, возможность ознакомиться с протоколом заслушивания в устной форме.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="704"/>
+    <w:bookmarkStart w:name="z732" w:id="705"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Участник административной процедуры и иное лицо, участвующее в административном деле, в течение трех рабочих дней после ознакомления вправе представить свои замечания на протокол заслушивания в устной форме.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="705"/>
+    <w:bookmarkStart w:name="z733" w:id="706"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам рассмотрения замечаний председательствующий принимает решение об их удовлетворении либо об их полном или частичном отклонении. Все замечания приобщаются к административному делу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="706"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 74 с изменением, внесенным Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 75. Ознакомление участника административной процедуры с материалами административного дела</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z735" w:id="693"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z736" w:id="694"/>
+    <w:bookmarkStart w:name="z735" w:id="707"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Участнику административной процедуры должна быть предоставлена возможность ознакомления с материалами административного дела как в ходе, так и после рассмотрения административного дела в срок не позднее трех рабочих дней со дня заявления ходатайства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="707"/>
+    <w:bookmarkStart w:name="z736" w:id="708"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. При ознакомлении участника административной процедуры с материалами административного дела административный орган, должностное лицо обязаны обеспечить соблюдение законодательства Республики Казахстан о государственных секретах и иной охраняемой законом тайны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="694"/>
-    <w:bookmarkStart w:name="z737" w:id="695"/>
+    <w:bookmarkEnd w:id="708"/>
+    <w:bookmarkStart w:name="z737" w:id="709"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Участник административной процедуры в процессе ознакомления с материалами административного дела вправе выписывать любые сведения и в любом объеме, снимать копии с документов, в том числе с помощью научно-технических средств, за исключением сведений, содержащих государственные секреты или иную охраняемую законом тайну.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="695"/>
+    <w:bookmarkEnd w:id="709"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 75 с изменением, внесенным Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 76. Сроки административной процедуры, возбужденной на основании обращения</w:t>
-[...62 lines deleted...]
-    <w:bookmarkStart w:name="z742" w:id="699"/>
+        <w:t>Статья 76. Сроки административной процедуры, возбужденной на основании обращения, и порядок их исчисления</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1617" w:id="710"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Срок административной процедуры, возбужденной на основании обращения, составляет пятнадцать рабочих дней со дня регистрации обращения, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="710"/>
+    <w:bookmarkStart w:name="z1618" w:id="711"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Течение срока (исчисляемого днями либо сутками) административной процедуры, возбужденной на основании обращения, начинается на следующий день после регистрации обращения либо его поступления в уполномоченный административный орган, к должностному лицу при его перенаправлении в случаях, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Кодекса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="711"/>
+    <w:bookmarkStart w:name="z1619" w:id="712"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Срок административной процедуры, возбужденной на основании обращения, может быть продлен мотивированным решением руководителя, его заместителя или руководителя аппарата административного органа на разумный срок, но не более чем до двух месяцев со дня принятия такого решения, ввиду необходимости установления фактических обстоятельств, имеющих значение для правильного рассмотрения административного дела, о чем извещается участник административной процедуры в течение трех рабочих дней со дня продления срока.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="712"/>
+    <w:bookmarkStart w:name="z1620" w:id="713"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. За необоснованное продление срока административной процедуры лицо, уполномоченное на принятие решения, несет дисциплинарную и иную ответственность в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="699"/>
+    <w:bookmarkEnd w:id="713"/>
+    <w:bookmarkStart w:name="z1621" w:id="714"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Если последний день срока административной процедуры приходится на нерабочий день, днем окончания срока считается следующий рабочий день.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="714"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 76 - в редакции Закона РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 77. Виды решений по результатам рассмотрения административного дела</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z744" w:id="700"/>
+    <w:bookmarkStart w:name="z744" w:id="715"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Рассмотрев административное дело, административный орган, должностное лицо выносят одно из следующих решений о:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="700"/>
-    <w:bookmarkStart w:name="z745" w:id="701"/>
+    <w:bookmarkEnd w:id="715"/>
+    <w:bookmarkStart w:name="z745" w:id="716"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) принятии административного акта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="701"/>
-    <w:bookmarkStart w:name="z746" w:id="702"/>
+    <w:bookmarkEnd w:id="716"/>
+    <w:bookmarkStart w:name="z746" w:id="717"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) прекращении административной процедуры.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="702"/>
-    <w:bookmarkStart w:name="z747" w:id="703"/>
+    <w:bookmarkEnd w:id="717"/>
+    <w:bookmarkStart w:name="z747" w:id="718"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. По окончании рассмотрения административного дела выносится решение в письменной форме, которое направляется участнику административной процедуры.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="703"/>
-    <w:bookmarkStart w:name="z748" w:id="704"/>
+    <w:bookmarkEnd w:id="718"/>
+    <w:bookmarkStart w:name="z748" w:id="719"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 11. АДМИНИСТРАТИВНЫЙ АКТ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="704"/>
+    <w:bookmarkEnd w:id="719"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 78. Формы административных актов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z750" w:id="705"/>
+    <w:bookmarkStart w:name="z750" w:id="720"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Административный акт принимается в письменной (бумажной и (или) электронной) форме, если иное не предусмотрено законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="705"/>
-    <w:bookmarkStart w:name="z751" w:id="706"/>
+    <w:bookmarkEnd w:id="720"/>
+    <w:bookmarkStart w:name="z751" w:id="721"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Административный акт принимается исключительно в письменной (бумажной и (или) электронной) форме, если административная процедура возбуждена на основании обращения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="706"/>
-    <w:bookmarkStart w:name="z752" w:id="707"/>
+    <w:bookmarkEnd w:id="721"/>
+    <w:bookmarkStart w:name="z752" w:id="722"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Административный акт может быть принят в устной или иной форме, если:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="707"/>
-    <w:bookmarkStart w:name="z753" w:id="708"/>
+    <w:bookmarkEnd w:id="722"/>
+    <w:bookmarkStart w:name="z753" w:id="723"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) требуется защита прав, свобод граждан и юридических лиц, общественных или государственных интересов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="708"/>
-    <w:bookmarkStart w:name="z754" w:id="709"/>
+    <w:bookmarkEnd w:id="723"/>
+    <w:bookmarkStart w:name="z754" w:id="724"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в иных случаях, предусмотренных законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="709"/>
-    <w:bookmarkStart w:name="z755" w:id="710"/>
+    <w:bookmarkEnd w:id="724"/>
+    <w:bookmarkStart w:name="z755" w:id="725"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Административный акт, принятый в устной или иной форме, должен быть оформлен в письменной (бумажной и (или) электронной) форме по ходатайству участника административной процедуры в течение одного рабочего дня со дня заявления такого ходатайства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="710"/>
+    <w:bookmarkEnd w:id="725"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 79. Общие требования к административному акту</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z757" w:id="711"/>
+    <w:bookmarkStart w:name="z757" w:id="726"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Административный акт должен быть законным и обоснованным. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="711"/>
-    <w:bookmarkStart w:name="z758" w:id="712"/>
+    <w:bookmarkEnd w:id="726"/>
+    <w:bookmarkStart w:name="z758" w:id="727"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Административный акт должен быть ясным для понимания, обеспечивать единообразное применение, исчерпывающе определять круг лиц, на которых распространяется его действие.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="712"/>
+    <w:bookmarkEnd w:id="727"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 80. Содержание административного акта, принятого в письменной (бумажной и (или) электронной) форме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z760" w:id="713"/>
+    <w:bookmarkStart w:name="z760" w:id="728"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. В административном акте, принятом в письменной (бумажной и (или) электронной) форме, указываются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="713"/>
-    <w:bookmarkStart w:name="z761" w:id="714"/>
+    <w:bookmarkEnd w:id="728"/>
+    <w:bookmarkStart w:name="z761" w:id="729"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наименование административного органа, фамилия и инициалы должностного лица, принявшего административный акт;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="714"/>
-    <w:bookmarkStart w:name="z762" w:id="715"/>
+    <w:bookmarkEnd w:id="729"/>
+    <w:bookmarkStart w:name="z762" w:id="730"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) дата принятия административного акта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="715"/>
-    <w:bookmarkStart w:name="z763" w:id="716"/>
+    <w:bookmarkEnd w:id="730"/>
+    <w:bookmarkStart w:name="z763" w:id="731"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) сведения о заявителе: для физических лиц – фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность), для юридических лиц – наименование, организационно-правовая форма;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="716"/>
-    <w:bookmarkStart w:name="z764" w:id="717"/>
+    <w:bookmarkEnd w:id="731"/>
+    <w:bookmarkStart w:name="z764" w:id="732"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) описание вопросов, разрешаемых при принятии административного акта, и обоснование административного акта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="717"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z766" w:id="719"/>
+    <w:bookmarkEnd w:id="732"/>
+    <w:bookmarkStart w:name="z765" w:id="733"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) подпись или электронная цифровая подпись должностного лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="733"/>
+    <w:bookmarkStart w:name="z766" w:id="734"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Обоснование административного акта, принятого в письменной (бумажной и (или) электронной) форме, не требуется в случаях, если:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="719"/>
-    <w:bookmarkStart w:name="z767" w:id="720"/>
+    <w:bookmarkEnd w:id="734"/>
+    <w:bookmarkStart w:name="z767" w:id="735"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) административный орган, должностное лицо принимают благоприятный административный акт, не затрагивающий права, свободы и законные интересы других лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="720"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z769" w:id="722"/>
+    <w:bookmarkEnd w:id="735"/>
+    <w:bookmarkStart w:name="z768" w:id="736"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) административный орган, должностное лицо принимают идентичные административные акты об одном предмете в количестве более чем пять административных актов непрерывно в течение тридцати календарных дней (при этом первый из идентичных административных актов должен быть обоснованным) или опубликовывают административные акты в средствах массовой информации, включая размещение на интернет-ресурсах, и необходимость в обосновании в каждом случае отсутствует;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="736"/>
+    <w:bookmarkStart w:name="z769" w:id="737"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в иных случаях, предусмотренных законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="722"/>
-    <w:bookmarkStart w:name="z770" w:id="723"/>
+    <w:bookmarkEnd w:id="737"/>
+    <w:bookmarkStart w:name="z770" w:id="738"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Административный акт, принятый в письменной (бумажной и (или) электронной) форме, может содержать приложения и другие вспомогательные документы, действие которых не может превышать срок действия административного акта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="723"/>
-    <w:bookmarkStart w:name="z771" w:id="724"/>
+    <w:bookmarkEnd w:id="738"/>
+    <w:bookmarkStart w:name="z771" w:id="739"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Приложения и другие вспомогательные документы являются неотъемлемой частью административного акта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="724"/>
+    <w:bookmarkEnd w:id="739"/>
+    <w:bookmarkStart w:name="z1622" w:id="740"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В административном акте или приложении к нему в обязательном порядке указываются вышестоящий административный орган, должностное лицо, которым может быть предъявлена жалоба для рассмотрения, или иной административный орган, должностное лицо, уполномоченные в соответствии с законами Республики Казахстан рассматривать жалобы, срок, в течение которого может быть подана такая жалоба, и порядок обжалования данного акта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="740"/>
+    <w:bookmarkStart w:name="z1623" w:id="741"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае отсутствия вышестоящего административного органа, должностного лица или иного административного органа, должностного лица, уполномоченных в соответствии с законами Республики Казахстан рассматривать жалобы, в административном акте или приложении к нему указываются порядок и срок судебного оспаривания данного акта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="741"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 80 с изменением, внесенным Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 81. Доведение до сведения участника административной процедуры</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z773" w:id="725"/>
+    <w:bookmarkStart w:name="z773" w:id="742"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Административный акт, принятый в письменной (бумажной) форме, доводится до сведения участника административной процедуры в соответствии со статьей 66 настоящего Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="725"/>
-    <w:bookmarkStart w:name="z774" w:id="726"/>
+    <w:bookmarkEnd w:id="742"/>
+    <w:bookmarkStart w:name="z774" w:id="743"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Административный акт, принятый в электронной форме, доводится до сведения участника административной процедуры в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="726"/>
-    <w:bookmarkStart w:name="z775" w:id="727"/>
+    <w:bookmarkEnd w:id="743"/>
+    <w:bookmarkStart w:name="z775" w:id="744"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Административный акт, принятый в устной форме, доводится до сведения участника административной процедуры путем его устного сообщения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="727"/>
-    <w:bookmarkStart w:name="z776" w:id="728"/>
+    <w:bookmarkEnd w:id="744"/>
+    <w:bookmarkStart w:name="z776" w:id="745"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Административный акт, принятый в иной форме, доводится до сведения участника административной процедуры путем обеспечения его доступности для зрительного и (или) слухового восприятия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="728"/>
-    <w:bookmarkStart w:name="z777" w:id="729"/>
+    <w:bookmarkEnd w:id="745"/>
+    <w:bookmarkStart w:name="z777" w:id="746"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Административный акт, не содержащий сведения, составляющие государственные секреты или иную охраняемую законом тайну, подлежит размещению на интернет-ресурсах, если не известны сведения об адресате административного акта, а также в иных случаях, предусмотренных законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="729"/>
+    <w:bookmarkEnd w:id="746"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 82. Исправление описок и (или) арифметических ошибок</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z779" w:id="730"/>
+    <w:bookmarkStart w:name="z779" w:id="747"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Административный орган, должностное лицо вправе по собственной инициативе или по ходатайству участника административной процедуры исправить допущенные в административном акте описки и (или) арифметические ошибки без изменения содержания административного акта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="730"/>
-    <w:bookmarkStart w:name="z780" w:id="731"/>
+    <w:bookmarkEnd w:id="747"/>
+    <w:bookmarkStart w:name="z780" w:id="748"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Административный орган, должностное лицо вправе истребовать документ, необходимый для исправления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="731"/>
-    <w:bookmarkStart w:name="z781" w:id="732"/>
+    <w:bookmarkEnd w:id="748"/>
+    <w:bookmarkStart w:name="z781" w:id="749"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Рассмотрение ходатайства об исправлении описок и (или) арифметических ошибок осуществляется в течение трех рабочих дней со дня поступления заявления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="732"/>
-    <w:bookmarkStart w:name="z782" w:id="733"/>
+    <w:bookmarkEnd w:id="749"/>
+    <w:bookmarkStart w:name="z782" w:id="750"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Исправление описки и (или) арифметической ошибки подтверждается подписью должностного лица. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="733"/>
-    <w:bookmarkStart w:name="z783" w:id="734"/>
+    <w:bookmarkEnd w:id="750"/>
+    <w:bookmarkStart w:name="z783" w:id="751"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Копия исправленного административного акта направляется участнику административной процедуры в течение трех рабочих дней со дня исправления административного акта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="734"/>
+    <w:bookmarkEnd w:id="751"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 83. Вступление в силу, введение в действие и прекращение действия административного акта</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z785" w:id="735"/>
+    <w:bookmarkStart w:name="z785" w:id="752"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Административный акт вступает в силу с момента принятия, если в нем не указан более поздний срок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="735"/>
-    <w:bookmarkStart w:name="z786" w:id="736"/>
+    <w:bookmarkEnd w:id="752"/>
+    <w:bookmarkStart w:name="z786" w:id="753"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Административный акт вводится в действие с момента доведения до сведения участника административной процедуры в порядке, установленном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="736"/>
-    <w:bookmarkStart w:name="z787" w:id="737"/>
+    <w:bookmarkEnd w:id="753"/>
+    <w:bookmarkStart w:name="z787" w:id="754"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Административный акт прекращает действие с момента наступления событий, предусмотренных административным актом, исполнения его требований, отмены административного акта или истечения срока действия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="737"/>
+    <w:bookmarkEnd w:id="754"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 84. Отмена незаконного административного акта</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z789" w:id="738"/>
+    <w:bookmarkStart w:name="z789" w:id="755"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Нарушение законодательства Республики Казахстан об административных процедурах является основанием для признания административного акта незаконным, если такое нарушение привело либо могло привести к принятию неправильного административного акта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="738"/>
-    <w:bookmarkStart w:name="z790" w:id="739"/>
+    <w:bookmarkEnd w:id="755"/>
+    <w:bookmarkStart w:name="z790" w:id="756"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Правильный по существу административный акт не может быть признан незаконным по одним лишь формальным основаниям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="739"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z792" w:id="741"/>
+    <w:bookmarkEnd w:id="756"/>
+    <w:bookmarkStart w:name="z791" w:id="757"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Незаконный административный акт может быть отменен полностью или в части административным органом, должностным лицом, который его принял, или вышестоящим административным органом, должностным лицом либо судом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="757"/>
+    <w:bookmarkStart w:name="z792" w:id="758"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. При отмене незаконного административного акта принимается решение о юридических последствиях признания административного акта незаконным.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="741"/>
-    <w:bookmarkStart w:name="z793" w:id="742"/>
+    <w:bookmarkEnd w:id="758"/>
+    <w:bookmarkStart w:name="z793" w:id="759"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Административный акт может быть признан недействительным как с момента принятия такого акта, так и с момента признания его незаконным.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="742"/>
-    <w:bookmarkStart w:name="z794" w:id="743"/>
+    <w:bookmarkEnd w:id="759"/>
+    <w:bookmarkStart w:name="z794" w:id="760"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Незаконный обременяющий административный акт подлежит обязательной отмене. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="743"/>
-    <w:bookmarkStart w:name="z795" w:id="744"/>
+    <w:bookmarkEnd w:id="760"/>
+    <w:bookmarkStart w:name="z795" w:id="761"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. При отмене незаконного благоприятного административного акта принимается во внимание принцип охраны права на доверие участника административной процедуры.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="744"/>
-    <w:bookmarkStart w:name="z796" w:id="745"/>
+    <w:bookmarkEnd w:id="761"/>
+    <w:bookmarkStart w:name="z796" w:id="762"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Участник административной процедуры не вправе ссылаться на принцип охраны права на доверие в случаях, если:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="745"/>
-    <w:bookmarkStart w:name="z797" w:id="746"/>
+    <w:bookmarkEnd w:id="762"/>
+    <w:bookmarkStart w:name="z797" w:id="763"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) правовой акт, на основании которого был вынесен административный акт, признан неконституционным; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="746"/>
-    <w:bookmarkStart w:name="z798" w:id="747"/>
+    <w:bookmarkEnd w:id="763"/>
+    <w:bookmarkStart w:name="z798" w:id="764"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) установлена заведомая недостоверность документа либо сведений, представленных участником административных процедур;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="747"/>
-    <w:bookmarkStart w:name="z799" w:id="748"/>
+    <w:bookmarkEnd w:id="764"/>
+    <w:bookmarkStart w:name="z799" w:id="765"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) административный акт принят в результате совершения участником административной процедуры противоправных действий, установленных вступившими в законную силу приговором или постановлением суда, постановлением прокурора, органа уголовного преследования, органа (должностного лица), уполномоченного рассматривать дела об административных правонарушениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="748"/>
-    <w:bookmarkStart w:name="z800" w:id="749"/>
+    <w:bookmarkEnd w:id="765"/>
+    <w:bookmarkStart w:name="z800" w:id="766"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) административный акт затрагивает государственные или общественные интересы, безопасность государства либо может привести к тяжким необратимым последствиям для жизни, здоровья людей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="749"/>
-    <w:bookmarkStart w:name="z801" w:id="750"/>
+    <w:bookmarkEnd w:id="766"/>
+    <w:bookmarkStart w:name="z801" w:id="767"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Незаконный благоприятный административный акт подлежит отмене только в случаях, предусмотренных частью шестой настоящей статьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="750"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="751"/>
+    <w:bookmarkEnd w:id="767"/>
+    <w:bookmarkStart w:name="z802" w:id="768"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Вред, возникший в результате отмены незаконного благоприятного административного акта по основаниям, предусмотренным подпунктами 1) и 4) части шестой настоящей статьи, подлежит возмещению участнику административной процедуры, право на доверие которого охраняется законами Республики Казахстан, по правилам гражданского законодательства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="768"/>
+    <w:bookmarkStart w:name="z1624" w:id="769"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. Участник административной процедуры уведомляется об отмене незаконного благоприятного административного акта в порядке, предусмотренном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 66</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Кодекса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="769"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 84 с изменением, внесенным Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 85. Отмена законного административного акта</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z804" w:id="752"/>
+    <w:bookmarkStart w:name="z804" w:id="770"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Административный акт, принятый на основании и в соответствии с требованиями законодательства Республики Казахстан, считается законным.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="752"/>
-    <w:bookmarkStart w:name="z805" w:id="753"/>
+    <w:bookmarkEnd w:id="770"/>
+    <w:bookmarkStart w:name="z805" w:id="771"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Законный административный акт может быть отменен полностью или в части.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="753"/>
-    <w:bookmarkStart w:name="z806" w:id="754"/>
+    <w:bookmarkEnd w:id="771"/>
+    <w:bookmarkStart w:name="z806" w:id="772"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Законный обременяющий административный акт может быть отменен административным органом, должностным лицом, за исключением случаев, когда отмена такого акта запрещена законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="754"/>
-    <w:bookmarkStart w:name="z807" w:id="755"/>
+    <w:bookmarkEnd w:id="772"/>
+    <w:bookmarkStart w:name="z807" w:id="773"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Законный благоприятный административный акт может быть отменен в случаях, если:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="755"/>
-    <w:bookmarkStart w:name="z808" w:id="756"/>
+    <w:bookmarkEnd w:id="773"/>
+    <w:bookmarkStart w:name="z808" w:id="774"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) возможность отмены административного акта предусматривается законами Республики Казахстан и административным актом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="756"/>
-    <w:bookmarkStart w:name="z809" w:id="757"/>
+    <w:bookmarkEnd w:id="774"/>
+    <w:bookmarkStart w:name="z809" w:id="775"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) административный акт принят с условием, и это условие не исполнено либо исполнено ненадлежащим способом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="757"/>
+    <w:bookmarkEnd w:id="775"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 86. Порядок и сроки исполнения административного акта</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z811" w:id="758"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z812" w:id="759"/>
+    <w:bookmarkStart w:name="z811" w:id="776"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Административный акт обязателен для административных органов, должностных лиц, физических и юридических лиц и подлежит исполнению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="776"/>
+    <w:bookmarkStart w:name="z812" w:id="777"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Административный акт обращается к исполнению административным органом, должностным лицом, которые его приняли, если иное не установлено законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="759"/>
-    <w:bookmarkStart w:name="z813" w:id="760"/>
+    <w:bookmarkEnd w:id="777"/>
+    <w:bookmarkStart w:name="z813" w:id="778"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Административный акт подлежит исполнению в течение пяти рабочих дней, если иное не установлено законами Республики Казахстан или административным актом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="760"/>
-    <w:bookmarkStart w:name="z814" w:id="761"/>
+    <w:bookmarkEnd w:id="778"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 86 с изменением, внесенным Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z814" w:id="779"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 12. УПРОЩЕННАЯ АДМИНИСТРАТИВНАЯ ПРОЦЕДУРА</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="761"/>
+    <w:bookmarkEnd w:id="779"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 87. Порядок осуществления упрощенной административной процедуры</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z816" w:id="762"/>
+    <w:bookmarkStart w:name="z816" w:id="780"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Рассмотрение сообщений, предложений, откликов и запросов осуществляется в порядке упрощенной административной процедуры.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="762"/>
-[...39 lines deleted...]
-    <w:bookmarkEnd w:id="764"/>
+    <w:bookmarkEnd w:id="780"/>
+    <w:bookmarkStart w:name="z817" w:id="781"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Упрощенная административная процедура осуществляется государственным органом, органом местного самоуправления, государственным юридическим лицом, юридическим лицом со стопроцентным участием государства в уставном капитале и их должностными лицами в порядке, установленном настоящим разделом, с особенностями, установленными настоящей главой.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="781"/>
+    <w:bookmarkStart w:name="z818" w:id="782"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Для целей настоящей главы под заявителем понимается лицо, направившее сообщение, предложение, отклик или запрос в государственный орган, орган местного самоуправления, государственному юридическому лицу, юридическому лицу со стопроцентным участием государства в уставном капитале и их должностным лицам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="782"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 87 с изменением, внесенным Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 88. Прекращение упрощенной административной процедуры</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z820" w:id="765"/>
+    <w:bookmarkStart w:name="z820" w:id="783"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Упрощенная административная процедура подлежит прекращению при наличии хотя бы одного из следующих обстоятельств:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="765"/>
-    <w:bookmarkStart w:name="z821" w:id="766"/>
+    <w:bookmarkEnd w:id="783"/>
+    <w:bookmarkStart w:name="z821" w:id="784"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в повторных сообщениях, предложениях, откликах, запросах не приводятся новые доводы или вновь открывшиеся обстоятельства, а в материалах предыдущих сообщения, предложения, отклика, запроса имеются необходимые материалы проверок и заявителю в установленном порядке давались ответы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="766"/>
-    <w:bookmarkStart w:name="z822" w:id="767"/>
+    <w:bookmarkEnd w:id="784"/>
+    <w:bookmarkStart w:name="z822" w:id="785"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в сообщении, предложении, отклике, запросе невозможно установить авторство, отсутствуют подпись, в том числе электронная цифровая подпись, почтовый адрес заявителя, за исключением случаев, когда в них содержатся сведения о готовящихся или совершенных уголовных правонарушениях либо об угрозе государственной или общественной безопасности, которые подлежат немедленному перенаправлению в государственные органы в соответствии с их компетенцией;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="767"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z824" w:id="769"/>
+    <w:bookmarkEnd w:id="785"/>
+    <w:bookmarkStart w:name="z823" w:id="786"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в сообщении, предложении, отклике, запросе не изложена суть вопроса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="786"/>
+    <w:bookmarkStart w:name="z1625" w:id="787"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) принят отзыв сообщения, предложения, отклика или запроса от заявителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="787"/>
+    <w:bookmarkStart w:name="z824" w:id="788"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Решение о прекращении упрощенной административной процедуры принимает руководитель субъекта, рассматривающего сообщение, предложение, отклик, запрос, или его заместитель.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="769"/>
-    <w:bookmarkStart w:name="z825" w:id="770"/>
+    <w:bookmarkEnd w:id="788"/>
+    <w:bookmarkStart w:name="z1626" w:id="789"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Решение о прекращении упрощенной административной процедуры при наличии обстоятельства, предусмотренного подпунктом 1) части первой настоящей статьи, может быть принято иным уполномоченным лицом субъекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="789"/>
+    <w:bookmarkStart w:name="z825" w:id="790"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. На решение о прекращении упрощенной административной процедуры может быть подана жалоба в порядке, установленном настоящим Кодексом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="770"/>
+    <w:bookmarkEnd w:id="790"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 88 с изменением, внесенным Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 89. Виды решений по результатам рассмотрения административного дела в упрощенной административной процедуре</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z827" w:id="771"/>
+    <w:bookmarkStart w:name="z827" w:id="791"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. По итогам рассмотрения административного дела в упрощенной административной процедуре выносится одно из следующих решений о:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="771"/>
-    <w:bookmarkStart w:name="z828" w:id="772"/>
+    <w:bookmarkEnd w:id="791"/>
+    <w:bookmarkStart w:name="z828" w:id="792"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) предоставлении ответа, в том числе информации, по существу сообщения, предложения, отклика, запроса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="772"/>
-    <w:bookmarkStart w:name="z829" w:id="773"/>
+    <w:bookmarkEnd w:id="792"/>
+    <w:bookmarkStart w:name="z829" w:id="793"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) принятии к сведению;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="773"/>
-    <w:bookmarkStart w:name="z830" w:id="774"/>
+    <w:bookmarkEnd w:id="793"/>
+    <w:bookmarkStart w:name="z830" w:id="794"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) прекращении упрощенной административной процедуры.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="774"/>
-    <w:bookmarkStart w:name="z831" w:id="775"/>
+    <w:bookmarkEnd w:id="794"/>
+    <w:bookmarkStart w:name="z831" w:id="795"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ответы на сообщение, предложение, отклик, запрос должны быть по содержанию обоснованными и мотивированными на государственном языке или языке обращения со ссылкой на законодательство Республики Казахстан, содержать конкретные факты, опровергающие или подтверждающие доводы заявителя, с разъяснением его права на подачу жалобы на принятое решение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="775"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="776"/>
+    <w:bookmarkEnd w:id="795"/>
+    <w:bookmarkStart w:name="z832" w:id="796"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Субъекты, рассматривающие сообщение, предложение, отклик, запрос, и должностные лица извещают заявителя о результатах рассмотрения административного дела и принятых мерах. При этом в случае, если предложение затрагивает вопросы, указанные в части третьей </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 90-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Кодекса, оно может быть принято к сведению субъектом, рассматривающим такое предложение, без предоставления ответа на него. При этом заявитель должен быть об этом извещен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="796"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 89 с изменением, внесенным Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 90. Личный прием физических лиц и представителей юридических лиц</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z834" w:id="777"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z1470" w:id="780"/>
+    <w:bookmarkStart w:name="z834" w:id="797"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Руководители государственных органов, органов местного самоуправления и их заместители, за исключением государственного органа, обеспечивающего деятельность Правительства Республики Казахстан, обязаны проводить личный прием физических лиц и представителей юридических лиц по вопросам, входящим в компетенцию данного органа, должностного лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="797"/>
+    <w:bookmarkStart w:name="z835" w:id="798"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В целях обеспечения личного приема сотрудники органов, указанных в части первой настоящей статьи, для уточнения сути обращения вправе запрашивать дополнительную информацию в порядке, установленном настоящим Кодексом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="798"/>
+    <w:bookmarkStart w:name="z1627" w:id="799"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом данное административное действие не исключает проведения личных приемов физических лиц и представителей юридических лиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="799"/>
+    <w:bookmarkStart w:name="z836" w:id="800"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Прием физических лиц и представителей юридических лиц осуществляется в порядке, определяемом Правительством Республики Казахстан, не реже одного раза в месяц согласно графику приема, утверждаемому руководителем соответствующего государственного органа, органа местного самоуправления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="800"/>
+    <w:bookmarkStart w:name="z1628" w:id="801"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Если обращение не может быть разрешено должностным лицом во время приема, оно излагается в письменной форме и с ним ведется работа как с письменным обращением.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="801"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 90 - в редакции Закона РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1470" w:id="802"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 12-1. Петиция</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="780"/>
+    <w:bookmarkEnd w:id="802"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Кодекс дополнен главой 12-1 в соответствии с Законом РК от 02.10.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20400,787 +22802,787 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 90-1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1472" w:id="781"/>
+    <w:bookmarkStart w:name="z1472" w:id="803"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Петиция рассматривается государственным органом, местным представительным и исполнительным органами в порядке, установленном настоящим Кодексом, с особенностями, установленными настоящей главой.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="781"/>
-    <w:bookmarkStart w:name="z1473" w:id="782"/>
+    <w:bookmarkEnd w:id="803"/>
+    <w:bookmarkStart w:name="z1629" w:id="804"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Для целей настоящей главы под заявителем понимается гражданин Республики Казахстан, подавший петицию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="782"/>
+    <w:bookmarkEnd w:id="804"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 90-2. Порядок подачи петиции</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1475" w:id="783"/>
+    <w:bookmarkStart w:name="z1475" w:id="805"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Петиция подается заявителем посредством интернет-ресурса, определяемого уполномоченным органом в сфере взаимодействия государства и гражданского общества (далее – интернет-ресурс), либо в виде письменного заявления по форме, утвержденной уполномоченным органом в сфере взаимодействия государства и гражданского общества, для размещения на интернет-ресурсе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="783"/>
-    <w:bookmarkStart w:name="z1476" w:id="784"/>
+    <w:bookmarkEnd w:id="805"/>
+    <w:bookmarkStart w:name="z1476" w:id="806"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В петиции указываются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="784"/>
-    <w:bookmarkStart w:name="z1477" w:id="785"/>
+    <w:bookmarkEnd w:id="806"/>
+    <w:bookmarkStart w:name="z1477" w:id="807"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность), индивидуальный идентификационный номер, место жительства, электронный адрес;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="785"/>
-    <w:bookmarkStart w:name="z1478" w:id="786"/>
+    <w:bookmarkEnd w:id="807"/>
+    <w:bookmarkStart w:name="z1478" w:id="808"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) наименование государственного органа, местного представительного и (или) исполнительного органа, которому подается петиция;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="786"/>
-    <w:bookmarkStart w:name="z1479" w:id="787"/>
+    <w:bookmarkEnd w:id="808"/>
+    <w:bookmarkStart w:name="z1479" w:id="809"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) копия документа, подтверждающего соответствующие полномочия представителя заявителя (если петиция подается его представителем);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="787"/>
-    <w:bookmarkStart w:name="z1480" w:id="788"/>
+    <w:bookmarkEnd w:id="809"/>
+    <w:bookmarkStart w:name="z1480" w:id="810"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) содержание петиции, а также доводы и предложения по предмету петиции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="788"/>
-    <w:bookmarkStart w:name="z1481" w:id="789"/>
+    <w:bookmarkEnd w:id="810"/>
+    <w:bookmarkStart w:name="z1481" w:id="811"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При необходимости заявителем или его представителем прилагаются к петиции подтверждающие документы и (или) иные материалы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="789"/>
-    <w:bookmarkStart w:name="z1482" w:id="790"/>
+    <w:bookmarkEnd w:id="811"/>
+    <w:bookmarkStart w:name="z1482" w:id="812"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Предметом петиции не могут быть вопросы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="790"/>
-    <w:bookmarkStart w:name="z1483" w:id="791"/>
+    <w:bookmarkEnd w:id="812"/>
+    <w:bookmarkStart w:name="z1483" w:id="813"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) которые могут повлечь за собой нарушение прав и свобод человека и гражданина;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="791"/>
-    <w:bookmarkStart w:name="z1484" w:id="792"/>
+    <w:bookmarkEnd w:id="813"/>
+    <w:bookmarkStart w:name="z1484" w:id="814"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) которые посягают на конституционный строй, общественный порядок, здоровье и нравственность населения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="792"/>
-    <w:bookmarkStart w:name="z1485" w:id="793"/>
+    <w:bookmarkEnd w:id="814"/>
+    <w:bookmarkStart w:name="z1485" w:id="815"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) изменения статуса Республики Казахстан как независимого государства, унитарности и территориальной целостности Республики, формы ее правления, основополагающих принципов деятельности Республики, положения о том, что Президент Республики избирается сроком на семь лет и одно и то же лицо не может быть избрано Президентом Республики более одного раза;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="793"/>
-    <w:bookmarkStart w:name="z1486" w:id="794"/>
+    <w:bookmarkEnd w:id="815"/>
+    <w:bookmarkStart w:name="z1486" w:id="816"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) административно-территориального устройства и Государственной границы Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="794"/>
-    <w:bookmarkStart w:name="z1487" w:id="795"/>
+    <w:bookmarkEnd w:id="816"/>
+    <w:bookmarkStart w:name="z1487" w:id="817"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) досудебного расследования и осуществления правосудия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="795"/>
-    <w:bookmarkStart w:name="z1488" w:id="796"/>
+    <w:bookmarkEnd w:id="817"/>
+    <w:bookmarkStart w:name="z1488" w:id="818"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) высшего надзора за соблюдением законности органов прокуратуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="796"/>
-    <w:bookmarkStart w:name="z1489" w:id="797"/>
+    <w:bookmarkEnd w:id="818"/>
+    <w:bookmarkStart w:name="z1489" w:id="819"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) внешней разведки, контрразведывательной, оперативно-розыскной, правоохранительной деятельности, а также обеспечения безопасности охраняемых лиц и объектов, проведения охранных мероприятий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="797"/>
-    <w:bookmarkStart w:name="z1490" w:id="798"/>
+    <w:bookmarkEnd w:id="819"/>
+    <w:bookmarkStart w:name="z1490" w:id="820"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) уголовно-исполнительного, уголовно-процессуального, гражданского процессуального, административного процедурно-процессуального законодательства Республики Казахстан и законодательства Республики Казахстан об административных правонарушениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="798"/>
-    <w:bookmarkStart w:name="z1491" w:id="799"/>
+    <w:bookmarkEnd w:id="820"/>
+    <w:bookmarkStart w:name="z1491" w:id="821"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) обороны, национальной безопасности и охраны общественного порядка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="799"/>
-    <w:bookmarkStart w:name="z1492" w:id="800"/>
+    <w:bookmarkEnd w:id="821"/>
+    <w:bookmarkStart w:name="z1492" w:id="822"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) амнистии и помилования лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="800"/>
-    <w:bookmarkStart w:name="z1493" w:id="801"/>
+    <w:bookmarkEnd w:id="822"/>
+    <w:bookmarkStart w:name="z1493" w:id="823"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) назначения и избрания на должность, освобождения от должности лиц, относящиеся к ведению Президента, Палат Парламента и Правительства Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="801"/>
-    <w:bookmarkStart w:name="z1494" w:id="802"/>
+    <w:bookmarkEnd w:id="823"/>
+    <w:bookmarkStart w:name="z1494" w:id="824"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) выполнения обязательств, вытекающих из международных договоров Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="802"/>
-    <w:bookmarkStart w:name="z1495" w:id="803"/>
+    <w:bookmarkEnd w:id="824"/>
+    <w:bookmarkStart w:name="z1495" w:id="825"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) регулируемые законодательством Республики Казахстан о выборах и республиканском референдуме;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="803"/>
-    <w:bookmarkStart w:name="z1496" w:id="804"/>
+    <w:bookmarkEnd w:id="825"/>
+    <w:bookmarkStart w:name="z1496" w:id="826"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) государственных символов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="804"/>
-    <w:bookmarkStart w:name="z1497" w:id="805"/>
+    <w:bookmarkEnd w:id="826"/>
+    <w:bookmarkStart w:name="z1497" w:id="827"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) статуса государственного языка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="805"/>
-    <w:bookmarkStart w:name="z1498" w:id="806"/>
+    <w:bookmarkEnd w:id="827"/>
+    <w:bookmarkStart w:name="z1498" w:id="828"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) изменения компетенции, полномочий, функций и задач государственных органов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="806"/>
-    <w:bookmarkStart w:name="z1499" w:id="807"/>
+    <w:bookmarkEnd w:id="828"/>
+    <w:bookmarkStart w:name="z1499" w:id="829"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) об отмене и изменении решений, принятых в рамках действия режимов чрезвычайного положения и (или) чрезвычайной ситуации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="807"/>
-    <w:bookmarkStart w:name="z1500" w:id="808"/>
+    <w:bookmarkEnd w:id="829"/>
+    <w:bookmarkStart w:name="z1500" w:id="830"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Для размещения петиции на интернет-ресурсе в свободном доступе петиция должна соответствовать следующим условиям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="808"/>
-    <w:bookmarkStart w:name="z1501" w:id="809"/>
+    <w:bookmarkEnd w:id="830"/>
+    <w:bookmarkStart w:name="z1501" w:id="831"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) присоединение к петиции не менее пятидесяти граждан Республики Казахстан в течение десяти рабочих дней в электронной форме и в течение двадцати рабочих дней в письменном виде по форме и в порядке, которые определены уполномоченным органом в сфере взаимодействия государства и гражданского общества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="809"/>
-    <w:bookmarkStart w:name="z1502" w:id="810"/>
+    <w:bookmarkEnd w:id="831"/>
+    <w:bookmarkStart w:name="z1502" w:id="832"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) соответствие петиции требованиям, установленным частями второй и третьей настоящей статьи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="810"/>
-    <w:bookmarkStart w:name="z1503" w:id="811"/>
+    <w:bookmarkEnd w:id="832"/>
+    <w:bookmarkStart w:name="z1503" w:id="833"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) отсутствие петиции о том же предмете на интернет-ресурсе на момент подачи петиции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="811"/>
-    <w:bookmarkStart w:name="z1504" w:id="812"/>
+    <w:bookmarkEnd w:id="833"/>
+    <w:bookmarkStart w:name="z1504" w:id="834"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Уполномоченный орган в сфере взаимодействия государства и гражданского общества в течение двадцати рабочих дней с даты присоединения к петиции не менее пятидесяти граждан Республики Казахстан осуществляет проверку петиции на соответствие условиям, указанным в части четвертой настоящей статьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="812"/>
-    <w:bookmarkStart w:name="z1505" w:id="813"/>
+    <w:bookmarkEnd w:id="834"/>
+    <w:bookmarkStart w:name="z1505" w:id="835"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При необходимости установления соответствия петиции условиям, указанным в части третьей настоящей статьи, уполномоченный орган в сфере взаимодействия государства и гражданского общества вправе направить запрос в уполномоченные государственные органы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="813"/>
-    <w:bookmarkStart w:name="z1506" w:id="814"/>
+    <w:bookmarkEnd w:id="835"/>
+    <w:bookmarkStart w:name="z1506" w:id="836"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. В случае несоответствия петиции условиям, указанным в части четвертой настоящей статьи, уполномоченный орган в сфере взаимодействия государства и гражданского общества отклоняет петицию с обоснованием причин, о чем уведомляет заявителя или его представителя в электронной форме и (или) в письменном виде.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="814"/>
-    <w:bookmarkStart w:name="z1507" w:id="815"/>
+    <w:bookmarkEnd w:id="836"/>
+    <w:bookmarkStart w:name="z1507" w:id="837"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. В случае соответствия петиции условиям, указанным в части четвертой настоящей статьи, уполномоченный орган в сфере взаимодействия государства и гражданского общества размещает петицию на интернет-ресурсе в свободном доступе для начала присоединения к ней граждан Республики Казахстан, о чем уведомляется заявитель или его представитель в электронной форме и (или) в письменном виде.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="815"/>
-    <w:bookmarkStart w:name="z1508" w:id="816"/>
+    <w:bookmarkEnd w:id="837"/>
+    <w:bookmarkStart w:name="z1508" w:id="838"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Уполномоченный орган в сфере взаимодействия государства и гражданского общества в течение пяти рабочих дней с даты размещения петиции на интернет-ресурсе в свободном доступе информирует о начале присоединения к петиции средства массовой информации, поставленные на учет в уполномоченном органе в области масс-медиа, путем направления информационных писем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="816"/>
+    <w:bookmarkEnd w:id="838"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21216,1076 +23618,1236 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 90-3. Присоединение к петиции</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1510" w:id="817"/>
+    <w:bookmarkStart w:name="z1510" w:id="839"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Присоединение к петиции осуществляется на интернет-ресурсе гражданами Республики Казахстан с удостоверением посредством электронной цифровой подписи или в письменном виде в порядке, определяемом уполномоченным органом в сфере взаимодействия государства и гражданского общества.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="817"/>
-    <w:bookmarkStart w:name="z1511" w:id="818"/>
+    <w:bookmarkEnd w:id="839"/>
+    <w:bookmarkStart w:name="z1511" w:id="840"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Присоединение к петиции осуществляется при условии согласия гражданина Республики Казахстан на сбор и обработку его персональных данных, предоставляемого в соответствии с законодательством Республики Казахстан о персональных данных и их защите.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="818"/>
-    <w:bookmarkStart w:name="z1512" w:id="819"/>
+    <w:bookmarkEnd w:id="840"/>
+    <w:bookmarkStart w:name="z1512" w:id="841"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Присоединение к петиции возможно в течение шести месяцев с момента размещения петиции на интернет-ресурсе в свободном доступе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="819"/>
-    <w:bookmarkStart w:name="z1513" w:id="820"/>
+    <w:bookmarkEnd w:id="841"/>
+    <w:bookmarkStart w:name="z1513" w:id="842"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Гражданин Республики Казахстан имеет право выразить отношение к петиции путем присоединения к ней и (или) размещения комментария на интернет-ресурсе в свободном доступе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="820"/>
-    <w:bookmarkStart w:name="z1514" w:id="821"/>
+    <w:bookmarkEnd w:id="842"/>
+    <w:bookmarkStart w:name="z1514" w:id="843"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. По итогам присоединения поддержанной считается петиция, которая получила не менее: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="821"/>
-    <w:bookmarkStart w:name="z1515" w:id="822"/>
+    <w:bookmarkEnd w:id="843"/>
+    <w:bookmarkStart w:name="z1515" w:id="844"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       пятидесяти тысяч голосов граждан Республики Казахстан в ее поддержку по вопросам, относящимся к компетенции Правительства Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="822"/>
-    <w:bookmarkStart w:name="z1516" w:id="823"/>
+    <w:bookmarkEnd w:id="844"/>
+    <w:bookmarkStart w:name="z1516" w:id="845"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       двух процентов голосов граждан Республики Казахстан от численности населения соответствующей административно-территориальной единицы в ее поддержку по вопросам, относящимся к компетенции местных представительных органов областей, городов республиканского значения, столицы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="823"/>
-    <w:bookmarkStart w:name="z1517" w:id="824"/>
+    <w:bookmarkEnd w:id="845"/>
+    <w:bookmarkStart w:name="z1517" w:id="846"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       одного процента голосов граждан Республики Казахстан от численности населения соответствующей административно-территориальной единицы в ее поддержку по вопросам, относящимся к компетенции местных исполнительных органов областей, городов республиканского значения, столицы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="824"/>
-    <w:bookmarkStart w:name="z1518" w:id="825"/>
+    <w:bookmarkEnd w:id="846"/>
+    <w:bookmarkStart w:name="z1518" w:id="847"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       пяти тысяч голосов граждан Республики Казахстан при численности населения свыше пятидесяти тысяч, для остальных – не менее десяти процентов голосов от численности населения соответствующей административно-территориальной единицы в ее поддержку по вопросам, относящимся к компетенции городских, районных местных представительных органов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="825"/>
-    <w:bookmarkStart w:name="z1519" w:id="826"/>
+    <w:bookmarkEnd w:id="847"/>
+    <w:bookmarkStart w:name="z1519" w:id="848"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       двух тысяч пятисот голосов граждан Республики Казахстан при численности населения свыше пятидесяти тысяч, для остальных – не менее пяти процентов голосов от численности населения соответствующей административно-территориальной единицы в ее поддержку по вопросам, относящимся к компетенции местных исполнительных органов районов (городов областного значения), аппаратов акимов районов в городах республиканского значения (столицы), районов в городах областного значения, аппаратов акимов в городах районного значения, селах, поселках, сельских округах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="826"/>
-    <w:bookmarkStart w:name="z1520" w:id="827"/>
+    <w:bookmarkEnd w:id="848"/>
+    <w:bookmarkStart w:name="z1520" w:id="849"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Петиция, не достигшая порогового значения, указанного в части четвертой настоящей статьи, возвращается заявителю уполномоченным органом в сфере взаимодействия государства и гражданского общества по истечении шести месяцев с момента размещения петиции на интернет-ресурсе в свободном доступе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="827"/>
-    <w:bookmarkStart w:name="z1521" w:id="828"/>
+    <w:bookmarkEnd w:id="849"/>
+    <w:bookmarkStart w:name="z1521" w:id="850"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Такая петиция направляется уполномоченным органом в сфере взаимодействия государства и гражданского общества по компетенции в соответствующий государственный орган, местный представительный и (или) исполнительный орган и рассматривается как сообщение, отклик или предложение в порядке, установленном настоящим Кодексом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="828"/>
+    <w:bookmarkEnd w:id="850"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 90-4. Прием, регистрация и учет петиций</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1523" w:id="829"/>
+    <w:bookmarkStart w:name="z1523" w:id="851"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. При достижении порогового значения, указанного в части четвертой статьи 90-3 настоящего Кодекса, петиция направляется уполномоченным органом в сфере взаимодействия государства и гражданского общества в государственный орган, местный представительный и исполнительный органы, в полномочия которых входит рассмотрение петиции, о чем уведомляется заявитель в электронной форме, и информация об этом размещается на интернет-ресурсе в течение трех рабочих дней с момента принятия решения о направлении петиции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="829"/>
-    <w:bookmarkStart w:name="z1524" w:id="830"/>
+    <w:bookmarkEnd w:id="851"/>
+    <w:bookmarkStart w:name="z1524" w:id="852"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Петиция, поданная в порядке, установленном настоящим Кодексом, подлежит обязательному приему, регистрации, учету и рассмотрению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="830"/>
-    <w:bookmarkStart w:name="z1525" w:id="831"/>
+    <w:bookmarkEnd w:id="852"/>
+    <w:bookmarkStart w:name="z1525" w:id="853"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Отказ в приеме петиции запрещается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="831"/>
-    <w:bookmarkStart w:name="z1526" w:id="832"/>
+    <w:bookmarkEnd w:id="853"/>
+    <w:bookmarkStart w:name="z1526" w:id="854"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Регистрация, учет петиций осуществляются в порядке, установленном уполномоченным органом в сфере взаимодействия государства и гражданского общества.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="832"/>
+    <w:bookmarkEnd w:id="854"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 90-5. Порядок и срок рассмотрения петиции</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1528" w:id="833"/>
+    <w:bookmarkStart w:name="z1528" w:id="855"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Срок рассмотрения петиции составляет:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="833"/>
-    <w:bookmarkStart w:name="z1529" w:id="834"/>
+    <w:bookmarkEnd w:id="855"/>
+    <w:bookmarkStart w:name="z1529" w:id="856"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) не более сорока рабочих дней со дня регистрации петиции центральным государственным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="834"/>
-    <w:bookmarkStart w:name="z1530" w:id="835"/>
+    <w:bookmarkEnd w:id="856"/>
+    <w:bookmarkStart w:name="z1530" w:id="857"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) не более двадцати рабочих дней со дня регистрации петиции местным представительным и (или) исполнительным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="835"/>
-    <w:bookmarkStart w:name="z1531" w:id="836"/>
+    <w:bookmarkEnd w:id="857"/>
+    <w:bookmarkStart w:name="z1531" w:id="858"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. При рассмотрении петиции центральный государственный орган обязан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="836"/>
-    <w:bookmarkStart w:name="z1532" w:id="837"/>
+    <w:bookmarkEnd w:id="858"/>
+    <w:bookmarkStart w:name="z1532" w:id="859"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осуществлять выезд на место, за исключением случаев, не требующих проверки фактов, изложенных в петиции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="837"/>
-    <w:bookmarkStart w:name="z1533" w:id="838"/>
+    <w:bookmarkEnd w:id="859"/>
+    <w:bookmarkStart w:name="z1533" w:id="860"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) проводить публичные обсуждения проекта решения с приглашением и обязательным уведомлением через интернет-ресурсы, а также в электронной или бумажной форме за три рабочих дня до начала проведения заявителя либо его представителя и заинтересованных лиц о дате и месте проведения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="838"/>
-    <w:bookmarkStart w:name="z1534" w:id="839"/>
+    <w:bookmarkEnd w:id="860"/>
+    <w:bookmarkStart w:name="z1534" w:id="861"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) создавать отдельную комиссию или рабочую группу с включением в состав представителей заинтересованных государственных органов, депутатов Парламента Республики Казахстан и (или) маслихата, заявителя или его представителя, а также общественных объединений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="839"/>
-    <w:bookmarkStart w:name="z1535" w:id="840"/>
+    <w:bookmarkEnd w:id="861"/>
+    <w:bookmarkStart w:name="z1535" w:id="862"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) анализировать поступившие к петиции комментарии, а также экономическую, социологическую, статистическую и иную необходимую информацию по предмету петиции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="840"/>
-    <w:bookmarkStart w:name="z1536" w:id="841"/>
+    <w:bookmarkEnd w:id="862"/>
+    <w:bookmarkStart w:name="z1536" w:id="863"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) изучать международный опыт и проводить сравнительно-правовой анализ (в случае, если предмет петиции требует внесения изменений в законодательство Республики Казахстан).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="841"/>
-    <w:bookmarkStart w:name="z1537" w:id="842"/>
+    <w:bookmarkEnd w:id="863"/>
+    <w:bookmarkStart w:name="z1537" w:id="864"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При рассмотрении петиции местный представительный и (или) исполнительный органы обязаны:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="842"/>
-    <w:bookmarkStart w:name="z1538" w:id="843"/>
+    <w:bookmarkEnd w:id="864"/>
+    <w:bookmarkStart w:name="z1538" w:id="865"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осуществлять выезд на место, за исключением случаев, не требующих проверки фактов, изложенных в петиции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="843"/>
-    <w:bookmarkStart w:name="z1539" w:id="844"/>
+    <w:bookmarkEnd w:id="865"/>
+    <w:bookmarkStart w:name="z1539" w:id="866"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) проводить публичные обсуждения проекта решения с приглашением и обязательным уведомлением через интернет-ресурс, а также в электронной или бумажной форме за три рабочих дня до начала проведения заявителя либо его представителя и заинтересованных лиц о дате и месте проведения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="844"/>
-    <w:bookmarkStart w:name="z1540" w:id="845"/>
+    <w:bookmarkEnd w:id="866"/>
+    <w:bookmarkStart w:name="z1540" w:id="867"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) создавать временную комиссию или рабочую группу с включением в состав представителей заинтересованных государственных органов, депутатов Парламента Республики Казахстан и (или) маслихата, заявителя или его представителя, а также общественных объединений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="845"/>
+    <w:bookmarkEnd w:id="867"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 90-6. Решения, принимаемые по результатам рассмотрения петиции</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1542" w:id="846"/>
+    <w:bookmarkStart w:name="z1542" w:id="868"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. По результатам рассмотрения петиции первым руководителем центрального государственного или местного исполнительного органа, председателем местного представительного органа принимается одно из следующих решений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="846"/>
-    <w:bookmarkStart w:name="z1543" w:id="847"/>
+    <w:bookmarkEnd w:id="868"/>
+    <w:bookmarkStart w:name="z1543" w:id="869"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) о полном или частичном удовлетворении петиции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="847"/>
-    <w:bookmarkStart w:name="z1544" w:id="848"/>
+    <w:bookmarkEnd w:id="869"/>
+    <w:bookmarkStart w:name="z1544" w:id="870"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) об отказе в удовлетворении петиции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="848"/>
-    <w:bookmarkStart w:name="z1545" w:id="849"/>
+    <w:bookmarkEnd w:id="870"/>
+    <w:bookmarkStart w:name="z1545" w:id="871"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Решение, принятое по результатам рассмотрения петиции, оформляется в соответствии с формой, утвержденной уполномоченным органом в сфере взаимодействия государства и гражданского общества.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="849"/>
-    <w:bookmarkStart w:name="z1546" w:id="850"/>
+    <w:bookmarkEnd w:id="871"/>
+    <w:bookmarkStart w:name="z1546" w:id="872"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Решение, принятое по результатам рассмотрения петиции, должно быть по содержанию обоснованным и мотивированным на государственном языке или языке петиции со ссылкой на законодательство Республики Казахстан, содержать конкретные факты, опровергающие или подтверждающие доводы заявителя или его представителя и граждан Республики Казахстан, присоединившихся к петиции, с разъяснением их права на обжалование принятого решения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="850"/>
-    <w:bookmarkStart w:name="z1547" w:id="851"/>
+    <w:bookmarkEnd w:id="872"/>
+    <w:bookmarkStart w:name="z1547" w:id="873"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Решение, принятое по результатам рассмотрения петиции, размещается на интернет-ресурсе в срок не позднее следующего рабочего дня со дня вынесения решения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="851"/>
-    <w:bookmarkStart w:name="z1548" w:id="852"/>
+    <w:bookmarkEnd w:id="873"/>
+    <w:bookmarkStart w:name="z1548" w:id="874"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По результатам рассмотрения петиции первый руководитель центрального государственного или местного исполнительного органа, председатель местного представительного органа обязаны выступить с официальным сообщением.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="852"/>
-    <w:bookmarkStart w:name="z837" w:id="853"/>
+    <w:bookmarkEnd w:id="874"/>
+    <w:bookmarkStart w:name="z837" w:id="875"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 13. ПОРЯДОК ОБЖАЛОВАНИЯ. ПОДАЧА ЖАЛОБЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="853"/>
+    <w:bookmarkEnd w:id="875"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 91. Порядок обжалования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z839" w:id="854"/>
+    <w:bookmarkStart w:name="z839" w:id="876"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Участник административной процедуры вправе обжаловать административный акт, административное действие (бездействие), не связанное с принятием административного акта, в административном (досудебном) порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="854"/>
-    <w:bookmarkStart w:name="z840" w:id="855"/>
+    <w:bookmarkEnd w:id="876"/>
+    <w:bookmarkStart w:name="z840" w:id="877"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случаях, предусмотренных настоящим Кодексом, участник административной процедуры вправе обжаловать административное действие (бездействие), связанное с принятием административного акта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="855"/>
-    <w:bookmarkStart w:name="z841" w:id="856"/>
+    <w:bookmarkEnd w:id="877"/>
+    <w:bookmarkStart w:name="z841" w:id="878"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В случае если административный орган, должностное лицо в сроки, установленные настоящим Кодексом, не приняли административный акт, не совершили административное действие, то с даты истечения сроков считается, что административный орган, должностное лицо отказали в принятии административного акта, совершении административного действия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="856"/>
-    <w:bookmarkStart w:name="z842" w:id="857"/>
+    <w:bookmarkEnd w:id="878"/>
+    <w:bookmarkStart w:name="z842" w:id="879"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Рассмотрение жалобы в административном (досудебном) порядке производится вышестоящим административным органом, должностным лицом (далее – орган, рассматривающий жалобу).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="857"/>
-    <w:bookmarkStart w:name="z843" w:id="858"/>
+    <w:bookmarkEnd w:id="879"/>
+    <w:bookmarkStart w:name="z843" w:id="880"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В целях настоящего Кодекса органом, рассматривающим жалобу, признается административный орган, должностное лицо, за исключением Президента Республики Казахстан, Премьер-Министра Республики Казахстан, Правительства Республики Казахстан, которые являются вышестоящими в порядке подчиненности для административного органа, должностного лица, чьи административный акт, административное действие (бездействие) обжалуются, а также иной административный орган, должностное лицо, уполномоченные в соответствии с законами Республики Казахстан рассматривать жалобы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="858"/>
-    <w:bookmarkStart w:name="z844" w:id="859"/>
+    <w:bookmarkEnd w:id="880"/>
+    <w:bookmarkStart w:name="z1630" w:id="881"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание. Действие абзаца второго настоящей части не распространяется на жалобу государственного органа, государственного юридического лица на решение другого государственного органа, государственного юридического лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="881"/>
+    <w:bookmarkStart w:name="z844" w:id="882"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Жалоба подается в административный орган, должностному лицу, чьи административный акт, административное действие (бездействие) обжалуются.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="859"/>
-    <w:bookmarkStart w:name="z845" w:id="860"/>
+    <w:bookmarkEnd w:id="882"/>
+    <w:bookmarkStart w:name="z845" w:id="883"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Административный орган, должностное лицо, чьи административный акт, административное действие (бездействие) обжалуются, не позднее трех рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="860"/>
-    <w:bookmarkStart w:name="z846" w:id="861"/>
+    <w:bookmarkEnd w:id="883"/>
+    <w:bookmarkStart w:name="z846" w:id="884"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом административный орган, должностное лицо, чьи административный акт, административное действие (бездействие) обжалуются, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение трех рабочих дней примет благоприятный административный акт, совершит административное действие, полностью удовлетворяющие требования, указанные в жалобе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="861"/>
-    <w:bookmarkStart w:name="z847" w:id="862"/>
+    <w:bookmarkEnd w:id="884"/>
+    <w:bookmarkStart w:name="z1631" w:id="885"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-1. Положения части четвертой настоящей статьи распространяются на жалобу государственного органа, государственного юридического лица на решение другого государственного органа, государственного юридического лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="885"/>
+    <w:bookmarkStart w:name="z1632" w:id="886"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-2. В случае отказа в удовлетворении жалобы государственного органа, государственного юридического лица на решение другого государственного органа, государственного юридического лица заявитель вправе обжаловать такой отказ в порядке, установленном настоящей статьей, регламентом Правительства Республики Казахстан. При этом данная норма не распространяется на жалобу, поданную в отношении государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="886"/>
+    <w:bookmarkStart w:name="z847" w:id="887"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Если иное не предусмотрено законом, обращение в суд допускается после обжалования в досудебном порядке. В случае, если законом предусмотрена возможность обращения в суд без необходимости обжалования в вышестоящем органе, административный орган, должностное лицо, административный акт, административное действие (бездействие) которых оспариваются, наряду с отзывом представляют в суд мотивированную позицию руководителя вышестоящего административного органа, должностного лица.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="862"/>
-    <w:bookmarkStart w:name="z848" w:id="863"/>
+    <w:bookmarkEnd w:id="887"/>
+    <w:bookmarkStart w:name="z848" w:id="888"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. В случае отсутствия вышестоящего административного органа, должностного лица административный акт, административное действие (бездействие) могут быть обжалованы в суде, о чем извещается участник административный процедуры административным органом, чей административный акт, административное действие (бездействие) обжалуются, при принятии решения по административному делу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="863"/>
-    <w:bookmarkStart w:name="z849" w:id="864"/>
+    <w:bookmarkEnd w:id="888"/>
+    <w:bookmarkStart w:name="z1633" w:id="889"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание. Действие настоящей части не распространяется на жалобу государственного органа, государственного юридического лица на решение другого государственного органа, государственного юридического лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="889"/>
+    <w:bookmarkStart w:name="z849" w:id="890"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Рассмотрение жалоб органами прокуратуры осуществляется на основаниях, в пределах и порядке, которые установлены Конституционным законом Республики Казахстан "О прокуратуре".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="864"/>
+    <w:bookmarkEnd w:id="890"/>
+    <w:bookmarkStart w:name="z1634" w:id="891"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Примечание. В целях </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>глав 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> раздела 3 настоящего Кодекса филиал Национального Банка Республики Казахстан приравнивается к административному органу, чей административный акт, административное действие (бездействие) могут быть обжалованы в административном (досудебном) порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="891"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22307,1870 +24869,2340 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 27.03.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 216-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 92. Срок подачи жалобы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z851" w:id="865"/>
+    <w:bookmarkStart w:name="z851" w:id="892"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Жалоба на административный акт, административное действие (бездействие) подается в административный орган, должностному лицу не позднее трех месяцев со дня, когда участнику административной процедуры стало известно о принятии административного акта или совершении административного действия (бездействия).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="865"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z853" w:id="867"/>
+    <w:bookmarkEnd w:id="892"/>
+    <w:bookmarkStart w:name="z1635" w:id="893"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1-1. Если в административном акте или приложении к нему не предусмотрены возможные правовые способы обжалования административного акта, указанные в части пятой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 80</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Кодекса, жалоба на такой административный акт может быть подана не позднее шести месяцев со дня, когда участнику административной процедуры стало известно о принятии административного акта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="893"/>
+    <w:bookmarkStart w:name="z852" w:id="894"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В случае пропуска по уважительной причине срока, установленного частями первой и 1-1 настоящей статьи, этот срок по ходатайству участника административной процедуры может быть восстановлен органом, рассматривающим жалобу, в случае, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="894"/>
+    <w:bookmarkStart w:name="z853" w:id="895"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В целях восстановления пропущенного срока подачи жалобы органом, рассматривающим жалобу, в качестве уважительных причин признаются болезнь, обстоятельства непреодолимой силы и иные причины, лишающие лицо возможности подать жалобу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="867"/>
-    <w:bookmarkStart w:name="z854" w:id="868"/>
+    <w:bookmarkEnd w:id="895"/>
+    <w:bookmarkStart w:name="z854" w:id="896"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Пропущенный для обжалования срок не является основанием для отказа в принятии жалобы органом, рассматривающим жалобу. Причины пропуска срока выясняются при рассмотрении жалобы и могут являться одним из оснований для отказа в удовлетворении жалобы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="868"/>
+    <w:bookmarkEnd w:id="896"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 92 с изменением, внесенным Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 93. Форма и содержание жалобы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z856" w:id="869"/>
+    <w:bookmarkStart w:name="z856" w:id="897"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Жалоба подается в письменной (бумажной и (или) электронной) форме.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="869"/>
-    <w:bookmarkStart w:name="z857" w:id="870"/>
+    <w:bookmarkEnd w:id="897"/>
+    <w:bookmarkStart w:name="z857" w:id="898"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В жалобе указываются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="870"/>
-    <w:bookmarkStart w:name="z858" w:id="871"/>
+    <w:bookmarkEnd w:id="898"/>
+    <w:bookmarkStart w:name="z858" w:id="899"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наименование органа, рассматривающего жалобу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="871"/>
-    <w:bookmarkStart w:name="z859" w:id="872"/>
+    <w:bookmarkEnd w:id="899"/>
+    <w:bookmarkStart w:name="z859" w:id="900"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность), индивидуальный идентификационный номер, почтовый адрес физического лица либо наименование, почтовый адрес, бизнес-идентификационный номер юридического лица; </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z860" w:id="873"/>
+      2) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность), индивидуальный идентификационный номер (при его наличии), почтовый адрес физического лица либо наименование, почтовый адрес, бизнес-идентификационный номер юридического лица (при его наличии); </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="900"/>
+    <w:bookmarkStart w:name="z860" w:id="901"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) адрес фактического проживания физического лица и места нахождения юридического лица;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="873"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z862" w:id="875"/>
+    <w:bookmarkEnd w:id="901"/>
+    <w:bookmarkStart w:name="z861" w:id="902"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) наименование административного органа, должностного лица, чьи административный акт, административное действие (бездействие) обжалуются;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="902"/>
+    <w:bookmarkStart w:name="z862" w:id="903"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) обстоятельства, на которые участник административной процедуры основывает свои требования и доказательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="875"/>
-    <w:bookmarkStart w:name="z863" w:id="876"/>
+    <w:bookmarkEnd w:id="903"/>
+    <w:bookmarkStart w:name="z863" w:id="904"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) дата подачи жалобы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="876"/>
-    <w:bookmarkStart w:name="z864" w:id="877"/>
+    <w:bookmarkEnd w:id="904"/>
+    <w:bookmarkStart w:name="z864" w:id="905"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) подпись участника административной процедуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="877"/>
-    <w:bookmarkStart w:name="z865" w:id="878"/>
+    <w:bookmarkEnd w:id="905"/>
+    <w:bookmarkStart w:name="z865" w:id="906"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) перечень прилагаемых к жалобе документов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="878"/>
-    <w:bookmarkStart w:name="z866" w:id="879"/>
+    <w:bookmarkEnd w:id="906"/>
+    <w:bookmarkStart w:name="z866" w:id="907"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) иные сведения, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="879"/>
+    <w:bookmarkEnd w:id="907"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 93 с изменением, внесенным Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 94. Прием, регистрация, возврат и отзыв жалобы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z868" w:id="880"/>
+    <w:bookmarkStart w:name="z868" w:id="908"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Прием, регистрация, учет, возврат и отзыв жалобы осуществляются в соответствии с положениями </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="880"/>
-    <w:bookmarkStart w:name="z869" w:id="881"/>
+    <w:bookmarkEnd w:id="908"/>
+    <w:bookmarkStart w:name="z869" w:id="909"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. После регистрации жалобы участнику административной процедуры должны быть разъяснены его права и обязанности при рассмотрении жалобы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="881"/>
+    <w:bookmarkEnd w:id="909"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 95. Оставление жалобы без рассмотрения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z871" w:id="882"/>
+    <w:bookmarkStart w:name="z871" w:id="910"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Орган, рассматривающий жалобу, оставляет жалобу без рассмотрения, если:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="882"/>
-    <w:bookmarkStart w:name="z872" w:id="883"/>
+    <w:bookmarkEnd w:id="910"/>
+    <w:bookmarkStart w:name="z872" w:id="911"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) имеется решение органа, рассматривающего жалобу, по результатам рассмотрения жалобы в отношении участника административной процедуры о том же предмете и по тем же основаниям, указанным в жалобе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="883"/>
-    <w:bookmarkStart w:name="z873" w:id="884"/>
+    <w:bookmarkEnd w:id="911"/>
+    <w:bookmarkStart w:name="z873" w:id="912"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) имеется вступивший в законную силу судебный акт, вынесенный в отношении того же лица, о том же предмете и по тем же основаниям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="884"/>
-    <w:bookmarkStart w:name="z874" w:id="885"/>
+    <w:bookmarkEnd w:id="912"/>
+    <w:bookmarkStart w:name="z874" w:id="913"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) органом, рассматривающим жалобу, возвращена жалоба;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="885"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z876" w:id="887"/>
+    <w:bookmarkEnd w:id="913"/>
+    <w:bookmarkStart w:name="z875" w:id="914"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) органом, рассматривающим жалобу, принят отзыв жалобы от заявителя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="914"/>
+    <w:bookmarkStart w:name="z1636" w:id="915"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) установлено, что на обжалуемый административный акт, обжалуемое административное действие (бездействие) подан административный иск, который находится на рассмотрении суда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="915"/>
+    <w:bookmarkStart w:name="z876" w:id="916"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Участник административной процедуры извещается в течение трех рабочих дней со дня принятия органом, рассматривающим жалобу, решения об оставлении жалобы без рассмотрения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="887"/>
-    <w:bookmarkStart w:name="z877" w:id="888"/>
+    <w:bookmarkEnd w:id="916"/>
+    <w:bookmarkStart w:name="z877" w:id="917"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. После устранения обстоятельств, послуживших основанием для оставления жалобы без рассмотрения, участник административной процедуры вправе вновь подать жалобу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="888"/>
+    <w:bookmarkEnd w:id="917"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 95 с изменением, внесенным Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 96. Последствия подачи жалобы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z879" w:id="889"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z880" w:id="890"/>
+    <w:bookmarkStart w:name="z879" w:id="918"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Подача жалобы приостанавливает исполнение административного акта, административного действия, за исключением:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="918"/>
+    <w:bookmarkStart w:name="z880" w:id="919"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) необходимости защиты прав граждан и юридических лиц, общественных или государственных интересов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="890"/>
-    <w:bookmarkStart w:name="z881" w:id="891"/>
+    <w:bookmarkEnd w:id="919"/>
+    <w:bookmarkStart w:name="z881" w:id="920"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) административного акта, принятого уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций или Национальным Банком Республики Казахстан в пределах своей компетенции, по приостановлению действий и (или) лишению лицензий на осуществление деятельности на финансовом рынке, проведению консервации финансовых организаций, его письменных предписаний, административного акта, принятого уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций или Национальным Банком Республики Казахстан в пределах своей компетенции, по применению мер надзорного реагирования (кроме рекомендательных мер надзорного реагирования), об отнесении банка, филиала банка-нерезидента Республики Казахстан к категории банков, филиалов банков-нерезидентов Республики Казахстан с неустойчивым финансовым положением, создающим угрозу интересам его депозиторов и кредиторов и (или) угрозу стабильности финансовой системы, об отнесении банка, филиала банка-нерезидента Республики Казахстан к категории неплатежеспособных банков, филиалов банков-нерезидентов Республики Казахстан и применении к ним меры по урегулированию в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О банках и банковской деятельности в Республике Казахстан", а также административных актов органов государственного аудита и финансового контроля, связанных с выявленными фактами нецелевого и необоснованного использования бюджетных средств, до принятия соответствующего решения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="891"/>
-    <w:bookmarkStart w:name="z882" w:id="892"/>
+    <w:bookmarkEnd w:id="920"/>
+    <w:bookmarkStart w:name="z882" w:id="921"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в иных случаях, предусмотренных законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="892"/>
+    <w:bookmarkEnd w:id="921"/>
+    <w:bookmarkStart w:name="z1637" w:id="922"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В применимых случаях в административном акте должны содержаться указания на исключения, предусмотренные подпунктами 1) и 3) части первой настоящей статьи, обоснования их применения, свидетельствующие о том, что подача жалобы не будет приостанавливать действие акта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="922"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Статья 96 с изменениями, внесенными Законом РК от 03.01.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 101-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z883" w:id="893"/>
+    <w:bookmarkStart w:name="z883" w:id="923"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 14. РАССМОТРЕНИЕ ЖАЛОБЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="893"/>
+    <w:bookmarkEnd w:id="923"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 97. Единоличное и коллегиальное рассмотрение жалобы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z885" w:id="894"/>
+    <w:bookmarkStart w:name="z885" w:id="924"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Жалоба рассматривается должностным лицом единолично, а в случаях, предусмотренных законодательством Республики Казахстан, либо по решению административного органа – коллегиальным составом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="894"/>
-    <w:bookmarkStart w:name="z886" w:id="895"/>
+    <w:bookmarkEnd w:id="924"/>
+    <w:bookmarkStart w:name="z886" w:id="925"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Должностное лицо, чей административный акт, административное действие (бездействие) обжалуются, не может быть допущено к рассмотрению жалобы, за исключением случаев:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="895"/>
-    <w:bookmarkStart w:name="z887" w:id="896"/>
+    <w:bookmarkEnd w:id="925"/>
+    <w:bookmarkStart w:name="z887" w:id="926"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) когда такое лицо входит в коллегиальный состав органа, рассматривающего жалобу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="896"/>
-    <w:bookmarkStart w:name="z888" w:id="897"/>
+    <w:bookmarkEnd w:id="926"/>
+    <w:bookmarkStart w:name="z888" w:id="927"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) предусмотренных частью четвертой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 91</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="897"/>
+    <w:bookmarkEnd w:id="927"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 98. Общие правила рассмотрения жалобы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z890" w:id="898"/>
+    <w:bookmarkStart w:name="z890" w:id="928"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Орган, рассматривающий жалобу, обязан принять меры для всестороннего, полного и объективного исследования фактических обстоятельств, имеющих значение для правильного рассмотрения жалобы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="898"/>
-    <w:bookmarkStart w:name="z891" w:id="899"/>
+    <w:bookmarkEnd w:id="928"/>
+    <w:bookmarkStart w:name="z891" w:id="929"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Предмет и пределы исследования фактических обстоятельств определяются органом, рассматривающим жалобу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="899"/>
-    <w:bookmarkStart w:name="z892" w:id="900"/>
+    <w:bookmarkEnd w:id="929"/>
+    <w:bookmarkStart w:name="z892" w:id="930"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. Орган, рассматривающий жалобу, заслушивает должностное лицо, чей административный акт, административное действие (бездействие) оспаривается, участника административной процедуры в соответствии со </w:t>
+      3. Орган, рассматривающий жалобу, заслушивает должностное лицо, чей административный акт, административное действие (бездействие) обжалуется, участника административной процедуры в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 73</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="900"/>
-    <w:bookmarkStart w:name="z893" w:id="901"/>
+    <w:bookmarkEnd w:id="930"/>
+    <w:bookmarkStart w:name="z893" w:id="931"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Орган, рассматривающий жалобу, не связан доводами административного органа, должностного лица, чьи административный акт, административное действие (бездействие) обжалуются, участника административной процедуры, а также требованиями, изложенными в жалобе, и проверяет административное дело в полном объеме.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="901"/>
-    <w:bookmarkStart w:name="z894" w:id="902"/>
+    <w:bookmarkEnd w:id="931"/>
+    <w:bookmarkStart w:name="z894" w:id="932"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Орган, рассматривающий жалобу, обеспечивает возможность ознакомления с административным делом в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="902"/>
-    <w:bookmarkStart w:name="z895" w:id="903"/>
+    <w:bookmarkEnd w:id="932"/>
+    <w:bookmarkStart w:name="z895" w:id="933"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Обращение жалобы во вред заявителю не допускается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="903"/>
+    <w:bookmarkEnd w:id="933"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Статья 98 с изменением, внесенным на казахском языке, текст на русском языке не изменяется в соответствии с Законом РК от 05.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 157-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 99. Срок рассмотрения жалобы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z897" w:id="904"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z898" w:id="905"/>
+    <w:bookmarkStart w:name="z897" w:id="934"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок рассмотрения жалобы составляет двадцать рабочих дней со дня регистрации жалобы, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="934"/>
+    <w:bookmarkStart w:name="z1638" w:id="935"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Продление срока рассмотрения жалобы не допускается, за исключением случаев, установленных законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="935"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 99 - в редакции Закона РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z898" w:id="936"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 15. РЕШЕНИЕ ПО ЖАЛОБЕ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="905"/>
+    <w:bookmarkEnd w:id="936"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 100. Виды решений по результатам рассмотрения жалобы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z900" w:id="906"/>
+    <w:bookmarkStart w:name="z900" w:id="937"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Рассмотрев жалобу, орган, рассматривающий жалобу, выносит одно из следующих решений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="906"/>
-    <w:bookmarkStart w:name="z901" w:id="907"/>
+    <w:bookmarkEnd w:id="937"/>
+    <w:bookmarkStart w:name="z901" w:id="938"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) об отмене административного акта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="907"/>
-    <w:bookmarkStart w:name="z902" w:id="908"/>
+    <w:bookmarkEnd w:id="938"/>
+    <w:bookmarkStart w:name="z902" w:id="939"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) об отмене административного акта и принятии нового административного акта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="908"/>
-    <w:bookmarkStart w:name="z903" w:id="909"/>
+    <w:bookmarkEnd w:id="939"/>
+    <w:bookmarkStart w:name="z903" w:id="940"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) о совершении административного действия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="909"/>
-    <w:bookmarkStart w:name="z904" w:id="910"/>
+    <w:bookmarkEnd w:id="940"/>
+    <w:bookmarkStart w:name="z904" w:id="941"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) об оставлении жалобы без удовлетворения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="910"/>
-    <w:bookmarkStart w:name="z905" w:id="911"/>
+    <w:bookmarkEnd w:id="941"/>
+    <w:bookmarkStart w:name="z905" w:id="942"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) о направлении административного дела в административный орган, должностному лицу, чьи административный акт, административное действие (бездействие) обжалуются, для осуществления административной процедуры с указанием допущенных нарушений и предложениями по их устранению;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="911"/>
-    <w:bookmarkStart w:name="z906" w:id="912"/>
+    <w:bookmarkEnd w:id="942"/>
+    <w:bookmarkStart w:name="z906" w:id="943"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) об оставлении жалобы без рассмотрения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="912"/>
-    <w:bookmarkStart w:name="z907" w:id="913"/>
+    <w:bookmarkEnd w:id="943"/>
+    <w:bookmarkStart w:name="z907" w:id="944"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Орган, рассматривающий жалобу, выносит решение, предусмотренное подпунктами 1), 2) и 3) части первой настоящей статьи, в случае, если принятие административного акта, совершение административного действия относятся к компетенции органа, рассматривающего жалобу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="913"/>
-    <w:bookmarkStart w:name="z908" w:id="914"/>
+    <w:bookmarkEnd w:id="944"/>
+    <w:bookmarkStart w:name="z908" w:id="945"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Орган, рассматривающий жалобу, направляет жалобу в административный орган, должностному лицу, чьи административный акт, административное действие (бездействие) обжалуются, для осуществления административной процедуры в срок не позднее пяти рабочих дней со дня вынесения решения с указанием допущенных нарушений и предложениями по их устранению в случае, если принятие соответствующего акта, совершение административного действия не относятся к компетенции органа, рассматривающего жалобу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="914"/>
-    <w:bookmarkStart w:name="z909" w:id="915"/>
+    <w:bookmarkEnd w:id="945"/>
+    <w:bookmarkStart w:name="z909" w:id="946"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Основаниями для вынесения решения, предусмотренного подпунктами 1), 2), 3) и 5) части первой настоящей статьи, являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="915"/>
-    <w:bookmarkStart w:name="z910" w:id="916"/>
+    <w:bookmarkEnd w:id="946"/>
+    <w:bookmarkStart w:name="z910" w:id="947"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неправильное определение и выяснение круга обстоятельств, имеющих значение для правильного рассмотрения административного дела;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="916"/>
-    <w:bookmarkStart w:name="z911" w:id="917"/>
+    <w:bookmarkEnd w:id="947"/>
+    <w:bookmarkStart w:name="z911" w:id="948"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       несоответствие содержания административного акта, административного действия (бездействия) материалам административного дела;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="917"/>
-    <w:bookmarkStart w:name="z912" w:id="918"/>
+    <w:bookmarkEnd w:id="948"/>
+    <w:bookmarkStart w:name="z912" w:id="949"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       нарушение или неправильное применение законодательства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="918"/>
-    <w:bookmarkStart w:name="z913" w:id="919"/>
+    <w:bookmarkEnd w:id="949"/>
+    <w:bookmarkStart w:name="z913" w:id="950"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. По окончании рассмотрения жалобы по существу выносится решение в письменной форме, которое направляется участнику административной процедуры, а копия решения направляется административному органу, должностному лицу, чьи административный акт, административное действие (бездействие) обжалуются.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="919"/>
-    <w:bookmarkStart w:name="z914" w:id="920"/>
+    <w:bookmarkEnd w:id="950"/>
+    <w:bookmarkStart w:name="z914" w:id="951"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Отказ в удовлетворении жалобы должен быть мотивирован.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="920"/>
-    <w:bookmarkStart w:name="z915" w:id="921"/>
+    <w:bookmarkEnd w:id="951"/>
+    <w:bookmarkStart w:name="z915" w:id="952"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Решение органа, рассматривающего жалобу, является обязательным для исполнения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="921"/>
-    <w:bookmarkStart w:name="z916" w:id="922"/>
+    <w:bookmarkEnd w:id="952"/>
+    <w:bookmarkStart w:name="z916" w:id="953"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В случае если орган, рассматривающий жалобу, в сроки, установленные настоящим Кодексом, не принял решение по результатам рассмотрения жалобы, то с даты истечения сроков считается, что орган, рассматривающий жалобу, отказал в удовлетворении жалобы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="922"/>
-    <w:bookmarkStart w:name="z917" w:id="923"/>
+    <w:bookmarkEnd w:id="953"/>
+    <w:bookmarkStart w:name="z917" w:id="954"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. В случае несогласия с решением органа, рассматривающего жалобу, участник административной процедуры вправе обжаловать административный акт, административное действие (бездействие) в другой орган, рассматривающий жалобу, или в суд.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="923"/>
+    <w:bookmarkEnd w:id="954"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 101. Содержание решения по результатам рассмотрения жалобы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z919" w:id="924"/>
+    <w:bookmarkStart w:name="z919" w:id="955"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. В решении по результатам рассмотрения жалобы указываются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="924"/>
-    <w:bookmarkStart w:name="z920" w:id="925"/>
+    <w:bookmarkEnd w:id="955"/>
+    <w:bookmarkStart w:name="z920" w:id="956"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) дата принятия решения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="925"/>
-    <w:bookmarkStart w:name="z921" w:id="926"/>
+    <w:bookmarkEnd w:id="956"/>
+    <w:bookmarkStart w:name="z921" w:id="957"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) наименование органа, рассматривающего жалобу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="926"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z923" w:id="928"/>
+    <w:bookmarkEnd w:id="957"/>
+    <w:bookmarkStart w:name="z922" w:id="958"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сведения о лице, подавшем жалобу: для физических лиц – фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность), индивидуальный идентификационный номер (при его наличии), для юридических лиц – наименование, организационно-правовая форма, бизнес-идентификационный номер (при его наличии) для юридического лица (филиала и представительства);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="958"/>
+    <w:bookmarkStart w:name="z923" w:id="959"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) краткое содержание обжалуемого административного акта, административного действия (бездействия);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="928"/>
-    <w:bookmarkStart w:name="z924" w:id="929"/>
+    <w:bookmarkEnd w:id="959"/>
+    <w:bookmarkStart w:name="z924" w:id="960"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) суть жалобы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="929"/>
-    <w:bookmarkStart w:name="z925" w:id="930"/>
+    <w:bookmarkEnd w:id="960"/>
+    <w:bookmarkStart w:name="z925" w:id="961"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) обоснование со ссылкой на нормы законодательства Республики Казахстан, которыми орган, рассматривающий жалобу, руководствовался при вынесении решения по жалобе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="930"/>
-    <w:bookmarkStart w:name="z926" w:id="931"/>
+    <w:bookmarkEnd w:id="961"/>
+    <w:bookmarkStart w:name="z926" w:id="962"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В решении могут быть указаны и иные сведения, предусмотренные законодательством Республики Казахстан и (или) имеющие значение для правильного рассмотрения жалобы, а также послужившие основанием для принятия решения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="931"/>
-    <w:bookmarkStart w:name="z927" w:id="932"/>
+    <w:bookmarkEnd w:id="962"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 101 с изменением, внесенным Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z927" w:id="963"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> РАЗДЕЛ 4. АДМИНИСТРАТИВНОЕ СУДОПРОИЗВОДСТВО</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="932"/>
-    <w:bookmarkStart w:name="z928" w:id="933"/>
+    <w:bookmarkEnd w:id="963"/>
+    <w:bookmarkStart w:name="z928" w:id="964"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 16. ПОДСУДНОСТЬ ДЕЛ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="933"/>
+    <w:bookmarkEnd w:id="964"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 102. Подсудность административных дел</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z930" w:id="934"/>
+    <w:bookmarkStart w:name="z930" w:id="965"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Административное судопроизводство осуществляется специализированными районными и приравненными к ним административными судами. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="934"/>
+    <w:bookmarkEnd w:id="965"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       По заявлению истца дела, отнесенные к подсудности специализированного районного и приравненного к нему административного суда, могут рассматриваться судом по месту жительства истца, за исключением дел, подсудных специализированным районным и приравненным к ним административным судам, находящимся в пределах городов республиканского значения и столицы, областных центров. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -24382,184 +27414,184 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 103. Подсудность административных дел военным судам</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z934" w:id="935"/>
+    <w:bookmarkStart w:name="z934" w:id="966"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Военные суды рассматривают административные дела по искам военнослужащих Вооруженных Сил Республики Казахстан, других войск и воинских формирований, граждан, проходящих военные сборы, если ответчиком являются органы военного управления, воинская часть, за исключением дел, подсудных другим специализированным судам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="935"/>
-    <w:bookmarkStart w:name="z935" w:id="936"/>
+    <w:bookmarkEnd w:id="966"/>
+    <w:bookmarkStart w:name="z935" w:id="967"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если на территории соответствующей административно-территориальной единицы не образован военный суд, отнесенные к его подсудности административные дела рассматриваются специализированными районными и приравненными к ним административными судами в порядке, установленном настоящим Кодексом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="936"/>
+    <w:bookmarkEnd w:id="967"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 104. Административные дела, подсудные областному и приравненным к нему судам</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z937" w:id="937"/>
+    <w:bookmarkStart w:name="z937" w:id="968"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Областные и приравненные к ним суды рассматривают административные дела в апелляционном порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="937"/>
+    <w:bookmarkEnd w:id="968"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 104-1. Подсудность административных   дел кассационному суду</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1576" w:id="938"/>
+    <w:bookmarkStart w:name="z1576" w:id="969"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Судебные акты по административным делам в кассационном порядке подлежат рассмотрению в кассационном суде, за исключением дел, предусмотренных статьей 105 настоящего Кодекса. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="938"/>
-    <w:bookmarkStart w:name="z1577" w:id="939"/>
+    <w:bookmarkEnd w:id="969"/>
+    <w:bookmarkStart w:name="z1577" w:id="970"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Кассационный суд в кассационном порядке рассматривает судебные акты по искам, предусмотренным частью 1-2 статьи 27 Гражданского процессуального кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="939"/>
+    <w:bookmarkEnd w:id="970"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24595,90 +27627,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 105. Подсудность административных дел Верховному Суду Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z939" w:id="940"/>
+    <w:bookmarkStart w:name="z939" w:id="971"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Верховный Суд Республики Казахстан по правилам суда первой инстанции рассматривает административные дела об оспаривании решений и действий (бездействия) Центральной избирательной комиссии Республики Казахстан, решений и действий (бездействия) Центральной комиссии референдума.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="940"/>
-    <w:bookmarkStart w:name="z940" w:id="941"/>
+    <w:bookmarkEnd w:id="971"/>
+    <w:bookmarkStart w:name="z940" w:id="972"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Судебные акты по административным делам, предусмотренные частью первой настоящей статьи, подлежат рассмотрению в Верховном Суде Республики Казахстан в кассационном порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="941"/>
+    <w:bookmarkEnd w:id="972"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24714,130 +27746,130 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 106. Территориальная подсудность административных дел</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z942" w:id="942"/>
+    <w:bookmarkStart w:name="z942" w:id="973"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Административные дела подлежат рассмотрению по месту вынесения административного акта или по месту нахождения ответчика.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="942"/>
-    <w:bookmarkStart w:name="z943" w:id="943"/>
+    <w:bookmarkEnd w:id="973"/>
+    <w:bookmarkStart w:name="z943" w:id="974"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Административный акт, вынесенный за пределами Республики Казахстан, подлежит рассмотрению в специализированном межрайонном административном суде столицы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="943"/>
-    <w:bookmarkStart w:name="z944" w:id="944"/>
+    <w:bookmarkEnd w:id="974"/>
+    <w:bookmarkStart w:name="z944" w:id="975"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Административный акт, вынесенный в форме электронного документа, рассматривается по месту жительства (нахождения) истца. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="944"/>
-    <w:bookmarkStart w:name="z945" w:id="945"/>
+    <w:bookmarkEnd w:id="975"/>
+    <w:bookmarkStart w:name="z945" w:id="976"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Иск к административному органу, вытекающий из деятельности его территориального подразделения, филиала, представительства, предъявляется в суд по месту нахождения территориального подразделения, филиала, представительства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="945"/>
+    <w:bookmarkEnd w:id="976"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24873,71 +27905,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 107. Подсудность по связи дел и по выбору сторон</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z947" w:id="946"/>
+    <w:bookmarkStart w:name="z947" w:id="977"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Иск к нескольким ответчикам может быть предъявлен по месту нахождения одного из ответчиков. Выбор между несколькими судами, которым согласно настоящей статье подсудно дело, принадлежит истцу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="946"/>
-    <w:bookmarkStart w:name="z1564" w:id="947"/>
+    <w:bookmarkEnd w:id="977"/>
+    <w:bookmarkStart w:name="z1564" w:id="978"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Истец может выбрать экстерриториальную подсудность, в том числе и по административным делам, находящимся в производстве суда, до назначения административного дела к разбирательству в судебном заседании, за исключением дел, подлежащих рассмотрению в порядке части третьей </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24989,450 +28021,490 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, частей второй и третьей </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>главы 25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> настоящего Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="947"/>
-    <w:bookmarkStart w:name="z948" w:id="948"/>
+    <w:bookmarkEnd w:id="978"/>
+    <w:bookmarkStart w:name="z948" w:id="979"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Стороны могут по соглашению между собой изменить территориальную подсудность для данного административного дела, в том числе и по административным делам, находящимся в производстве суда, до назначения административного дела к разбирательству в судебном заседании.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="948"/>
-    <w:bookmarkStart w:name="z949" w:id="949"/>
+    <w:bookmarkEnd w:id="979"/>
+    <w:bookmarkStart w:name="z949" w:id="980"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Требование о возмещении убытков, причиненных ответчиком, сопряженное с административным актом, административным действием (бездействием), рассматривается специализированным районным и приравненным к нему административным судом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="949"/>
-    <w:bookmarkStart w:name="z950" w:id="950"/>
+    <w:bookmarkEnd w:id="980"/>
+    <w:bookmarkStart w:name="z950" w:id="981"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Требование о возмещении морального вреда рассматривается в порядке гражданского судопроизводства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="950"/>
-    <w:bookmarkStart w:name="z951" w:id="951"/>
+    <w:bookmarkEnd w:id="981"/>
+    <w:bookmarkStart w:name="z951" w:id="982"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Несколько исковых требований могут быть объединены истцом в одном иске, если они предъявлены к одному ответчику, связаны между собой и их рассмотрение входит в компетенцию одного суда.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="951"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="952"/>
+    <w:bookmarkEnd w:id="982"/>
+    <w:bookmarkStart w:name="z952" w:id="983"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Не допускается объединение в одно производство нескольких требований, которые подлежат рассмотрению в порядке разного вида судопроизводства, если иное не установлено настоящим Кодексом. При этом требования, не относящиеся к публично-правовым спорам и подлежащие разделению, должны быть выделены и направлены по подсудности в соответствующий районный (городской) суд.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="983"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 107 с изменением, внесенным Законом РК от 21.11.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 107 с изменениями, внесенными законами РК от 21.11.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 136-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 01.03.2025).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.03.2025); от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 108. Передача административного дела из производства одного суда в другой суд</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z954" w:id="953"/>
+    <w:bookmarkStart w:name="z954" w:id="984"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Административное дело, принятое к производству суда с соблюдением правил подсудности и назначенное к рассмотрению в судебном заседании, должно быть рассмотрено им по существу, даже если в ходе его рассмотрения оно стало подсудно другому суду.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="953"/>
-    <w:bookmarkStart w:name="z955" w:id="954"/>
+    <w:bookmarkEnd w:id="984"/>
+    <w:bookmarkStart w:name="z955" w:id="985"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Суд передает административное дело на рассмотрение другого суда, если:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="954"/>
-    <w:bookmarkStart w:name="z956" w:id="955"/>
+    <w:bookmarkEnd w:id="985"/>
+    <w:bookmarkStart w:name="z956" w:id="986"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) при рассмотрении административного дела в данном суде выяснилось, что оно было принято к производству с нарушением правил подсудности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="955"/>
-    <w:bookmarkStart w:name="z957" w:id="956"/>
+    <w:bookmarkEnd w:id="986"/>
+    <w:bookmarkStart w:name="z957" w:id="987"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) после отвода одного или нескольких судей либо по другим причинам замена судей или рассмотрение административного дела в данном суде становится невозможным;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="956"/>
-    <w:bookmarkStart w:name="z958" w:id="957"/>
+    <w:bookmarkEnd w:id="987"/>
+    <w:bookmarkStart w:name="z958" w:id="988"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) возникают основания, предусмотренные частью второй </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="957"/>
-    <w:bookmarkStart w:name="z959" w:id="958"/>
+    <w:bookmarkEnd w:id="988"/>
+    <w:bookmarkStart w:name="z959" w:id="989"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. О передаче административного дела в другой суд или об отказе в передаче административного дела в другой суд выносится определение суда, которое может быть обжаловано. Передача административного дела в другой суд осуществляется по истечении срока обжалования, а в случае подачи жалобы – после вынесения определения суда об оставлении жалобы без удовлетворения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="958"/>
-    <w:bookmarkStart w:name="z960" w:id="959"/>
+    <w:bookmarkEnd w:id="989"/>
+    <w:bookmarkStart w:name="z960" w:id="990"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае согласия обеих сторон с определенной судом подсудностью по их письменному ходатайству передача административного дела из одного суда в другой производится незамедлительно после вынесения определения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="959"/>
+    <w:bookmarkEnd w:id="990"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 109. Разрешение споров о подсудности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z962" w:id="960"/>
+    <w:bookmarkStart w:name="z962" w:id="991"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Споры о подсудности между судами разрешаются вышестоящим судом, решение которого является окончательным и пересмотру не подлежит.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="960"/>
-    <w:bookmarkStart w:name="z963" w:id="961"/>
+    <w:bookmarkEnd w:id="991"/>
+    <w:bookmarkStart w:name="z963" w:id="992"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Спор между судами первой инстанции, расположенными в разных областях, городах республиканского значения и столице, разрешается кассационным судом по представлению соответствующего областного или приравненного к нему суда.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="961"/>
+    <w:bookmarkEnd w:id="992"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25451,2483 +28523,2689 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z964" w:id="962"/>
+    <w:bookmarkStart w:name="z964" w:id="993"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 17. ОБЩИЕ НАЧАЛА СУДЕБНОГО РАЗБИРАТЕЛЬСТВА ПО АДМИНИСТРАТИВНЫМ ДЕЛАМ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="962"/>
+    <w:bookmarkEnd w:id="993"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 110. Непосредственность и устность судебного разбирательства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z966" w:id="963"/>
+    <w:bookmarkStart w:name="z966" w:id="994"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Судебное разбирательство по административным делам в судах производится устно, за исключением производства по административным делам, рассматриваемым в порядке </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главы 23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="963"/>
-    <w:bookmarkStart w:name="z967" w:id="964"/>
+    <w:bookmarkEnd w:id="994"/>
+    <w:bookmarkStart w:name="z967" w:id="995"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Доказательства по административным делам в судебном разбирательстве подлежат непосредственному исследованию. Суд должен заслушать объяснения сторон и других участников административного процесса, показания свидетелей и экспертов, осмотреть вещественные доказательства, ознакомиться с письменными доказательствами и иными документами, прослушать звукозаписи и просмотреть видеозаписи, кино-, фотоматериалы, ознакомиться с материалами на иных носителях информации, а также произвести другие действия по исследованию доказательств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="964"/>
-    <w:bookmarkStart w:name="z968" w:id="965"/>
+    <w:bookmarkEnd w:id="995"/>
+    <w:bookmarkStart w:name="z968" w:id="996"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В исключительных случаях при невозможности непосредственного заслушивания устных показаний (пояснений) участников административного процесса суд вправе огласить их показания (пояснения), полученные в ходе административной процедуры.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="965"/>
-    <w:bookmarkStart w:name="z969" w:id="966"/>
+    <w:bookmarkEnd w:id="996"/>
+    <w:bookmarkStart w:name="z969" w:id="997"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В необходимых случаях при исследовании доказательств по административному делу суд заслушивает консультации и пояснения специалиста.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="966"/>
-    <w:bookmarkStart w:name="z970" w:id="967"/>
+    <w:bookmarkEnd w:id="997"/>
+    <w:bookmarkStart w:name="z970" w:id="998"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Заслушивание объяснений сторон, других участников административного процесса, показаний свидетелей, заключений экспертов, специалистов может осуществляться судом посредством видеоконференцсвязи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="967"/>
-    <w:bookmarkStart w:name="z971" w:id="968"/>
+    <w:bookmarkEnd w:id="998"/>
+    <w:bookmarkStart w:name="z971" w:id="999"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Окончательные решения по административному делу могут быть основаны лишь на тех доказательствах, которые были непосредственно исследованы в судебном заседании, за исключением документов, содержащих государственные секреты или иную охраняемую законом тайну.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="968"/>
+    <w:bookmarkEnd w:id="999"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 111. Неизменность состава суда при разбирательстве административного дела</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z973" w:id="969"/>
+    <w:bookmarkStart w:name="z973" w:id="1000"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Административное дело должно быть рассмотрено одним и тем же судьей или составом суда. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="969"/>
-    <w:bookmarkStart w:name="z974" w:id="970"/>
+    <w:bookmarkEnd w:id="1000"/>
+    <w:bookmarkStart w:name="z974" w:id="1001"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В случае невозможности судьи участвовать в судебном разбирательстве он заменяется другим судьей, а разбирательство административного дела начинается сначала.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="970"/>
-    <w:bookmarkStart w:name="z975" w:id="971"/>
+    <w:bookmarkEnd w:id="1001"/>
+    <w:bookmarkStart w:name="z975" w:id="1002"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Замена судьи или нескольких судей возможна в случае:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="971"/>
-    <w:bookmarkStart w:name="z976" w:id="972"/>
+    <w:bookmarkEnd w:id="1002"/>
+    <w:bookmarkStart w:name="z976" w:id="1003"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заявленного и удовлетворенного самоотвода или отвода судьи в порядке, установленном Гражданским процессуальным кодексом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="972"/>
-    <w:bookmarkStart w:name="z977" w:id="973"/>
+    <w:bookmarkEnd w:id="1003"/>
+    <w:bookmarkStart w:name="z977" w:id="1004"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) длительного отсутствия судьи ввиду болезни, отпуска, пребывания на учебе, нахождения в служебной командировке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="973"/>
-    <w:bookmarkStart w:name="z978" w:id="974"/>
+    <w:bookmarkEnd w:id="1004"/>
+    <w:bookmarkStart w:name="z978" w:id="1005"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) прекращения или приостановления полномочий судьи по основаниям, предусмотренным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституционным законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О судебной системе и статусе судей в Республике Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="974"/>
-    <w:bookmarkStart w:name="z979" w:id="975"/>
+    <w:bookmarkEnd w:id="1005"/>
+    <w:bookmarkStart w:name="z979" w:id="1006"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Не является заменой судьи совершение процессуальных действий другим судьей в случаях, не терпящих отлагательства, в том числе рассмотрение заявления об обеспечении иска, отложение судебного разбирательства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="975"/>
+    <w:bookmarkEnd w:id="1006"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 112. Участие в судебном разбирательстве</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z981" w:id="976"/>
+    <w:bookmarkStart w:name="z981" w:id="1007"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Судебное разбирательство происходит при обязательном участии ответчика, за исключением случаев, предусмотренных частью второй настоящей статьи. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="976"/>
-    <w:bookmarkStart w:name="z982" w:id="977"/>
+    <w:bookmarkEnd w:id="1007"/>
+    <w:bookmarkStart w:name="z982" w:id="1008"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При неявке ответчика суд откладывает рассмотрение административного дела. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="977"/>
-    <w:bookmarkStart w:name="z983" w:id="978"/>
+    <w:bookmarkEnd w:id="1008"/>
+    <w:bookmarkStart w:name="z983" w:id="1009"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Суд вправе подвергнуть ответчика наложению денежного взыскания, а в случае повторной неявки рассмотреть административное дело в его отсутствие.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="978"/>
-    <w:bookmarkStart w:name="z984" w:id="979"/>
+    <w:bookmarkEnd w:id="1009"/>
+    <w:bookmarkStart w:name="z984" w:id="1010"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Разбирательство административного дела в отсутствие ответчика может быть допущено в случае, если это не препятствует полному, объективному и всестороннему рассмотрению административного дела. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="979"/>
-    <w:bookmarkStart w:name="z985" w:id="980"/>
+    <w:bookmarkEnd w:id="1010"/>
+    <w:bookmarkStart w:name="z985" w:id="1011"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Суд обязан предоставить истцу возможность непосредственного участия в судебном разбирательстве. Неявка последнего по неуважительным причинам не является препятствием к рассмотрению административного дела в его отсутствие.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="980"/>
-    <w:bookmarkStart w:name="z986" w:id="981"/>
+    <w:bookmarkEnd w:id="1011"/>
+    <w:bookmarkStart w:name="z986" w:id="1012"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Заинтересованные лица могут быть привлечены к участию в административном деле по инициативе суда либо по ходатайству участника административного процесса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="981"/>
+    <w:bookmarkEnd w:id="1012"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 113. Уведомление (извещение) в административном процессе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z988" w:id="982"/>
+    <w:bookmarkStart w:name="z988" w:id="1013"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Участники административного процесса извещаются о времени и месте рассмотрения дела или совершения отдельных процессуальных действий и вызываются в суд уведомлениями (извещениями) не позднее следующего рабочего дня со дня вынесения соответствующего определения либо со дня назначения даты судебного разбирательства. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="982"/>
-    <w:bookmarkStart w:name="z989" w:id="983"/>
+    <w:bookmarkEnd w:id="1013"/>
+    <w:bookmarkStart w:name="z989" w:id="1014"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Уведомление (извещение) направляется телефонограммой, в кабинет пользователя на веб-портале "электронного правительства" с отправлением короткого текстового сообщения на абонентский номер сотовой связи, зарегистрированный на веб-портале "электронного правительства", текстовым сообщением по абонентскому номеру сотовой связи или по электронному адресу, телеграммой или заказным письмом с уведомлением о его вручении либо с использованием иных средств связи, обеспечивающих фиксацию извещения или вызова. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="983"/>
-    <w:bookmarkStart w:name="z990" w:id="984"/>
+    <w:bookmarkEnd w:id="1014"/>
+    <w:bookmarkStart w:name="z990" w:id="1015"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если по указанному в административном деле адресу лицо фактически не проживает, уведомление (извещение) может быть направлено по юридическому адресу или по месту его работы. Уведомление (извещение), адресованное юридическому лицу, направляется по месту его регистрации и (или) фактического нахождения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="984"/>
-    <w:bookmarkStart w:name="z991" w:id="985"/>
+    <w:bookmarkEnd w:id="1015"/>
+    <w:bookmarkStart w:name="z991" w:id="1016"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Уведомление (извещение) будет считаться надлежащим образом доставленным и достоверным в случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="985"/>
-    <w:bookmarkStart w:name="z992" w:id="986"/>
+    <w:bookmarkEnd w:id="1016"/>
+    <w:bookmarkStart w:name="z992" w:id="1017"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) направления текстового сообщения по абонентскому номеру сотовой связи или по электронному адресу, которые извещаемое лицо указало в процессе производства по административному делу и подтвердило своей подписью, а также в кабинет пользователя на веб-портале "электронного правительства" с отправлением короткого текстового сообщения на абонентский номер сотовой связи, зарегистрированный на веб-портале "электронного правительства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="986"/>
-    <w:bookmarkStart w:name="z993" w:id="987"/>
+    <w:bookmarkEnd w:id="1017"/>
+    <w:bookmarkStart w:name="z993" w:id="1018"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) извещения лица телеграммой, которая вручается ему лично или кому-то из совместно проживающих с ним совершеннолетних членов семьи под расписку на подлежащем возврату отправителю уведомлении о вручении, заказным письмом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="987"/>
-    <w:bookmarkStart w:name="z994" w:id="988"/>
+    <w:bookmarkEnd w:id="1018"/>
+    <w:bookmarkStart w:name="z994" w:id="1019"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уведомление (извещение), адресованное юридическому лицу, вручается руководителю или работнику юридического лица, который расписывается в получении извещения на уведомлении (извещении) о вручении с указанием своих фамилии, инициалов и должности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="988"/>
-    <w:bookmarkStart w:name="z995" w:id="989"/>
+    <w:bookmarkEnd w:id="1019"/>
+    <w:bookmarkStart w:name="z995" w:id="1020"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) направления иным способом, позволяющим фиксировать (удостоверять) факт надлежащего доставления уведомления (извещения). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="989"/>
-    <w:bookmarkStart w:name="z996" w:id="990"/>
+    <w:bookmarkEnd w:id="1020"/>
+    <w:bookmarkStart w:name="z996" w:id="1021"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Любое другое уведомление (извещение) не может считаться достаточным для проведения процессуальных действий и принятия решений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="990"/>
-    <w:bookmarkStart w:name="z997" w:id="991"/>
+    <w:bookmarkEnd w:id="1021"/>
+    <w:bookmarkStart w:name="z997" w:id="1022"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лица, участвующие в административном процессе, подтверждают своей подписью ознакомление с тем, что добровольно указанные им ранее в ходе производства по административному делу в процессуальном и ином документе адрес места жительства (места нахождения), места работы, абонентский номер сотовой связи, электронный адрес достоверны, а уведомление (извещение), направленное на указанные контакты (адрес), будет считаться надлежащим и достаточным.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="991"/>
-    <w:bookmarkStart w:name="z998" w:id="992"/>
+    <w:bookmarkEnd w:id="1022"/>
+    <w:bookmarkStart w:name="z998" w:id="1023"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. При отказе адресата принять уведомление (извещение) лицо, доставляющее или вручающее его, делает соответствующую отметку на уведомлении (извещении), которое возвращается в суд. Суд вправе считать такое уведомление (извещение) доставленным надлежащим образом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="992"/>
-    <w:bookmarkStart w:name="z999" w:id="993"/>
+    <w:bookmarkEnd w:id="1023"/>
+    <w:bookmarkStart w:name="z999" w:id="1024"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Уведомление (извещение) должно содержать: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="993"/>
-    <w:bookmarkStart w:name="z1000" w:id="994"/>
+    <w:bookmarkEnd w:id="1024"/>
+    <w:bookmarkStart w:name="z1000" w:id="1025"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наименование и точный адрес суда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="994"/>
-    <w:bookmarkStart w:name="z1001" w:id="995"/>
+    <w:bookmarkEnd w:id="1025"/>
+    <w:bookmarkStart w:name="z1001" w:id="1026"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) время и место судебного заседания или проведения отдельного процессуального действия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="995"/>
-    <w:bookmarkStart w:name="z1002" w:id="996"/>
+    <w:bookmarkEnd w:id="1026"/>
+    <w:bookmarkStart w:name="z1002" w:id="1027"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) наименование административного дела, по которому производится извещение адресата;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="996"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z1004" w:id="998"/>
+    <w:bookmarkEnd w:id="1027"/>
+    <w:bookmarkStart w:name="z1003" w:id="1028"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) указание лица, вызываемого или извещаемого в суд (фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) и место жительства физического лица либо наименование органа или юридического лица и его место нахождения), которому адресовано уведомление (извещение), а также статус по административному делу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1028"/>
+    <w:bookmarkStart w:name="z1004" w:id="1029"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) указание о том, какие действия и к какому сроку вызываемое или извещаемое лицо вправе или обязано совершить; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="998"/>
-    <w:bookmarkStart w:name="z1005" w:id="999"/>
+    <w:bookmarkEnd w:id="1029"/>
+    <w:bookmarkStart w:name="z1005" w:id="1030"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) указание на обязанность лица, принявшего уведомление (извещение) в связи с отсутствием адресата, при первой возможности вручить его адресату;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="999"/>
-    <w:bookmarkStart w:name="z1006" w:id="1000"/>
+    <w:bookmarkEnd w:id="1030"/>
+    <w:bookmarkStart w:name="z1006" w:id="1031"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) указание на последствия неявки в суд и на обязанность сообщения суду причин неявки; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1000"/>
-    <w:bookmarkStart w:name="z1007" w:id="1001"/>
+    <w:bookmarkEnd w:id="1031"/>
+    <w:bookmarkStart w:name="z1007" w:id="1032"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) подпись лица, направившего уведомление (извещение). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1001"/>
+    <w:bookmarkEnd w:id="1032"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 113 с изменениями, внесенными Законом РК от 06.02.2023 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 113 с изменениями, внесенными законами РК от 06.02.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 01.04.2023).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.04.2023); от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 114. Личная явка</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1009" w:id="1002"/>
+    <w:bookmarkStart w:name="z1009" w:id="1033"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Участники административного процесса обязаны явиться в суд. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1002"/>
-    <w:bookmarkStart w:name="z1010" w:id="1003"/>
+    <w:bookmarkEnd w:id="1033"/>
+    <w:bookmarkStart w:name="z1010" w:id="1034"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Суд может распорядиться о личной явке в суд любого лица, участвующего в административном деле.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1003"/>
-    <w:bookmarkStart w:name="z1011" w:id="1004"/>
+    <w:bookmarkEnd w:id="1034"/>
+    <w:bookmarkStart w:name="z1011" w:id="1035"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Участники административного процесса вправе в письменной форме, в том числе в форме электронного документа, удостоверенного посредством электронной цифровой подписи, просить суд о рассмотрении административного дела в их отсутствие и направлении им копии судебного акта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1004"/>
+    <w:bookmarkEnd w:id="1035"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 115. Рассмотрение административного дела в отсутствии лиц, явка которых обязательна</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1013" w:id="1005"/>
+    <w:bookmarkStart w:name="z1013" w:id="1036"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Неявка лиц, участвующих в административном деле, не является препятствием к проведению судебного заседания при условии их надлежащего извещения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1005"/>
-    <w:bookmarkStart w:name="z1014" w:id="1006"/>
+    <w:bookmarkEnd w:id="1036"/>
+    <w:bookmarkStart w:name="z1014" w:id="1037"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае неявки лиц, участие которых признано судом обязательным, суд вправе применить к ним меры процессуального принуждения в соответствии с главой 18 настоящего Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1006"/>
-    <w:bookmarkStart w:name="z1015" w:id="1007"/>
+    <w:bookmarkEnd w:id="1037"/>
+    <w:bookmarkStart w:name="z1015" w:id="1038"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Отложение разбирательства административного дела допускается, если суд сочтет невозможным рассмотрение административного дела в этом судебном заседании вследствие неявки кого-либо из участников административного процесса или их представителей, в случаях изменения предмета и основания иска, а также привлечения к административному процессу новых участников административного дела.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1007"/>
+    <w:bookmarkEnd w:id="1038"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 116. Пределы судебного разбирательства по административным делам</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1017" w:id="1008"/>
+    <w:bookmarkStart w:name="z1017" w:id="1039"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. При определении предмета иска суд не связан формулировкой исковых требований, текстом иска и документами, приложенными к нему или представленными позднее.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1008"/>
-    <w:bookmarkStart w:name="z1018" w:id="1009"/>
+    <w:bookmarkEnd w:id="1039"/>
+    <w:bookmarkStart w:name="z1018" w:id="1040"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Суд вправе оказать содействие стороне в формулировании и (или) изменении исковых требований с предварительным разъяснением правовых последствий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1009"/>
-    <w:bookmarkStart w:name="z1019" w:id="1010"/>
+    <w:bookmarkEnd w:id="1040"/>
+    <w:bookmarkStart w:name="z1019" w:id="1041"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Суд не связан заявленным основанием иска, но не вправе выходить за пределы исковых требований. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1010"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="1011"/>
+    <w:bookmarkEnd w:id="1041"/>
+    <w:bookmarkStart w:name="z1020" w:id="1042"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Суд обязан в ходе судебного разбирательства проверить, не превышены ли пределы административного усмотрения, соразмерность и соответствие административного акта или действия (бездействия) целям, установленным законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1042"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 116 с изменением, внесенным Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 117. Общие правила административного судопроизводства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1022" w:id="1012"/>
+    <w:bookmarkStart w:name="z1022" w:id="1043"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Административное судопроизводство заключается в последовательном прохождении следующих основных стадий:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1012"/>
-    <w:bookmarkStart w:name="z1023" w:id="1013"/>
+    <w:bookmarkEnd w:id="1043"/>
+    <w:bookmarkStart w:name="z1023" w:id="1044"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) регистрация иска в суде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1013"/>
-    <w:bookmarkStart w:name="z1024" w:id="1014"/>
+    <w:bookmarkEnd w:id="1044"/>
+    <w:bookmarkStart w:name="z1024" w:id="1045"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) действия суда по поступившему административному делу и предварительное слушание; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1014"/>
-    <w:bookmarkStart w:name="z1025" w:id="1015"/>
+    <w:bookmarkEnd w:id="1045"/>
+    <w:bookmarkStart w:name="z1025" w:id="1046"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) судебное разбирательство; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1015"/>
-    <w:bookmarkStart w:name="z1026" w:id="1016"/>
+    <w:bookmarkEnd w:id="1046"/>
+    <w:bookmarkStart w:name="z1026" w:id="1047"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) вынесение решения суда, его оглашение и разъяснение;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1016"/>
-    <w:bookmarkStart w:name="z1027" w:id="1017"/>
+    <w:bookmarkEnd w:id="1047"/>
+    <w:bookmarkStart w:name="z1027" w:id="1048"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) исполнение решения суда и судебный контроль.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1017"/>
+    <w:bookmarkEnd w:id="1048"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 118. Определение суда</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1029" w:id="1018"/>
+    <w:bookmarkStart w:name="z1029" w:id="1049"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Акт суда, которым административное дело не разрешается по существу, выносится в форме определения. Определения могут быть вынесены судом как в судебном заседании, так и вне судебного заседания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1018"/>
-    <w:bookmarkStart w:name="z1030" w:id="1019"/>
+    <w:bookmarkEnd w:id="1049"/>
+    <w:bookmarkStart w:name="z1030" w:id="1050"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. По несложным вопросам суд выносит определение, не удаляясь из зала судебного заседания, которое заносится в протокол.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1019"/>
-    <w:bookmarkStart w:name="z1031" w:id="1020"/>
+    <w:bookmarkEnd w:id="1050"/>
+    <w:bookmarkStart w:name="z1031" w:id="1051"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. В определении, выносимом в виде отдельного процессуального документа, должны быть указаны: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1020"/>
-    <w:bookmarkStart w:name="z1032" w:id="1021"/>
+    <w:bookmarkEnd w:id="1051"/>
+    <w:bookmarkStart w:name="z1032" w:id="1052"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) дата и место вынесения определения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1021"/>
-    <w:bookmarkStart w:name="z1033" w:id="1022"/>
+    <w:bookmarkEnd w:id="1052"/>
+    <w:bookmarkStart w:name="z1033" w:id="1053"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) наименование суда, вынесшего определение, состав суда и фамилия и инициалы секретаря судебного заседания; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1022"/>
-    <w:bookmarkStart w:name="z1034" w:id="1023"/>
+    <w:bookmarkEnd w:id="1053"/>
+    <w:bookmarkStart w:name="z1034" w:id="1054"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) участники административного процесса и предмет спора; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1023"/>
-    <w:bookmarkStart w:name="z1035" w:id="1024"/>
+    <w:bookmarkEnd w:id="1054"/>
+    <w:bookmarkStart w:name="z1035" w:id="1055"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) вопрос, по которому выносится определение;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1024"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z1037" w:id="1026"/>
+    <w:bookmarkEnd w:id="1055"/>
+    <w:bookmarkStart w:name="z1036" w:id="1056"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) мотивы, по которым суд пришел к своим выводам, и ссылка на законодательство Республики Казахстан, которыми суд руководствовался;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1056"/>
+    <w:bookmarkStart w:name="z1037" w:id="1057"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) процессуальное решение; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1026"/>
-    <w:bookmarkStart w:name="z1038" w:id="1027"/>
+    <w:bookmarkEnd w:id="1057"/>
+    <w:bookmarkStart w:name="z1038" w:id="1058"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) порядок и срок обжалования определения, если оно подлежит обжалованию. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1027"/>
-    <w:bookmarkStart w:name="z1039" w:id="1028"/>
+    <w:bookmarkEnd w:id="1058"/>
+    <w:bookmarkStart w:name="z1039" w:id="1059"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Определение, которое выносится в зале судебного заседания, должно содержать сведения, перечисленные в подпунктах 4), 5) и 6) части третьей настоящей статьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1028"/>
-    <w:bookmarkStart w:name="z1040" w:id="1029"/>
+    <w:bookmarkEnd w:id="1059"/>
+    <w:bookmarkStart w:name="z1040" w:id="1060"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. При вынесении определения в ходе устного слушания определение либо его резолютивная часть оглашается немедленно после вынесения. Определение в окончательной форме может быть изготовлено в срок не позднее пяти рабочих дней после оглашения его резолютивной части.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1029"/>
+    <w:bookmarkEnd w:id="1060"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 118 с изменением, внесенным Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 119. Преюдиция</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1042" w:id="1030"/>
+    <w:bookmarkStart w:name="z1042" w:id="1061"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Вступившее в законную силу решение суда по административному делу обязательно для всех административных органов, должностных, физических и юридических лиц в отношении как установленных обстоятельств, так и их правовой оценки по отношению к лицу, о котором оно вынесено. Данное положение не препятствует проверке, отмене либо изменению решения суда и других судебных актов в апелляционном и кассационном порядках, а также при пересмотре дела в Верховном Суде Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1030"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="1031"/>
+    <w:bookmarkEnd w:id="1061"/>
+    <w:bookmarkStart w:name="z1043" w:id="1062"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Вступившее в законную силу решение суда по административному делу обязательно для суда и органа при установлении фактов, имеющих значение для дела, и фактических данных, устанавливаемых без доказательств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1062"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 119 с изменением, внесенным Законом РК от 21.11.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 119 с изменениями, внесенными законами РК от 21.11.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 136-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 01.07.2025).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2025); от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 120. Примирительные процедуры</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1045" w:id="1032"/>
+    <w:bookmarkStart w:name="z1045" w:id="1063"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Стороны на основании взаимных уступок могут полностью или частично окончить административное дело путем заключения соглашения о примирении, медиации или об урегулировании спора в порядке партисипативной процедуры на всех стадиях (этапах) административного процесса до удаления суда для вынесения решения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1032"/>
-    <w:bookmarkStart w:name="z1046" w:id="1033"/>
+    <w:bookmarkEnd w:id="1063"/>
+    <w:bookmarkStart w:name="z1046" w:id="1064"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Примирение сторон допускается при наличии у ответчика административного усмотрения. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1033"/>
-    <w:bookmarkStart w:name="z1047" w:id="1034"/>
+    <w:bookmarkEnd w:id="1064"/>
+    <w:bookmarkStart w:name="z1047" w:id="1065"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Урегулирование спора в порядке медиации и партисипативной процедуры в суде проводится в соответствии с настоящим Кодексом и законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1034"/>
-    <w:bookmarkStart w:name="z1048" w:id="1035"/>
+    <w:bookmarkEnd w:id="1065"/>
+    <w:bookmarkStart w:name="z1048" w:id="1066"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Соглашение о примирении, медиации или об урегулировании спора в порядке партисипативной процедуры заключается в письменной форме и подписывается сторонами или их представителями. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1035"/>
-    <w:bookmarkStart w:name="z1049" w:id="1036"/>
+    <w:bookmarkEnd w:id="1066"/>
+    <w:bookmarkStart w:name="z1049" w:id="1067"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Соглашение о примирении, медиации или об урегулировании спора в порядке партисипативной процедуры должно отвечать требованиям исполнимости в принудительном порядке и содержать условия, на которых стороны пришли к примирению, а также порядок распределения судебных расходов, в том числе расходов на оплату услуг представителей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1036"/>
-    <w:bookmarkStart w:name="z1050" w:id="1037"/>
+    <w:bookmarkEnd w:id="1067"/>
+    <w:bookmarkStart w:name="z1050" w:id="1068"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Ходатайство сторон об утверждении соглашения о примирении, медиации или об урегулировании спора в порядке партисипативной процедуры рассматривается судом в судебном заседании или на предварительном слушании. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1037"/>
-    <w:bookmarkStart w:name="z1051" w:id="1038"/>
+    <w:bookmarkEnd w:id="1068"/>
+    <w:bookmarkStart w:name="z1051" w:id="1069"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По результатам рассмотрения ходатайства об утверждении соглашения о примирении, медиации или об урегулировании спора в порядке партисипативной процедуры суд выносит определение об утверждении такого соглашения либо об отказе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1038"/>
-    <w:bookmarkStart w:name="z1052" w:id="1039"/>
+    <w:bookmarkEnd w:id="1069"/>
+    <w:bookmarkStart w:name="z1052" w:id="1070"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. При утверждении судом соглашения сторон о примирении, медиации или об урегулировании спора в порядке партисипативной процедуры им выносится определение о возвращении иска полностью или в соответствующей части.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1039"/>
-    <w:bookmarkStart w:name="z1053" w:id="1040"/>
+    <w:bookmarkEnd w:id="1070"/>
+    <w:bookmarkStart w:name="z1053" w:id="1071"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Соглашение о примирении, медиации или об урегулировании спора в порядке партисипативной процедуры, не исполненное добровольно, подлежит принудительному исполнению на основании исполнительного листа, выдаваемого судом по ходатайству лица, заключившего соглашение. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1040"/>
-    <w:bookmarkStart w:name="z1054" w:id="1041"/>
+    <w:bookmarkEnd w:id="1071"/>
+    <w:bookmarkStart w:name="z1054" w:id="1072"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Суд (судья) принимает меры для примирения сторон, содействует им в урегулировании спора на всех стадиях процесса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1041"/>
-    <w:bookmarkStart w:name="z1055" w:id="1042"/>
+    <w:bookmarkEnd w:id="1072"/>
+    <w:bookmarkStart w:name="z1055" w:id="1073"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Суд не утверждает соглашение о примирении, медиации или об урегулировании спора в порядке партисипативной процедуры, если его условия противоречат закону или нарушают права, свободы и законные интересы других лиц.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1042"/>
-    <w:bookmarkStart w:name="z1056" w:id="1043"/>
+    <w:bookmarkEnd w:id="1073"/>
+    <w:bookmarkStart w:name="z1056" w:id="1074"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Если стороны не достигли соглашения о примирении, медиации или об урегулировании спора в порядке партисипативной процедуры или условия соглашения судом не утверждены, разбирательство административного дела проводится в общем порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1043"/>
+    <w:bookmarkEnd w:id="1074"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 121. Порядок проведения медиации в суде</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1058" w:id="1044"/>
+    <w:bookmarkStart w:name="z1058" w:id="1075"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Для проведения медиации в суде первой инстанции административное дело передается другому судье, который утверждает соглашение о медиации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1044"/>
-    <w:bookmarkStart w:name="z1059" w:id="1045"/>
+    <w:bookmarkEnd w:id="1075"/>
+    <w:bookmarkStart w:name="z1059" w:id="1076"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По ходатайству сторон медиация может быть проведена судьей, в производстве которого находится административное дело.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1045"/>
-    <w:bookmarkStart w:name="z1060" w:id="1046"/>
+    <w:bookmarkEnd w:id="1076"/>
+    <w:bookmarkStart w:name="z1060" w:id="1077"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для проведения медиации в суде апелляционной инстанции административное дело передается, как правило, одному из судей коллегиального состава суда.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1046"/>
-    <w:bookmarkStart w:name="z1061" w:id="1047"/>
+    <w:bookmarkEnd w:id="1077"/>
+    <w:bookmarkStart w:name="z1061" w:id="1078"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В суде кассационной инстанции одновременно с ходатайством об урегулировании спора (конфликта) путем заключения медиативного соглашения стороны должны представить названное соглашение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1047"/>
-    <w:bookmarkStart w:name="z1062" w:id="1048"/>
+    <w:bookmarkEnd w:id="1078"/>
+    <w:bookmarkStart w:name="z1062" w:id="1079"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Судья, который проводит медиацию, назначает день проведения медиации и извещает стороны о времени и месте ее проведения. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1048"/>
-    <w:bookmarkStart w:name="z1063" w:id="1049"/>
+    <w:bookmarkEnd w:id="1079"/>
+    <w:bookmarkStart w:name="z1063" w:id="1080"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Суд вправе вызвать на медиацию других лиц, если их участие будет способствовать урегулированию спора (конфликта).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1049"/>
-    <w:bookmarkStart w:name="z1064" w:id="1050"/>
+    <w:bookmarkEnd w:id="1080"/>
+    <w:bookmarkStart w:name="z1064" w:id="1081"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Протокол проведения медиации в суде не ведется.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1050"/>
+    <w:bookmarkEnd w:id="1081"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 122. Судебные расходы по административным делам</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1066" w:id="1051"/>
+    <w:bookmarkStart w:name="z1066" w:id="1082"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Вопросы по распределению судебных расходов рассматриваются по правилам Гражданского процессуального кодекса Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1051"/>
-    <w:bookmarkStart w:name="z1067" w:id="1052"/>
+    <w:bookmarkEnd w:id="1082"/>
+    <w:bookmarkStart w:name="z1067" w:id="1083"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. При возвращении иска по основаниям, предусмотренным подпунктами 5), 6), 12), 13), 14) и 15) части второй </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 138</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Кодекса, судебные расходы не возмещаются.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1052"/>
-    <w:bookmarkStart w:name="z1068" w:id="1053"/>
+    <w:bookmarkEnd w:id="1083"/>
+    <w:bookmarkStart w:name="z1068" w:id="1084"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 18. МЕРЫ ПРОЦЕССУАЛЬНОГО ПРИНУЖДЕНИЯ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1053"/>
+    <w:bookmarkEnd w:id="1084"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 123. Виды мер процессуального принуждения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1070" w:id="1054"/>
+    <w:bookmarkStart w:name="z1070" w:id="1085"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       К мерам процессуального принуждения относятся: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1054"/>
-    <w:bookmarkStart w:name="z1071" w:id="1055"/>
+    <w:bookmarkEnd w:id="1085"/>
+    <w:bookmarkStart w:name="z1071" w:id="1086"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) замечание;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1055"/>
-    <w:bookmarkStart w:name="z1072" w:id="1056"/>
+    <w:bookmarkEnd w:id="1086"/>
+    <w:bookmarkStart w:name="z1072" w:id="1087"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) удаление из зала судебного заседания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1056"/>
-    <w:bookmarkStart w:name="z1073" w:id="1057"/>
+    <w:bookmarkEnd w:id="1087"/>
+    <w:bookmarkStart w:name="z1073" w:id="1088"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) денежное взыскание.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1057"/>
+    <w:bookmarkEnd w:id="1088"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 124. Основания и порядок применения мер процессуального принуждения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1075" w:id="1058"/>
+    <w:bookmarkStart w:name="z1075" w:id="1089"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Применение мер процессуального принуждения, предусмотренных подпунктами 1) и 2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 123</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Кодекса, заносится в протокол судебного заседания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1058"/>
-[...37 lines deleted...]
-    <w:bookmarkEnd w:id="1059"/>
+    <w:bookmarkEnd w:id="1089"/>
+    <w:bookmarkStart w:name="z1639" w:id="1090"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Суд выносит определение о применении меры процессуального принуждения, предусмотренной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 3)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 123 настоящего Кодекса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1090"/>
+    <w:bookmarkStart w:name="z1640" w:id="1091"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подача частной жалобы на определение о применении денежного взыскания допускается в течение десяти рабочих дней со дня его вручения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1091"/>
+    <w:bookmarkStart w:name="z1641" w:id="1092"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Обжалование данного определения приостанавливает исполнение мер процессуального принуждения до рассмотрения частной жалобы по существу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1092"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -28006,441 +31284,583 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> данного Кодекса следует понимать как предоставление лицу, к которому применена мера процессуального принуждения в виде денежного взыскания, права на обжалование соответствующего определения в вышестоящий суд со дня его вручения, а также возложение на такое лицо обязанности по исполнению наложенного взыскания в установленный законом срок". </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1078" w:id="1060"/>
+    <w:bookmarkStart w:name="z1078" w:id="1093"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В случае, если избранная мера процессуального принуждения не дала результатов, допускается применение иной меры процессуального принуждения или они могут быть применены вновь.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1093"/>
+    <w:bookmarkStart w:name="z1642" w:id="1094"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. В случае, если избранная мера процессуального принуждения не дала результатов, допускается применение иной меры процессуального принуждения. Меры процессуального принуждения могут быть применены повторно. </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z1079" w:id="1061"/>
+      Мера процессуального принуждения в виде денежного взыскания применяется с особенностями, предусмотренными частью девятой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 127</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Кодекса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1094"/>
+    <w:bookmarkStart w:name="z1079" w:id="1095"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Применение к лицу мер процессуального принуждения не освобождает это лицо от исполнения соответствующих обязанностей, установленных настоящим Кодексом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1061"/>
-    <w:bookmarkStart w:name="z1080" w:id="1062"/>
+    <w:bookmarkEnd w:id="1095"/>
+    <w:bookmarkStart w:name="z1080" w:id="1096"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Если в действиях нарушителя порядка в судебном заседании имеются признаки уголовного правонарушения, суд направляет материалы прокурору для решения вопроса о начале досудебного расследования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1062"/>
+    <w:bookmarkEnd w:id="1096"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 124 с изменением, внесенным Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 125. Замечание</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1082" w:id="1063"/>
+    <w:bookmarkStart w:name="z1082" w:id="1097"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Председательствующий вправе объявить замечание лицу, нарушающему порядок в зале судебного заседания. Одновременно председательствующий разъясняет возможность применения в отношении него более строгой меры принуждения в случае повторности. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1063"/>
+    <w:bookmarkEnd w:id="1097"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 126. Удаление из зала судебного заседания</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1084" w:id="1064"/>
+    <w:bookmarkStart w:name="z1084" w:id="1098"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. В случае нарушения лицом, участвующим в административном процессе, порядка в зале судебного заседания после объявления ему замечания председательствующий вправе удалить его на весь период рассмотрения административного дела или на его часть.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1064"/>
-    <w:bookmarkStart w:name="z1085" w:id="1065"/>
+    <w:bookmarkEnd w:id="1098"/>
+    <w:bookmarkStart w:name="z1085" w:id="1099"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Другие присутствующие лица, нарушающие порядок, могут быть удалены распоряжением председательствующего в судебном заседании без предварительного объявления им устного замечания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1065"/>
+    <w:bookmarkEnd w:id="1099"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 127. Денежное взыскание</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1087" w:id="1066"/>
+    <w:bookmarkStart w:name="z1087" w:id="1100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Суд налагает денежное взыскание в случаях, установленных настоящим Кодексом. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1066"/>
-    <w:bookmarkStart w:name="z1088" w:id="1067"/>
+    <w:bookmarkEnd w:id="1100"/>
+    <w:bookmarkStart w:name="z1088" w:id="1101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Денежное взыскание налагается на физическое, должностное лицо, юридическое лицо либо его представителя в размере от десяти до ста месячных расчетных показателей. О наложении денежного взыскания суд выносит определение, копия которого вручается лицу, на которое налагается денежное взыскание.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1067"/>
-    <w:bookmarkStart w:name="z1089" w:id="1068"/>
+    <w:bookmarkEnd w:id="1101"/>
+    <w:bookmarkStart w:name="z1643" w:id="1102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае письменного согласия лица, на которое наложено денежное взыскание, суд выносит резолютивную часть определения, которое вручается ему незамедлительно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1102"/>
+    <w:bookmarkStart w:name="z1089" w:id="1103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Рассмотрение вопроса о наложении денежного взыскания производится в судебном заседании с предварительным извещением лица, в отношении которого применяется мера принуждения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1068"/>
-    <w:bookmarkStart w:name="z1090" w:id="1069"/>
+    <w:bookmarkEnd w:id="1103"/>
+    <w:bookmarkStart w:name="z1090" w:id="1104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Суд вправе наложить денежное взыскание на лицо, злоупотребляющее процессуальными правами или не выполняющее процессуальных обязанностей, в том числе в случаях представления доказательств, исполнения поручений с нарушением установленного судом срока без уважительных причин, если это привело к затягиванию рассмотрения административного дела, за каждое действие (бездействие) в размере десяти месячных расчетных показателей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1069"/>
-    <w:bookmarkStart w:name="z1091" w:id="1070"/>
+    <w:bookmarkEnd w:id="1104"/>
+    <w:bookmarkStart w:name="z1091" w:id="1105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. За невыполнение требования, запроса суда, неявку в суд лица, участвующего в административном деле, несвоевременное извещение суда, несвоевременное представление отзыва, неподчинение распоряжениям председательствующего в судебном заседании, нарушение установленных в суде правил, а также иные действия (бездействия), явно свидетельствующие о неуважении к суду и (или) судье, суд вправе наложить денежное взыскание в размере двадцати месячных расчетных показателей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1070"/>
-    <w:bookmarkStart w:name="z1092" w:id="1071"/>
+    <w:bookmarkEnd w:id="1105"/>
+    <w:bookmarkStart w:name="z1092" w:id="1106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. За неисполнение решения суда, определения суда об утверждении соглашения сторон о примирении, медиации или об урегулировании спора в порядке партисипативной процедуры суд налагает денежное взыскание на ответчика в размере пятидесяти месячных расчетных показателей с указанием в этом же судебном акте срока, не превышающего одного месяца, в течение которого оно подлежит исполнению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1071"/>
-[...99 lines deleted...]
-    <w:bookmarkEnd w:id="1076"/>
+    <w:bookmarkEnd w:id="1106"/>
+    <w:bookmarkStart w:name="z1093" w:id="1107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Уплата денежного взыскания, которое взыскивается в доход республиканского бюджета, осуществляется после вступления определения в законную силу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1107"/>
+    <w:bookmarkStart w:name="z1094" w:id="1108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Лицо, на которое наложено денежное взыскание, вправе обратиться в суд с ходатайством об уменьшении размера денежного взыскания, отсрочке, рассрочке исполнения определения в течение десяти рабочих дней со дня вручения соответствующего определения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1108"/>
+    <w:bookmarkStart w:name="z1644" w:id="1109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ходатайство рассматривается в судебном заседании с вызовом заявителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1109"/>
+    <w:bookmarkStart w:name="z1645" w:id="1110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При рассмотрении ходатайства об отсрочке или рассрочке суд вправе отсрочить или рассрочить исполнение определения о наложении денежного взыскания на срок до двух месяцев.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1110"/>
+    <w:bookmarkStart w:name="z1096" w:id="1111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Суд рассматривает и разрешает ходатайство об уменьшении размера денежного взыскания, отсрочке, рассрочке исполнения определения в течение десяти рабочих дней со дня поступления ходатайства в суд.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1111"/>
+    <w:bookmarkStart w:name="z1097" w:id="1112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. При неисполнении судебного акта или требования суда, указанного в частях третьей и четвертой настоящей статьи, суд вправе наложить новое денежное взыскание в размере, увеличенном на десять месячных расчетных показателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -28506,1522 +31926,1664 @@
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 127 с изменением, внесенным Законом РК от 20.12.2021 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 127 с изменениями, внесенными законами РК от 20.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 83-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1098" w:id="1077"/>
+    <w:bookmarkStart w:name="z1098" w:id="1113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 19. ДОКАЗАТЕЛЬСТВА И ДОКАЗЫВАНИЕ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1077"/>
+    <w:bookmarkEnd w:id="1113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 128. Порядок и особенности правового регулирования доказательств и процесса доказывания</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1100" w:id="1078"/>
+    <w:bookmarkStart w:name="z1100" w:id="1114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Порядок правового регулирования доказательств, фактических данных, не допустимых в качестве доказательств, предмета доказывания и источников доказательств, а также собирания, исследования, оценки и использования доказательств (доказывания) и другие положения о доказательствах и доказывании определяются нормами Гражданского процессуального кодекса Республики Казахстан, за исключением особенностей, установленных настоящим Кодексом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1078"/>
+    <w:bookmarkEnd w:id="1114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 129. Обязанность доказывания</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1102" w:id="1079"/>
+    <w:bookmarkStart w:name="z1102" w:id="1115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Истец в соответствии со своими возможностями обязан участвовать в собирании доказательств. Вне зависимости от поданного вида иска истец обязан доказать время, когда ему стало известно о нарушении его прав, свобод и законных интересов, а также размер понесенных убытков.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1079"/>
-    <w:bookmarkStart w:name="z1103" w:id="1080"/>
+    <w:bookmarkEnd w:id="1115"/>
+    <w:bookmarkStart w:name="z1103" w:id="1116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Бремя доказывания несет:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1080"/>
-    <w:bookmarkStart w:name="z1104" w:id="1081"/>
+    <w:bookmarkEnd w:id="1116"/>
+    <w:bookmarkStart w:name="z1104" w:id="1117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) по иску об оспаривании – ответчик, принявший обременительный административный акт;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1081"/>
-    <w:bookmarkStart w:name="z1105" w:id="1082"/>
+    <w:bookmarkEnd w:id="1117"/>
+    <w:bookmarkStart w:name="z1105" w:id="1118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) по иску о принуждении – ответчик в части фактов, ставших основанием для отказа в принятии испрашиваемого административного акта, и истец в части фактов, которыми обосновывается принятие благоприятного для него административного акта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1082"/>
-    <w:bookmarkStart w:name="z1106" w:id="1083"/>
+    <w:bookmarkEnd w:id="1118"/>
+    <w:bookmarkStart w:name="z1106" w:id="1119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если ответчик ссылается на наличие фактических условий, исключающих вынесение в конкретном случае желаемого истцом административного акта, обязанность по доказыванию таких условий лежит на данном ответчике;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1083"/>
-    <w:bookmarkStart w:name="z1107" w:id="1084"/>
+    <w:bookmarkEnd w:id="1119"/>
+    <w:bookmarkStart w:name="z1107" w:id="1120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) по иску о совершении действия – ответчик в части фактов, которые явились основанием для отказа в совершении испрашиваемого действия (бездействия), и истец в части благоприятных для него фактов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1084"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z1109" w:id="1086"/>
+    <w:bookmarkEnd w:id="1120"/>
+    <w:bookmarkStart w:name="z1108" w:id="1121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) по иску о признании – истец в части фактов, подтверждающих наличие или отсутствие какого-либо правоотношения, и ответчик в части фактов, обосновывающих правомерность обременяющего административного акта, не имеющего больше юридической силы, а также какого-либо совершенного действия (бездействия);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1121"/>
+    <w:bookmarkStart w:name="z1646" w:id="1122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) по иску об оспаривании законности подзаконного нормативного правового акта (его положений) – уполномоченный орган, должностное лицо, принявшие оспариваемый подзаконный нормативный правовой акт.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1122"/>
+    <w:bookmarkStart w:name="z1109" w:id="1123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Ответчик может ссылаться лишь на те обоснования, которые упомянуты в административном акте.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1086"/>
-    <w:bookmarkStart w:name="z1110" w:id="1087"/>
+    <w:bookmarkEnd w:id="1123"/>
+    <w:bookmarkStart w:name="z1110" w:id="1124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Если после исследования всех доказательств остается недоказанным какой-либо факт, обусловливающий исход административного дела, то отрицательные последствия результатов рассмотрения и разрешения административного дела несет сторона, несущая бремя доказывания этого факта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1087"/>
+    <w:bookmarkEnd w:id="1124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 129 с изменением, внесенным Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 130. Особенности доказывания</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1112" w:id="1088"/>
+    <w:bookmarkStart w:name="z1112" w:id="1125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Суд обязан оказывать содействие в устранении формальных ошибок, уточнении неясных выражений, подаче ходатайств по существу административного дела, дополнении неполных фактических данных, представлении всех письменных объяснений, имеющих значение для полного определения и объективной оценки обстоятельств административного дела, на всех стадиях процесса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1088"/>
-    <w:bookmarkStart w:name="z1113" w:id="1089"/>
+    <w:bookmarkEnd w:id="1125"/>
+    <w:bookmarkStart w:name="z1113" w:id="1126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Если представленные участниками административного процесса доказательства являются недостаточными, суд собирает их по собственной инициативе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1089"/>
-    <w:bookmarkStart w:name="z1114" w:id="1090"/>
+    <w:bookmarkEnd w:id="1126"/>
+    <w:bookmarkStart w:name="z1114" w:id="1127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Участники административного процесса обязаны оказывать суду содействие в исследовании фактических обстоятельств административного дела и сборе доказательств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1090"/>
-    <w:bookmarkStart w:name="z1115" w:id="1091"/>
+    <w:bookmarkEnd w:id="1127"/>
+    <w:bookmarkStart w:name="z1115" w:id="1128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Суд не связан заявлением стороны о допустимости доказательств, которое разрешается при вынесении окончательного решения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1091"/>
-    <w:bookmarkStart w:name="z1116" w:id="1092"/>
+    <w:bookmarkEnd w:id="1128"/>
+    <w:bookmarkStart w:name="z1116" w:id="1129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Участники административного процесса обязаны представлять истребуемые судом документы, а также необходимые сведения. Суд может потребовать эти документы к определенному сроку. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1092"/>
-    <w:bookmarkStart w:name="z1117" w:id="1093"/>
+    <w:bookmarkEnd w:id="1129"/>
+    <w:bookmarkStart w:name="z1117" w:id="1130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К данным документам участники административного процесса обязаны приложить электронные документы, документы либо выписки из них, на которые они ссылаются.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1093"/>
-    <w:bookmarkStart w:name="z1118" w:id="1094"/>
+    <w:bookmarkEnd w:id="1130"/>
+    <w:bookmarkStart w:name="z1118" w:id="1131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Лица, участвующие в административном деле, не вправе уничтожать или скрывать какое-либо доказательство либо иным образом препятствовать его исследованию и оценке, делая невозможным или затруднительным получение доказательств. В таком случае суд может возложить бремя доказывания на препятствующую сторону независимо от правил, установленных частью второй </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 129</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1094"/>
-    <w:bookmarkStart w:name="z1119" w:id="1095"/>
+    <w:bookmarkEnd w:id="1131"/>
+    <w:bookmarkStart w:name="z1119" w:id="1132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. В случаях неизвещения суда о невозможности представления доказательства в установленный им срок, а также неисполнения обязанности представить требуемое судом доказательство по причинам, признанным судом неуважительными, суд вправе наложить денежное взыскание в порядке, установленном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 127</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1095"/>
-    <w:bookmarkStart w:name="z1120" w:id="1096"/>
+    <w:bookmarkEnd w:id="1132"/>
+    <w:bookmarkStart w:name="z1120" w:id="1133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. В случае, если раскрытие содержания данных документов или актов может причинить ущерб охраняемым законом интересам либо они содержат сведения, составляющие государственные секреты или иную охраняемую законом тайну, суд выносит определение об исследовании данных документов или актов, а также сведений в закрытом судебном заседании.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1096"/>
-    <w:bookmarkStart w:name="z1121" w:id="1097"/>
+    <w:bookmarkEnd w:id="1133"/>
+    <w:bookmarkStart w:name="z1121" w:id="1134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 20. АДМИНИСТРАТИВНЫЙ ИСК, ЕГО ФОРМА, СОДЕРЖАНИЕ И ВИДЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1097"/>
+    <w:bookmarkEnd w:id="1134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 131. Административный иск, его форма и содержание</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1123" w:id="1098"/>
+    <w:bookmarkStart w:name="z1123" w:id="1135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. В административном суде административное дело возбуждается на основании иска.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1098"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z1125" w:id="1100"/>
+    <w:bookmarkEnd w:id="1135"/>
+    <w:bookmarkStart w:name="z1124" w:id="1136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для целей настоящего Кодекса под исками понимаются и иные обращения в суд, предусмотренные законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1136"/>
+    <w:bookmarkStart w:name="z1125" w:id="1137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исками, подаваемыми в суд, являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1100"/>
-    <w:bookmarkStart w:name="z1126" w:id="1101"/>
+    <w:bookmarkEnd w:id="1137"/>
+    <w:bookmarkStart w:name="z1126" w:id="1138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) иск об оспаривании;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1101"/>
-    <w:bookmarkStart w:name="z1127" w:id="1102"/>
+    <w:bookmarkEnd w:id="1138"/>
+    <w:bookmarkStart w:name="z1127" w:id="1139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) иск о принуждении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1102"/>
-    <w:bookmarkStart w:name="z1128" w:id="1103"/>
+    <w:bookmarkEnd w:id="1139"/>
+    <w:bookmarkStart w:name="z1128" w:id="1140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) иск о совершении действия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1103"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z1130" w:id="1105"/>
+    <w:bookmarkEnd w:id="1140"/>
+    <w:bookmarkStart w:name="z1129" w:id="1141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) иск о признании;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1141"/>
+    <w:bookmarkStart w:name="z1647" w:id="1142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) иск об оспаривании законности подзаконного нормативного правового акта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1142"/>
+    <w:bookmarkStart w:name="z1130" w:id="1143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Иск подается в суд в письменной форме либо в форме электронного документа, удостоверенного посредством электронной цифровой подписи истца и (или) его представителя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1105"/>
-    <w:bookmarkStart w:name="z1131" w:id="1106"/>
+    <w:bookmarkEnd w:id="1143"/>
+    <w:bookmarkStart w:name="z1131" w:id="1144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В иске должны быть указаны: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1106"/>
-    <w:bookmarkStart w:name="z1132" w:id="1107"/>
+    <w:bookmarkEnd w:id="1144"/>
+    <w:bookmarkStart w:name="z1132" w:id="1145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наименование суда, в который подается иск;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1107"/>
-    <w:bookmarkStart w:name="z1133" w:id="1108"/>
+    <w:bookmarkEnd w:id="1145"/>
+    <w:bookmarkStart w:name="z1133" w:id="1146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) фамилия, имя и отчество (если оно указано в документе, удостоверяющем личность) истца, если истцом является физическое лицо, его место жительства, дата и место его рождения, наименование представителя и его адрес, если иск подается представителем; номера телефонов, адреса электронной почты истца, его представителя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1108"/>
-    <w:bookmarkStart w:name="z1134" w:id="1109"/>
+    <w:bookmarkEnd w:id="1146"/>
+    <w:bookmarkStart w:name="z1134" w:id="1147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       наименование истца, если истцом является юридическое лицо или иная организация, место его нахождения, бизнес-идентификационный номер и банковские реквизиты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1109"/>
-    <w:bookmarkStart w:name="z1135" w:id="1110"/>
+    <w:bookmarkEnd w:id="1147"/>
+    <w:bookmarkStart w:name="z1135" w:id="1148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) наименование ответчика, место нахождения, банковские реквизиты (если они известны истцу) и бизнес-идентификационный номер (если он известен истцу). В иске должны быть указаны номера телефонов и электронный адрес ответчика, если они известны истцу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1110"/>
-    <w:bookmarkStart w:name="z1136" w:id="1111"/>
+    <w:bookmarkEnd w:id="1148"/>
+    <w:bookmarkStart w:name="z1136" w:id="1149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) содержание исковых требований (предмет иска) и изложение обстоятельств, которыми истец обосновывает свои требования (основания иска), суть нарушения или угрозы нарушения прав, свобод и законных интересов истца. В случае подачи иска к нескольким ответчикам – содержание исковых требований в отношении каждого из ответчиков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1111"/>
-    <w:bookmarkStart w:name="z1137" w:id="1112"/>
+    <w:bookmarkEnd w:id="1149"/>
+    <w:bookmarkStart w:name="z1137" w:id="1150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) сведения о соблюдении досудебного порядка обращения к ответчику, если это установлено законом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1112"/>
-    <w:bookmarkStart w:name="z1138" w:id="1113"/>
+    <w:bookmarkEnd w:id="1150"/>
+    <w:bookmarkStart w:name="z1138" w:id="1151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) перечень документов и других прилагаемых материалов (при наличии).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1113"/>
-    <w:bookmarkStart w:name="z1139" w:id="1114"/>
+    <w:bookmarkEnd w:id="1151"/>
+    <w:bookmarkStart w:name="z1139" w:id="1152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. В иске, как правило, также указываются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1114"/>
-    <w:bookmarkStart w:name="z1140" w:id="1115"/>
+    <w:bookmarkEnd w:id="1152"/>
+    <w:bookmarkStart w:name="z1140" w:id="1153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) обоснованное мнение истца о нарушении ответчиком его прав, свобод и законных интересов, об установлении препятствий к их осуществлению либо о незаконном наложении на него какой-либо обязанности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1115"/>
-    <w:bookmarkStart w:name="z1141" w:id="1116"/>
+    <w:bookmarkEnd w:id="1153"/>
+    <w:bookmarkStart w:name="z1141" w:id="1154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в случае необходимости – письменное ходатайство об отсрочке, рассрочке, освобождении от уплаты государственной пошлины; о назначении судебной экспертизы; об истребовании доказательств; о вызове свидетелей; об обеспечении иска и другие ходатайства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1116"/>
-    <w:bookmarkStart w:name="z1142" w:id="1117"/>
+    <w:bookmarkEnd w:id="1154"/>
+    <w:bookmarkStart w:name="z1142" w:id="1155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. В подтверждение обстоятельств, которыми обосновываются исковые требования, истец представляет доказательства, а в случае невозможности указывает доказательства, которые не может самостоятельно представить, с указанием соответствующих причин.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1117"/>
-    <w:bookmarkStart w:name="z1143" w:id="1118"/>
+    <w:bookmarkEnd w:id="1155"/>
+    <w:bookmarkStart w:name="z1143" w:id="1156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Иск подписывается истцом или его представителем при наличии полномочия на его подписание. Если иск подается представителем, то в нем указываются имя представителя, его почтовый адрес, а также номера телефонов, адрес электронной почты, если таковые имеются. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1118"/>
-    <w:bookmarkStart w:name="z1144" w:id="1119"/>
+    <w:bookmarkEnd w:id="1156"/>
+    <w:bookmarkStart w:name="z1144" w:id="1157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. В случае обращения прокурора в интересах гражданина в иске должно содержаться обоснование причин невозможности предъявления иска самим лицом. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1119"/>
-    <w:bookmarkStart w:name="z1145" w:id="1120"/>
+    <w:bookmarkEnd w:id="1157"/>
+    <w:bookmarkStart w:name="z1145" w:id="1158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Документы, прилагаемые к иску, представляются, как правило, в подлинниках. При невозможности представления документов в подлинниках они могут быть представлены в заверенных в установленном законом порядке копиях. Если копия документа не может быть заверена ввиду отсутствия подлинника, в иске должна быть изложена причина невозможности совершения таких действий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1120"/>
-    <w:bookmarkStart w:name="z1146" w:id="1121"/>
+    <w:bookmarkEnd w:id="1158"/>
+    <w:bookmarkStart w:name="z1146" w:id="1159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. К иску прилагаются: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1121"/>
-    <w:bookmarkStart w:name="z1147" w:id="1122"/>
+    <w:bookmarkEnd w:id="1159"/>
+    <w:bookmarkStart w:name="z1147" w:id="1160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) копии иска и приложенных к нему документов по числу участников административного процесса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1122"/>
-    <w:bookmarkStart w:name="z1148" w:id="1123"/>
+    <w:bookmarkEnd w:id="1160"/>
+    <w:bookmarkStart w:name="z1148" w:id="1161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) документ, подтверждающий уплату государственной пошлины, либо ходатайство об отсрочке по уплате государственной пошлины по основаниям, предусмотренным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1123"/>
-    <w:bookmarkStart w:name="z1149" w:id="1124"/>
+    <w:bookmarkEnd w:id="1161"/>
+    <w:bookmarkStart w:name="z1149" w:id="1162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) доверенность или иной документ, удостоверяющий полномочия представителя; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1124"/>
-    <w:bookmarkStart w:name="z1150" w:id="1125"/>
+    <w:bookmarkEnd w:id="1162"/>
+    <w:bookmarkStart w:name="z1150" w:id="1163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) документы, подтверждающие обстоятельства, на которых истец основывает свои требования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1125"/>
-    <w:bookmarkStart w:name="z1151" w:id="1126"/>
+    <w:bookmarkEnd w:id="1163"/>
+    <w:bookmarkStart w:name="z1151" w:id="1164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) документы, подтверждающие соблюдение досудебного порядка урегулирования спора, если этот порядок установлен законом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1126"/>
-    <w:bookmarkStart w:name="z1152" w:id="1127"/>
+    <w:bookmarkEnd w:id="1164"/>
+    <w:bookmarkStart w:name="z1152" w:id="1165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) копии устава, свидетельства или справки о государственной регистрации, если иск предъявлен юридическим лицом, и другие документы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1127"/>
-    <w:bookmarkStart w:name="z1153" w:id="1128"/>
+    <w:bookmarkEnd w:id="1165"/>
+    <w:bookmarkStart w:name="z1153" w:id="1166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) копии инвестиционного контракта, заключенного между инвестором и уполномоченным государственным органом, а также документы, подтверждающие инвестиционную деятельность инвестора, если иск предъявлен в порядке части третьей </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1128"/>
+    <w:bookmarkEnd w:id="1166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 131 с изменением, внесенным Законом РК от 12.12.2023 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 131 с изменениями, внесенными законами РК от 12.12.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 46-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2024).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2024); от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 132. Иск об оспаривании</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1155" w:id="1129"/>
+    <w:bookmarkStart w:name="z1155" w:id="1167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При нарушении обременяющим административным актом прав, свобод и законных интересов истца он вправе предъявить иск об оспаривании с требованием отменить административный акт полностью или в какой-либо его части.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1129"/>
+    <w:bookmarkEnd w:id="1167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 133. Иск о принуждении</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1157" w:id="1130"/>
+    <w:bookmarkStart w:name="z1157" w:id="1168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. По иску о принуждении истец может потребовать принять благоприятный административный акт, в принятии которого было отказано либо не принятый по причине бездействия административного органа, должностного лица. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1130"/>
-    <w:bookmarkStart w:name="z1158" w:id="1131"/>
+    <w:bookmarkEnd w:id="1168"/>
+    <w:bookmarkStart w:name="z1158" w:id="1169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В таких случаях отдельного требования об оспаривании отказа не требуется.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1131"/>
-    <w:bookmarkStart w:name="z1159" w:id="1132"/>
+    <w:bookmarkEnd w:id="1169"/>
+    <w:bookmarkStart w:name="z1159" w:id="1170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Иск о принуждении может содержать требование об обязанности ответчика не принимать обременяющий административный акт.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1132"/>
+    <w:bookmarkEnd w:id="1170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 134. Иск о совершении действия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1161" w:id="1133"/>
+    <w:bookmarkStart w:name="z1161" w:id="1171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. По иску о совершении действия истец может потребовать совершить определенные действия или воздержаться от таких действий, которые не направлены на принятие административного акта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1133"/>
-    <w:bookmarkStart w:name="z1162" w:id="1134"/>
+    <w:bookmarkEnd w:id="1171"/>
+    <w:bookmarkStart w:name="z1162" w:id="1172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. По иску о совершении действия истец может потребовать также представления предусмотренного законом соответствующего документа в случае признания административного акта принятым вследствие непринятия административного акта в установленный законом срок по этому же предмету.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1134"/>
+    <w:bookmarkEnd w:id="1172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 135. Иск о признании</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1164" w:id="1135"/>
+    <w:bookmarkStart w:name="z1164" w:id="1173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. По иску о признании истец может потребовать признать наличие или отсутствие какого-либо правоотношения, если он не может подать иск в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -30056,363 +33618,544 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>134</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1135"/>
-    <w:bookmarkStart w:name="z1165" w:id="1136"/>
+    <w:bookmarkEnd w:id="1173"/>
+    <w:bookmarkStart w:name="z1165" w:id="1174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. По иску о признании истец может также потребовать признать обременяющий административный акт, не имеющий больше юридической силы, незаконным.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1136"/>
-    <w:bookmarkStart w:name="z1166" w:id="1137"/>
+    <w:bookmarkEnd w:id="1174"/>
+    <w:bookmarkStart w:name="z1166" w:id="1175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Иск о признании может быть подан в случае достаточной заинтересованности истца в установлении данных отношений в кратчайшие сроки. Интерес истца в установлении правоотношений может иметь правовой, моральный или материальный характер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1137"/>
+    <w:bookmarkEnd w:id="1175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>Статья 135-1. Иск об оспаривании законности подзаконного нормативного правового акта (его положений)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1649" w:id="1176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По иску об оспаривании законности подзаконного нормативного правового акта (его положений) истец может потребовать признать подзаконный нормативный правовой акт противоречащим закону (кроме Конституции Республики Казахстан) полностью или в отдельной его части.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 20 дополнена статьей 135-1 в соответствии с Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>Статья 136. Срок на подачу иска</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1168" w:id="1138"/>
+    <w:bookmarkStart w:name="z1168" w:id="1177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Иски об оспаривании, о принуждении подаются в суд в течение месяца со дня вручения решения органа, рассматривающего жалобу по результатам рассмотрения жалобы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1138"/>
-    <w:bookmarkStart w:name="z1169" w:id="1139"/>
+    <w:bookmarkEnd w:id="1177"/>
+    <w:bookmarkStart w:name="z1169" w:id="1178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае, если законом не предусмотрен досудебный порядок или отсутствует орган, рассматривающий жалобу, иск подается в течение одного месяца со дня вручения административного акта или с момента доведения до сведения в порядке, установленном настоящим Кодексом и законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1139"/>
-    <w:bookmarkStart w:name="z1170" w:id="1140"/>
+    <w:bookmarkEnd w:id="1178"/>
+    <w:bookmarkStart w:name="z1170" w:id="1179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Иск о совершении действия предъявляется в суд в течение месяца со дня, когда лицу стало известно о совершении действия, а также когда истек срок, установленный законодательством Республики Казахстан для совершения действия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1140"/>
-    <w:bookmarkStart w:name="z1171" w:id="1141"/>
+    <w:bookmarkEnd w:id="1179"/>
+    <w:bookmarkStart w:name="z1171" w:id="1180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Иск о признании предъявляется в суд в течение пяти лет с момента возникновения соответствующего правоотношения. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1141"/>
-    <w:bookmarkStart w:name="z1172" w:id="1142"/>
+    <w:bookmarkEnd w:id="1180"/>
+    <w:bookmarkStart w:name="z1172" w:id="1181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Требование о признании обременяющего административного акта, не имеющего больше юридической силы, незаконным может быть заявлено в течение трех месяцев со дня, когда лицу стало известно о нарушении данным актом его прав, свобод и законных интересов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1142"/>
-    <w:bookmarkStart w:name="z1173" w:id="1143"/>
+    <w:bookmarkEnd w:id="1181"/>
+    <w:bookmarkStart w:name="z1650" w:id="1182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1. Иск об оспаривании законности подзаконного нормативного правового акта (его положений) подается в суд в течение трех месяцев со дня, когда истцу стало известно о нарушении и (или) возможном нарушении данным актом его прав, свобод и законных интересов, которые гарантированы Конституцией Республики Казахстан и законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1182"/>
+    <w:bookmarkStart w:name="z1173" w:id="1183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Иск на действия (бездействие) судебного исполнителя по исполнению исполнительных документов подается в суд в течение десяти рабочих дней со дня совершения действия (отказа в совершении действия) или со дня, когда взыскателю или должнику, не извещенному о времени и месте совершения действия судебным исполнителем, стало о нем известно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1143"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z1175" w:id="1145"/>
+    <w:bookmarkEnd w:id="1183"/>
+    <w:bookmarkStart w:name="z1174" w:id="1184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Лицо, не участвовавшее в административной процедуре, права, свободы и законные интересы которого затрагиваются административным актом, вправе подать иск в суд в течение месяца со дня, когда лицо узнало или могло узнать о принятии административного акта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1184"/>
+    <w:bookmarkStart w:name="z1175" w:id="1185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Лицо, подавшее жалобу в орган, рассматривающий жалобу, вправе обратиться с иском в суд в течение месяца с момента вручения решения по жалобе либо по истечении срока на рассмотрение жалобы, если не принято решение по жалобе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1145"/>
-    <w:bookmarkStart w:name="z1176" w:id="1146"/>
+    <w:bookmarkEnd w:id="1185"/>
+    <w:bookmarkStart w:name="z1176" w:id="1186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Пропущенный по уважительной причине срок на подачу иска может быть восстановлен судом по правилам Гражданского процессуального кодекса Республики Казахстан. Причины пропуска сроков на подачу иска в суд и их значение для правильного разрешения административного дела выясняются судом в предварительном слушании.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1146"/>
-    <w:bookmarkStart w:name="z1177" w:id="1147"/>
+    <w:bookmarkEnd w:id="1186"/>
+    <w:bookmarkStart w:name="z1177" w:id="1187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Пропуск срока на подачу иска в суд без уважительной причины, а также невозможность восстановления пропущенного срока обращения в суд являются основанием для возвращения иска.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1147"/>
-    <w:bookmarkStart w:name="z1178" w:id="1148"/>
+    <w:bookmarkEnd w:id="1187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 136 с изменением, внесенным Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1178" w:id="1188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 21. ДЕЙСТВИЯ СУДА ПО ПОСТУПИВШЕМУ ДЕЛУ И ПРЕДВАРИТЕЛЬНОЕ СЛУШАНИЕ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1148"/>
+    <w:bookmarkEnd w:id="1188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 137. Предъявление иска</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1180" w:id="1149"/>
+    <w:bookmarkStart w:name="z1180" w:id="1189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Предъявлением иска дело принимается к производству. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1149"/>
+    <w:bookmarkEnd w:id="1189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 138. Действия суда (судьи) по поступившему делу</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -30424,660 +34167,660 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 138 – в редакции Закона РК от 20.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 83-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1182" w:id="1150"/>
+    <w:bookmarkStart w:name="z1182" w:id="1190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. До начала судебного разбирательства судья производит все действия, распоряжения, которые необходимы для разрешения спора, по возможности в ходе одного судебного заседания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1150"/>
-    <w:bookmarkStart w:name="z1183" w:id="1151"/>
+    <w:bookmarkEnd w:id="1190"/>
+    <w:bookmarkStart w:name="z1183" w:id="1191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Суд (судья) выносит определение о возвращении иска по следующим основаниям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1151"/>
-    <w:bookmarkStart w:name="z1184" w:id="1152"/>
+    <w:bookmarkEnd w:id="1191"/>
+    <w:bookmarkStart w:name="z1184" w:id="1192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) истцом не соблюден установленный законом для данной категории дел порядок досудебного урегулирования спора и возможность применения этого порядка не утрачена; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1152"/>
-    <w:bookmarkStart w:name="z1185" w:id="1153"/>
+    <w:bookmarkEnd w:id="1192"/>
+    <w:bookmarkStart w:name="z1185" w:id="1193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) иск не соответствует требованиям части второй </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 131</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Кодекса и будет установлена невозможность устранения недостатков до предварительного слушания; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1153"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z1187" w:id="1155"/>
+    <w:bookmarkEnd w:id="1193"/>
+    <w:bookmarkStart w:name="z1186" w:id="1194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) иск подан недееспособным лицом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1194"/>
+    <w:bookmarkStart w:name="z1187" w:id="1195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4) заявление подписано лицом, не имеющим полномочий на его подписание или его предъявление; </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z1188" w:id="1156"/>
+      4) иск подписан лицом, не имеющим полномочий на его подписание или его предъявление; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1195"/>
+    <w:bookmarkStart w:name="z1188" w:id="1196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) в производстве этого же или другого суда имеется дело по спору между теми же сторонами, о том же предмете и по тем же основаниям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1156"/>
-    <w:bookmarkStart w:name="z1189" w:id="1157"/>
+    <w:bookmarkEnd w:id="1196"/>
+    <w:bookmarkStart w:name="z1189" w:id="1197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) истцом отозван поданный иск;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1157"/>
-    <w:bookmarkStart w:name="z1190" w:id="1158"/>
+    <w:bookmarkEnd w:id="1197"/>
+    <w:bookmarkStart w:name="z1190" w:id="1198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) несмотря на требования суда, истец, не просивший о разбирательстве дела в его отсутствие, не явился в суд по вторичному вызову;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1158"/>
-    <w:bookmarkStart w:name="z1191" w:id="1159"/>
+    <w:bookmarkEnd w:id="1198"/>
+    <w:bookmarkStart w:name="z1191" w:id="1199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) лицо, в интересах которого возбуждено дело, не поддержало заявленного требования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1159"/>
-    <w:bookmarkStart w:name="z1192" w:id="1160"/>
+    <w:bookmarkEnd w:id="1199"/>
+    <w:bookmarkStart w:name="z1192" w:id="1200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) стороны заключили соглашение о примирении, медиации или об урегулировании спора в порядке партисипативной процедуры, и оно утверждено судом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1160"/>
-    <w:bookmarkStart w:name="z1193" w:id="1161"/>
+    <w:bookmarkEnd w:id="1200"/>
+    <w:bookmarkStart w:name="z1193" w:id="1201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) не уплачена или не доплачена государственная пошлина в порядке, установленном Гражданским процессуальным кодексом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1161"/>
-    <w:bookmarkStart w:name="z1194" w:id="1162"/>
+    <w:bookmarkEnd w:id="1201"/>
+    <w:bookmarkStart w:name="z1194" w:id="1202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11) дело не подлежит рассмотрению в порядке административного судопроизводства; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1162"/>
-    <w:bookmarkStart w:name="z1195" w:id="1163"/>
+    <w:bookmarkEnd w:id="1202"/>
+    <w:bookmarkStart w:name="z1195" w:id="1203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12) имеется вступившее в законную силу, вынесенное по спору между теми же сторонами, о том же предмете и по тем же основаниям решение суда или определение суда об утверждении соглашения о примирении, медиации или об урегулировании спора в порядке партисипативной процедуры; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1163"/>
-    <w:bookmarkStart w:name="z1196" w:id="1164"/>
+    <w:bookmarkEnd w:id="1203"/>
+    <w:bookmarkStart w:name="z1196" w:id="1204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) после смерти гражданина, являющегося одной из сторон по делу, спорное правоотношение не допускает правопреемства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1164"/>
-    <w:bookmarkStart w:name="z1197" w:id="1165"/>
+    <w:bookmarkEnd w:id="1204"/>
+    <w:bookmarkStart w:name="z1197" w:id="1205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) организация, выступающая стороной по делу, ликвидирована с прекращением ее деятельности и отсутствием правопреемников;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1165"/>
-    <w:bookmarkStart w:name="z1198" w:id="1166"/>
+    <w:bookmarkEnd w:id="1205"/>
+    <w:bookmarkStart w:name="z1198" w:id="1206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15) пропущен срок на подачу иска в суд без уважительной причины в соответствии с частью восьмой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 136</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Кодекса либо судом отказано в восстановлении пропущенного срока на предъявление иска;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1166"/>
-    <w:bookmarkStart w:name="z1199" w:id="1167"/>
+    <w:bookmarkEnd w:id="1206"/>
+    <w:bookmarkStart w:name="z1199" w:id="1207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) между сторонами в соответствии с законом заключено соглашение о передаче данного спора на разрешение арбитража, если иное не предусмотрено законом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1167"/>
-    <w:bookmarkStart w:name="z1200" w:id="1168"/>
+    <w:bookmarkEnd w:id="1207"/>
+    <w:bookmarkStart w:name="z1200" w:id="1208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) дело не подсудно данному суду.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1168"/>
-    <w:bookmarkStart w:name="z1201" w:id="1169"/>
+    <w:bookmarkEnd w:id="1208"/>
+    <w:bookmarkStart w:name="z1201" w:id="1209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Возврат иска не препятствует повторному обращению с иском в суд, за исключением подпунктов 3), 5), 9), 11), 12), 13), 14), 15) и 17) части второй настоящей статьи, к тому же ответчику, о том же предмете и по тем же основаниям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1169"/>
-    <w:bookmarkStart w:name="z1202" w:id="1170"/>
+    <w:bookmarkEnd w:id="1209"/>
+    <w:bookmarkStart w:name="z1202" w:id="1210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. В целях подготовки административного дела к предварительному слушанию судья:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1170"/>
-    <w:bookmarkStart w:name="z1203" w:id="1171"/>
+    <w:bookmarkEnd w:id="1210"/>
+    <w:bookmarkStart w:name="z1203" w:id="1211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) указывает истцу на устранимые недостатки иска и устанавливает срок для их исправления, как правило, не превышающий десяти рабочих дней со дня вручения такого требования, с разъяснением ему процессуальных последствий невыполнения требований суда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1171"/>
-    <w:bookmarkStart w:name="z1204" w:id="1172"/>
+    <w:bookmarkEnd w:id="1211"/>
+    <w:bookmarkStart w:name="z1204" w:id="1212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) производит необходимые для правильного и своевременного рассмотрения и разрешения административного дела процессуальные действия, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Гражданским процессуальным кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1172"/>
-    <w:bookmarkStart w:name="z1205" w:id="1173"/>
+    <w:bookmarkEnd w:id="1212"/>
+    <w:bookmarkStart w:name="z1205" w:id="1213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Судья обязывает ответчика представить письменный отзыв, подготовленный и оформленный в соответствии с требованиями Гражданского процессуального кодекса Республики Казахстан, и мотивированную позицию руководителя вышестоящего административного органа, должностного лица с административным делом (при наличии) в срок, не превышающий десяти рабочих дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1173"/>
-    <w:bookmarkStart w:name="z1466" w:id="1174"/>
+    <w:bookmarkEnd w:id="1213"/>
+    <w:bookmarkStart w:name="z1466" w:id="1214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Истец ознакомляется с отзывом и позицией на стадии предварительного слушания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1174"/>
-    <w:bookmarkStart w:name="z1467" w:id="1175"/>
+    <w:bookmarkEnd w:id="1214"/>
+    <w:bookmarkStart w:name="z1467" w:id="1215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Непредставление их в установленный судьей срок может являться основанием для применения денежного взыскания и не препятствует рассмотрению административного дела по существу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1175"/>
-    <w:bookmarkStart w:name="z1206" w:id="1176"/>
+    <w:bookmarkEnd w:id="1215"/>
+    <w:bookmarkStart w:name="z1206" w:id="1216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6. Судья проводит предварительное слушание в разумный срок, за исключением случаев, предусмотренных настоящим Кодексом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1176"/>
+    <w:bookmarkEnd w:id="1216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -31119,812 +34862,894 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 21.11.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 136-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 139. Обеспечение иска</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1210" w:id="1177"/>
+    <w:bookmarkStart w:name="z1210" w:id="1217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Основания, меры обеспечения иска, их замена и отмена, порядок обеспечения иска определяются правилами Гражданского процессуального кодекса Республики Казахстан, за исключением особенностей, предусмотренных настоящей статьей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1177"/>
-    <w:bookmarkStart w:name="z1211" w:id="1178"/>
+    <w:bookmarkEnd w:id="1217"/>
+    <w:bookmarkStart w:name="z1211" w:id="1218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Заявление об обеспечении иска, поступившее одновременно с иском, рассматривается судьей в течение пяти рабочих дней со дня поступления иска.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1178"/>
-    <w:bookmarkStart w:name="z1212" w:id="1179"/>
+    <w:bookmarkEnd w:id="1218"/>
+    <w:bookmarkStart w:name="z1212" w:id="1219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При поступлении заявления об обеспечении иска по истечении данного пятидневного срока заявление разрешается судьей не позднее следующего рабочего дня после его поступления в суд.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1179"/>
+    <w:bookmarkEnd w:id="1219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 140. Отмена приостановления действия административного акта</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1214" w:id="1180"/>
+    <w:bookmarkStart w:name="z1214" w:id="1220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ответчик вправе обратиться с мотивированным ходатайством о необходимости незамедлительного приведения в действие оспариваемого административного акта в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 96</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1180"/>
-    <w:bookmarkStart w:name="z1215" w:id="1181"/>
+    <w:bookmarkEnd w:id="1220"/>
+    <w:bookmarkStart w:name="z1215" w:id="1221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Такое ходатайство может быть заявлено на любой стадии административного процесса и рассматривается судьей в соответствии с правилами о мерах по обеспечению иска.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1181"/>
-    <w:bookmarkStart w:name="z1216" w:id="1182"/>
+    <w:bookmarkEnd w:id="1221"/>
+    <w:bookmarkStart w:name="z1216" w:id="1222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При вынесении решения об отклонении иска об оспаривании, а также в любой момент до вступления решения в законную силу суд по мотивированному ходатайству участников административного процесса отменяет приостановление действия или исполнение оспоренного административного акта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1182"/>
+    <w:bookmarkEnd w:id="1222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 141. Порядок представления документов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1218" w:id="1183"/>
+    <w:bookmarkStart w:name="z1218" w:id="1223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Для представления письменных (в бумажной и (или) электронной форме) ходатайств, возражений, объяснений и связанных с ними документов судья устанавливает сторонам необходимые сроки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1183"/>
-    <w:bookmarkStart w:name="z1219" w:id="1184"/>
+    <w:bookmarkEnd w:id="1223"/>
+    <w:bookmarkStart w:name="z1219" w:id="1224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Указанные документы, поступившие в суд по истечении установленного судом срока, принимаются, если стороной обоснована невозможность их представления в установленный судом срок и они поступили до вынесения решения судом. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1184"/>
-    <w:bookmarkStart w:name="z1220" w:id="1185"/>
+    <w:bookmarkEnd w:id="1224"/>
+    <w:bookmarkStart w:name="z1220" w:id="1225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. К ходатайствам, возражениям, объяснениям должны быть приложены полные оригиналы документов или их заверенные в установленном порядке копии, на которые они ссылаются, либо выписки из них.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1185"/>
-    <w:bookmarkStart w:name="z1221" w:id="1186"/>
+    <w:bookmarkEnd w:id="1225"/>
+    <w:bookmarkStart w:name="z1221" w:id="1226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Суд обеспечивает ознакомление сторон с поступившими документами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1186"/>
+    <w:bookmarkEnd w:id="1226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 142. Изменение и отзыв иска. Признание иска</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1223" w:id="1187"/>
+    <w:bookmarkStart w:name="z1223" w:id="1227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. До удаления суда для вынесения решения истец вправе отозвать иск полностью или в части, а ответчик – признать иск полностью или в части путем подачи письменного заявления. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1187"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z1225" w:id="1189"/>
+    <w:bookmarkEnd w:id="1227"/>
+    <w:bookmarkStart w:name="z1224" w:id="1228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Истец вправе изменить основание и (или) предмет иска, увеличить или уменьшить размер исковых требований путем подачи письменного заявления до удаления суда для вынесения решения. Течение срока рассмотрения административного дела исчисляется со дня предъявления первоначального требования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1228"/>
+    <w:bookmarkStart w:name="z1225" w:id="1229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Суд при изменении предмета иска рассматривает вопросы, предусмотренные частями второй и четвертой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 138</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Кодекса, а также предоставляет время ответчику на подготовку нового письменного отзыва.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1189"/>
-    <w:bookmarkStart w:name="z1226" w:id="1190"/>
+    <w:bookmarkEnd w:id="1229"/>
+    <w:bookmarkStart w:name="z1226" w:id="1230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Стороны вправе совершить такие действия как по собственной инициативе, так и по итогам выражения судьей предварительного мнения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1190"/>
-    <w:bookmarkStart w:name="z1227" w:id="1191"/>
+    <w:bookmarkEnd w:id="1230"/>
+    <w:bookmarkStart w:name="z1227" w:id="1231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Суд не вправе по своей инициативе изменять предмет иска.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1191"/>
-    <w:bookmarkStart w:name="z1228" w:id="1192"/>
+    <w:bookmarkEnd w:id="1231"/>
+    <w:bookmarkStart w:name="z1228" w:id="1232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В случае поступления заявления истца об отзыве иска полностью в судебном заседании или предварительном слушании суд разъясняет последствия отзыва иска. В иных случаях судья возвращает иск без вызова участников административного процесса с возвратом государственной пошлины.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1192"/>
-    <w:bookmarkStart w:name="z1229" w:id="1193"/>
+    <w:bookmarkEnd w:id="1232"/>
+    <w:bookmarkStart w:name="z1229" w:id="1233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. До принятия признания ответчиком иска суд разъясняет сторонам процессуальные последствия. Признание иска ответчиком освобождает суд от обязанности исследования доказательств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1193"/>
-    <w:bookmarkStart w:name="z1230" w:id="1194"/>
+    <w:bookmarkEnd w:id="1233"/>
+    <w:bookmarkStart w:name="z1230" w:id="1234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае частичного признания иска исследование доказательств производится только в той части, в которой иск ответчиком не признан, и разрешается при вынесении решения по существу спора. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1194"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="1195"/>
+    <w:bookmarkEnd w:id="1234"/>
+    <w:bookmarkStart w:name="z1231" w:id="1235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Суд не принимает изменение иска или его отзыв, признание иска ответчиком, если эти действия противоречат закону либо нарушают чьи-либо права, свободы или законные интересы, а также в апелляционном и кассационном пересмотре. В этом случае рассмотрение административного дела продолжается в общем порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 142 с изменением, внесенным Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 143. Предварительное слушание</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1233" w:id="1196"/>
+    <w:bookmarkStart w:name="z1233" w:id="1236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. В предварительном слушании суд:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1196"/>
-    <w:bookmarkStart w:name="z1234" w:id="1197"/>
+    <w:bookmarkEnd w:id="1236"/>
+    <w:bookmarkStart w:name="z1234" w:id="1237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) разрешает вопрос о составе участников административного процесса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1197"/>
-    <w:bookmarkStart w:name="z1235" w:id="1198"/>
+    <w:bookmarkEnd w:id="1237"/>
+    <w:bookmarkStart w:name="z1235" w:id="1238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) выясняет причины пропуска срока и разрешает вопрос о восстановлении пропущенного срока. В случае отказа в восстановлении пропущенного срока возвращает иск;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1198"/>
-    <w:bookmarkStart w:name="z1236" w:id="1199"/>
+    <w:bookmarkEnd w:id="1238"/>
+    <w:bookmarkStart w:name="z1236" w:id="1239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) обсуждает возможность заключения соглашения о примирении, медиации или об урегулировании спора в порядке партисипативной процедуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1199"/>
-    <w:bookmarkStart w:name="z1237" w:id="1200"/>
+    <w:bookmarkEnd w:id="1239"/>
+    <w:bookmarkStart w:name="z1237" w:id="1240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) разъясняет сторонам о возможности рассмотрения административного дела в порядке письменного производства при их согласии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1200"/>
-    <w:bookmarkStart w:name="z1238" w:id="1201"/>
+    <w:bookmarkEnd w:id="1240"/>
+    <w:bookmarkStart w:name="z1238" w:id="1241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) обязывает лиц, не участвующих в административном деле, представить необходимые суду материалы и документы; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1201"/>
-    <w:bookmarkStart w:name="z1239" w:id="1202"/>
+    <w:bookmarkEnd w:id="1241"/>
+    <w:bookmarkStart w:name="z1239" w:id="1242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) совершает иные действия, направленные на разрешение административного дела.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1202"/>
-    <w:bookmarkStart w:name="z1240" w:id="1203"/>
+    <w:bookmarkEnd w:id="1242"/>
+    <w:bookmarkStart w:name="z1240" w:id="1243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По административным делам об оспаривании решений, заключений, предписаний уполномоченного органа по итогам проверки проведения государственных закупок, решения заказчика, организатора государственных закупок, единого организатора государственных закупок, принятого в рамках рассмотрения жалоб на итоги государственных закупок, а также действий (бездействия) судебных исполнителей, предварительное слушание осуществляется не позднее двадцати рабочих дней со дня предъявления иска в суд.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1203"/>
-    <w:bookmarkStart w:name="z1439" w:id="1204"/>
+    <w:bookmarkEnd w:id="1243"/>
+    <w:bookmarkStart w:name="z1439" w:id="1244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Предварительное слушание административных дел по спорам, предусмотренным частью третьей </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Кодекса, должно быть проведено не позднее одного месяца со дня предъявления иска в суд.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1204"/>
-    <w:bookmarkStart w:name="z1241" w:id="1205"/>
+    <w:bookmarkEnd w:id="1244"/>
+    <w:bookmarkStart w:name="z1241" w:id="1245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В предварительном слушании обеспечивается полное раскрытие фактических данных без их исследования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1205"/>
-    <w:bookmarkStart w:name="z1242" w:id="1206"/>
+    <w:bookmarkEnd w:id="1245"/>
+    <w:bookmarkStart w:name="z1242" w:id="1246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. По результатам предварительного слушания суд вправе назначить повторное предварительное слушание.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1206"/>
+    <w:bookmarkEnd w:id="1246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -31980,262 +35805,262 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 144. Доступ к материалам административного дела</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1244" w:id="1207"/>
+    <w:bookmarkStart w:name="z1244" w:id="1247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Размещение документов и материалов административного дела на электронных сервисах суда приравнивается к направлению документов лицам, участвующим в административном деле.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1207"/>
-    <w:bookmarkStart w:name="z1245" w:id="1208"/>
+    <w:bookmarkEnd w:id="1247"/>
+    <w:bookmarkStart w:name="z1245" w:id="1248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ознакомление с документами и материалами административного дела в судах в форме электронного документа осуществляется в порядке, установленном законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1208"/>
+    <w:bookmarkEnd w:id="1248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 145. Назначение судебного разбирательства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1247" w:id="1209"/>
+    <w:bookmarkStart w:name="z1247" w:id="1249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Судья, признав административное дело подготовленным, извещает стороны и других участников административного процесса о месте и времени рассмотрения административного дела.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1209"/>
-    <w:bookmarkStart w:name="z1248" w:id="1210"/>
+    <w:bookmarkEnd w:id="1249"/>
+    <w:bookmarkStart w:name="z1248" w:id="1250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 22. СУДЕБНОЕ РАЗБИРАТЕЛЬСТВО</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1210"/>
+    <w:bookmarkEnd w:id="1250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 146. Сроки судебного разбирательства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1250" w:id="1211"/>
+    <w:bookmarkStart w:name="z1250" w:id="1251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Административное дело рассматривается и разрешается в разумные сроки, но не более трех месяцев со дня предъявления иска.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1211"/>
-    <w:bookmarkStart w:name="z1251" w:id="1212"/>
+    <w:bookmarkEnd w:id="1251"/>
+    <w:bookmarkStart w:name="z1251" w:id="1252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По административным делам особой сложности этот срок может быть продлен мотивированным определением суда на разумный срок, но не более чем на три месяца.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1212"/>
-    <w:bookmarkStart w:name="z1252" w:id="1213"/>
+    <w:bookmarkEnd w:id="1252"/>
+    <w:bookmarkStart w:name="z1252" w:id="1253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Определение о продлении срока судебного разбирательства обжалованию, пересмотру по ходатайству прокурора не подлежит.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1213"/>
-    <w:bookmarkStart w:name="z1253" w:id="1214"/>
+    <w:bookmarkEnd w:id="1253"/>
+    <w:bookmarkStart w:name="z1253" w:id="1254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Административные дела об оспаривании решений, заключений, предписаний уполномоченного органа по итогам проверки проведения государственных закупок, решения заказчика, организатора государственных закупок, единого организатора государственных закупок, принятого в рамках рассмотрения жалоб на итоги государственных закупок, и действий (бездействия) судебного исполнителя рассматриваются и разрешаются в течение десяти рабочих дней со дня назначения его к разбирательству в судебном заседании.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1214"/>
-    <w:bookmarkStart w:name="z1254" w:id="1215"/>
+    <w:bookmarkEnd w:id="1254"/>
+    <w:bookmarkStart w:name="z1254" w:id="1255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Приостановление производства по административному делу осуществляется по правилам Гражданского процессуального кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1215"/>
+    <w:bookmarkEnd w:id="1255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -32285,385 +36110,385 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 147. Порядок и особенности проведения судебного разбирательства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1256" w:id="1216"/>
+    <w:bookmarkStart w:name="z1256" w:id="1256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Судебное разбирательство, включая порядок проведения судебного заседания, полномочия председательствующего, порядок составления протокола, в том числе краткого, фиксации судебного заседания, разрешения судом ходатайств и исследования доказательств, осуществляется по правилам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Гражданского процессуального кодекса</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, за исключением особенностей, установленных настоящей статьей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1216"/>
-    <w:bookmarkStart w:name="z1257" w:id="1217"/>
+    <w:bookmarkEnd w:id="1256"/>
+    <w:bookmarkStart w:name="z1257" w:id="1257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом краткий протокол должен сопровождаться текстовой расшифровкой аудиозаписи, полученной путем автоматического распознавания текста.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1217"/>
-    <w:bookmarkStart w:name="z1258" w:id="1218"/>
+    <w:bookmarkEnd w:id="1257"/>
+    <w:bookmarkStart w:name="z1258" w:id="1258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. После судебных прений по административному делу суд удаляется для вынесения решения. Суд оглашает резолютивную часть решения в зале судебного заседания. После оглашения резолютивной части решения суда председательствующий разъясняет правовые основания и последствия его принятия, порядок и сроки обжалования решения, объявляет о дате изготовления решения в окончательной форме и когда лица, участвующие в административном деле, могут получить его копию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1218"/>
-    <w:bookmarkStart w:name="z1259" w:id="1219"/>
+    <w:bookmarkEnd w:id="1258"/>
+    <w:bookmarkStart w:name="z1259" w:id="1259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. В случае неявки лиц, участвующих в административном деле, оглашение решения в судебном заседании не производится.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1219"/>
-    <w:bookmarkStart w:name="z1260" w:id="1220"/>
+    <w:bookmarkEnd w:id="1259"/>
+    <w:bookmarkStart w:name="z1260" w:id="1260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Если оглашение резолютивной части решения не производится непосредственно по окончании судебного заседания, то председательствующий обязан объявить лицам, находящимся в зале судебного заседания, дату и время оглашения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1220"/>
-    <w:bookmarkStart w:name="z1261" w:id="1221"/>
+    <w:bookmarkEnd w:id="1260"/>
+    <w:bookmarkStart w:name="z1261" w:id="1261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Предусмотренный настоящей статьей порядок оглашения распространяется на иные судебные акты, которыми завершается производство по делу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1221"/>
-    <w:bookmarkStart w:name="z1262" w:id="1222"/>
+    <w:bookmarkEnd w:id="1261"/>
+    <w:bookmarkStart w:name="z1262" w:id="1262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 23. ПИСЬМЕННОЕ ПРОИЗВОДСТВО</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1222"/>
+    <w:bookmarkEnd w:id="1262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 148. Письменное разбирательство</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1264" w:id="1223"/>
+    <w:bookmarkStart w:name="z1264" w:id="1263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Суд с согласия сторон вправе рассмотреть административное дело в письменном разбирательстве в разумный срок, но не более чем до трех месяцев со дня предъявления иска.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1223"/>
-    <w:bookmarkStart w:name="z1265" w:id="1224"/>
+    <w:bookmarkEnd w:id="1263"/>
+    <w:bookmarkStart w:name="z1265" w:id="1264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По административным делам особой сложности этот срок может быть продлен мотивированным определением суда на разумный срок, но не более чем на три месяца.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1224"/>
-    <w:bookmarkStart w:name="z1266" w:id="1225"/>
+    <w:bookmarkEnd w:id="1264"/>
+    <w:bookmarkStart w:name="z1266" w:id="1265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Определение о продлении срока судебного разбирательства обжалованию, пересмотру по ходатайству прокурора не подлежит.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1225"/>
-    <w:bookmarkStart w:name="z1267" w:id="1226"/>
+    <w:bookmarkEnd w:id="1265"/>
+    <w:bookmarkStart w:name="z1267" w:id="1266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Суд переходит в устное разбирательство, если поступило ходатайство стороны об отзыве ранее выраженного согласия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1226"/>
-    <w:bookmarkStart w:name="z1268" w:id="1227"/>
+    <w:bookmarkEnd w:id="1266"/>
+    <w:bookmarkStart w:name="z1268" w:id="1267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Суд вправе по собственному усмотрению перейти к устному разбирательству, если это необходимо для правильного разрешения дела.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1227"/>
-    <w:bookmarkStart w:name="z1269" w:id="1228"/>
+    <w:bookmarkEnd w:id="1267"/>
+    <w:bookmarkStart w:name="z1269" w:id="1268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. В порядке письменного разбирательства административное дело рассматривается без проведения устного разбирательства. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1228"/>
-    <w:bookmarkStart w:name="z1270" w:id="1229"/>
+    <w:bookmarkEnd w:id="1268"/>
+    <w:bookmarkStart w:name="z1270" w:id="1269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. При рассмотрении административного дела в таком порядке судом исследуются доказательства, представленные сторонами и истребованные по собственной инициативе, и по ним принимается решение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1229"/>
-    <w:bookmarkStart w:name="z1271" w:id="1230"/>
+    <w:bookmarkEnd w:id="1269"/>
+    <w:bookmarkStart w:name="z1271" w:id="1270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. При письменном разбирательстве суд назначает срок, в течение которого можно представить дополнительные ходатайства и документы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1230"/>
+    <w:bookmarkEnd w:id="1270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -32699,1336 +36524,1517 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 149. Особенности исследования доказательств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1273" w:id="1231"/>
+    <w:bookmarkStart w:name="z1273" w:id="1271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Исследование доказательств, предмет и пределы доказывания устанавливаются нормами Гражданского процессуального кодекса Республики Казахстан с учетом характера письменного производства и особенностей, установленных настоящей статьей. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1231"/>
-    <w:bookmarkStart w:name="z1274" w:id="1232"/>
+    <w:bookmarkEnd w:id="1271"/>
+    <w:bookmarkStart w:name="z1274" w:id="1272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Стороны административного процесса вправе оспорить относимость, допустимость и достоверность письменного доказательства, за исключением лиц, представивших такое доказательство.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1232"/>
-    <w:bookmarkStart w:name="z1275" w:id="1233"/>
+    <w:bookmarkEnd w:id="1272"/>
+    <w:bookmarkStart w:name="z1275" w:id="1273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Суд в письменном разбирательстве вправе отступить от соблюдения правил, установленных Гражданским процессуальным кодексом Республики Казахстан для собирания (представления) и исследования доказательств, предусмотренного для устного разбирательства, если это способствует быстрому разрешению административного дела.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1233"/>
-    <w:bookmarkStart w:name="z1276" w:id="1234"/>
+    <w:bookmarkEnd w:id="1273"/>
+    <w:bookmarkStart w:name="z1276" w:id="1274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для совершения отдельного процессуального действия или разрешения процессуального вопроса суд может назначить устное судебное заседание.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1234"/>
-    <w:bookmarkStart w:name="z1277" w:id="1235"/>
+    <w:bookmarkEnd w:id="1274"/>
+    <w:bookmarkStart w:name="z1277" w:id="1275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Такое судебное заседание осуществляется по правилам устного судебного разбирательства, насколько это допускает сущность письменного разбирательства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1235"/>
-    <w:bookmarkStart w:name="z1278" w:id="1236"/>
+    <w:bookmarkEnd w:id="1275"/>
+    <w:bookmarkStart w:name="z1278" w:id="1276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом суд может потребовать представить необходимую информацию и доказательства в письменной форме.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1236"/>
-    <w:bookmarkStart w:name="z1279" w:id="1237"/>
+    <w:bookmarkEnd w:id="1276"/>
+    <w:bookmarkStart w:name="z1279" w:id="1277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       После проведения необходимого устного судебного разбирательства дальнейшее осуществление письменного производства продолжается без вынесения дополнительных определений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1237"/>
+    <w:bookmarkEnd w:id="1277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 150. Решение по административному делу, рассматриваемому в порядке письменного производства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1281" w:id="1238"/>
+    <w:bookmarkStart w:name="z1281" w:id="1278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Решение по административному делу, рассмотренному в порядке письменного производства, принимается с учетом правил, установленных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главой 24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Кодекса и соответствующих существу письменного производства, и может быть обжаловано в апелляционном и кассационном порядках. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1238"/>
-    <w:bookmarkStart w:name="z1282" w:id="1239"/>
+    <w:bookmarkEnd w:id="1278"/>
+    <w:bookmarkStart w:name="z1282" w:id="1279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 24. РЕШЕНИЕ СУДА</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1239"/>
+    <w:bookmarkEnd w:id="1279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 151. Вынесение решения суда</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1284" w:id="1240"/>
+    <w:bookmarkStart w:name="z1284" w:id="1280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Судебный акт, которым суд разрешает спор по существу, выносится в форме решения. Решение может быть вынесено в краткой форме.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1240"/>
-    <w:bookmarkStart w:name="z1285" w:id="1241"/>
+    <w:bookmarkEnd w:id="1280"/>
+    <w:bookmarkStart w:name="z1285" w:id="1281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Решение выносится после разбирательства административного дела и изготавливается не позднее десяти рабочих дней со дня окончания устного разбирательства. В исключительных случаях с учетом сложности административного дела решение суда изготавливается не позднее одного месяца со дня окончания устного разбирательства. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1241"/>
-    <w:bookmarkStart w:name="z1286" w:id="1242"/>
+    <w:bookmarkEnd w:id="1281"/>
+    <w:bookmarkStart w:name="z1286" w:id="1282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Датой вынесения решения являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1242"/>
-    <w:bookmarkStart w:name="z1287" w:id="1243"/>
+    <w:bookmarkEnd w:id="1282"/>
+    <w:bookmarkStart w:name="z1287" w:id="1283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       для устного производства – день объявления решения по административному делу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1243"/>
-    <w:bookmarkStart w:name="z1288" w:id="1244"/>
+    <w:bookmarkEnd w:id="1283"/>
+    <w:bookmarkStart w:name="z1288" w:id="1284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       для письменного производства – дата, указанная в решении суда.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1244"/>
+    <w:bookmarkEnd w:id="1284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 152. Содержание решения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1290" w:id="1245"/>
+    <w:bookmarkStart w:name="z1290" w:id="1285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Суд выносит решение на основании своего внутреннего убеждения, основанного на результатах непосредственного исследования обстоятельств административного дела. Решение выносится именем Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1245"/>
-    <w:bookmarkStart w:name="z1291" w:id="1246"/>
+    <w:bookmarkEnd w:id="1285"/>
+    <w:bookmarkStart w:name="z1291" w:id="1286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Решение суда состоит из вводной, описательной, мотивировочной и резолютивной частей. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1246"/>
-    <w:bookmarkStart w:name="z1292" w:id="1247"/>
+    <w:bookmarkEnd w:id="1286"/>
+    <w:bookmarkStart w:name="z1292" w:id="1287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Содержание вводной, описательной и резолютивной частей решения суда, а также порядок исправления в них явных описок и арифметических ошибок, вынесения дополнительного решения определяются в соответствии с требованиями </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Гражданского процессуального кодекса</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, за исключением вопроса о разъяснении решения суда.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1247"/>
-    <w:bookmarkStart w:name="z1293" w:id="1248"/>
+    <w:bookmarkEnd w:id="1287"/>
+    <w:bookmarkStart w:name="z1293" w:id="1288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В резолютивной части решения суд указывает о наступлении правовых последствий его неисполнения с учетом требований, установленных частями пятой и девятой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 127</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Кодекса и в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1248"/>
-    <w:bookmarkStart w:name="z1294" w:id="1249"/>
+    <w:bookmarkEnd w:id="1288"/>
+    <w:bookmarkStart w:name="z1294" w:id="1289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Мотивировочная часть решения суда содержит:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1249"/>
-    <w:bookmarkStart w:name="z1295" w:id="1250"/>
+    <w:bookmarkEnd w:id="1289"/>
+    <w:bookmarkStart w:name="z1295" w:id="1290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) обстоятельства спора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1250"/>
-    <w:bookmarkStart w:name="z1296" w:id="1251"/>
+    <w:bookmarkEnd w:id="1290"/>
+    <w:bookmarkStart w:name="z1296" w:id="1291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) исковые требования и их обоснования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1251"/>
-    <w:bookmarkStart w:name="z1297" w:id="1252"/>
+    <w:bookmarkEnd w:id="1291"/>
+    <w:bookmarkStart w:name="z1297" w:id="1292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) доказательства, на которых суд основывает свое решение;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1252"/>
-    <w:bookmarkStart w:name="z1298" w:id="1253"/>
+    <w:bookmarkEnd w:id="1292"/>
+    <w:bookmarkStart w:name="z1298" w:id="1293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) доводы, по которым суд отклонил какие-либо доказательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1253"/>
-    <w:bookmarkStart w:name="z1299" w:id="1254"/>
+    <w:bookmarkEnd w:id="1293"/>
+    <w:bookmarkStart w:name="z1299" w:id="1294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) обоснование, почему суд не согласен с каждым из доводов участников административного процесса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1254"/>
-    <w:bookmarkStart w:name="z1300" w:id="1255"/>
+    <w:bookmarkEnd w:id="1294"/>
+    <w:bookmarkStart w:name="z1300" w:id="1295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) нормы законодательства Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1255"/>
-    <w:bookmarkStart w:name="z1301" w:id="1256"/>
+    <w:bookmarkEnd w:id="1295"/>
+    <w:bookmarkStart w:name="z1301" w:id="1296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) выводы суда по каждому из заявленных требований.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1256"/>
-    <w:bookmarkStart w:name="z1302" w:id="1257"/>
+    <w:bookmarkEnd w:id="1296"/>
+    <w:bookmarkStart w:name="z1302" w:id="1297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае признания иска ответчиком в мотивировочной части может быть указано лишь на признание иска и принятие его судом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1257"/>
-    <w:bookmarkStart w:name="z1303" w:id="1258"/>
+    <w:bookmarkEnd w:id="1297"/>
+    <w:bookmarkStart w:name="z1303" w:id="1298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Решение суда выносится в письменной форме и подписывается судьей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1258"/>
+    <w:bookmarkEnd w:id="1298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 153. Краткое решение</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1305" w:id="1259"/>
+    <w:bookmarkStart w:name="z1305" w:id="1299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Краткое решение состоит из вводной, мотивировочной и резолютивной частей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1259"/>
-    <w:bookmarkStart w:name="z1306" w:id="1260"/>
+    <w:bookmarkEnd w:id="1299"/>
+    <w:bookmarkStart w:name="z1306" w:id="1300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В мотивировочной части решения доказательства могут перечисляться без раскрытия их содержания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1260"/>
-    <w:bookmarkStart w:name="z1307" w:id="1261"/>
+    <w:bookmarkEnd w:id="1300"/>
+    <w:bookmarkStart w:name="z1307" w:id="1301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. При несогласии с доводами истца или отклонении представленного им доказательства суд вправе лишь сослаться на решение по результатам досудебного рассмотрения жалобы, если считает изложенные в нем обоснования исчерпывающими. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1261"/>
-    <w:bookmarkStart w:name="z1308" w:id="1262"/>
+    <w:bookmarkEnd w:id="1301"/>
+    <w:bookmarkStart w:name="z1308" w:id="1302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. По ходатайству сторон, но не позднее десяти рабочих дней с момента вручения краткого решения суда суд обязан изготовить решение. Текст полного решения изготавливается не позднее десяти рабочих дней с момента поступления такого ходатайства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1262"/>
+    <w:bookmarkEnd w:id="1302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 154. Законность и обоснованность решения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1310" w:id="1263"/>
+    <w:bookmarkStart w:name="z1310" w:id="1303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Решение суда должно быть законным и обоснованным.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1263"/>
-    <w:bookmarkStart w:name="z1311" w:id="1264"/>
+    <w:bookmarkEnd w:id="1303"/>
+    <w:bookmarkStart w:name="z1311" w:id="1304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Решение суда признается законным, если оно вынесено с соблюдением всех требований закона и на основе закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1264"/>
-    <w:bookmarkStart w:name="z1312" w:id="1265"/>
+    <w:bookmarkEnd w:id="1304"/>
+    <w:bookmarkStart w:name="z1312" w:id="1305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Решение признается обоснованным, если оно вынесено на основании всестороннего и объективного исследования в судебном заседании представленных суду доказательств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1265"/>
+    <w:bookmarkEnd w:id="1305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 155. Вопросы, разрешаемые судом при вынесении решения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1314" w:id="1266"/>
+    <w:bookmarkStart w:name="z1314" w:id="1306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. При вынесении решения суд оценивает доказательства и определяет, какие обстоятельства установлены, какой правовой акт должен быть применен по данному административному делу и подлежит ли иск удовлетворению. Если в административном деле предъявлено несколько требований, то суд выносит решение по всем требованиям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1266"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z1316" w:id="1268"/>
+    <w:bookmarkEnd w:id="1306"/>
+    <w:bookmarkStart w:name="z1315" w:id="1307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. При осуществлении административным органом, должностным лицом административного усмотрения суд также проверяет, не превышены ли пределы, установленные законодательством Республики Казахстан, и соответствует ли осуществление административного усмотрения целям данного полномочия административного органа, должностного лица по принятию административного акта или совершению действия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1307"/>
+    <w:bookmarkStart w:name="z1316" w:id="1308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Признание административного акта или его части незаконными, влечет его отмену, а также отмену всех юридических последствий, вытекающих из него либо из его части, если иное не указано в судебном решении.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1268"/>
-    <w:bookmarkStart w:name="z1317" w:id="1269"/>
+    <w:bookmarkEnd w:id="1308"/>
+    <w:bookmarkStart w:name="z1317" w:id="1309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Суд отказывает в удовлетворении иска, если при его рассмотрении установит, что оспариваемое действие (бездействие) совершено, решение принято в соответствии с компетенцией и законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1269"/>
-    <w:bookmarkStart w:name="z1318" w:id="1270"/>
+    <w:bookmarkEnd w:id="1309"/>
+    <w:bookmarkStart w:name="z1318" w:id="1310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В решении указывается срок, в течение которого решение суда должно быть исполнено.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1270"/>
+    <w:bookmarkEnd w:id="1310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 155 с изменением, внесенным Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 156. Решение по иску об оспаривании</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1320" w:id="1271"/>
+    <w:bookmarkStart w:name="z1320" w:id="1311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Если иск об оспаривании обременяющего административного акта, затрагивающего права, свободы и законные интересы истца, является обоснованным и суд признает его незаконность, то он отменяет его полностью или в какой-либо части.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1271"/>
-    <w:bookmarkStart w:name="z1321" w:id="1272"/>
+    <w:bookmarkEnd w:id="1311"/>
+    <w:bookmarkStart w:name="z1321" w:id="1312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В случае признания незаконности обременяющего административного акта, который на момент принятия решения уже исполнен или исполняется, суд вправе понудить ответчика отменить исполнение и потребовать совершения действий по возвращению истца в первоначальное положение в установленный в решении срок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1272"/>
+    <w:bookmarkEnd w:id="1312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 157. Решение по иску о принуждении</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1323" w:id="1273"/>
+    <w:bookmarkStart w:name="z1323" w:id="1313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. В случае, если непринятие административного акта, являющееся результатом отказа от вынесения административного акта либо бездействия ответчика, противоречит закону или послужило причиной нарушения прав, свобод и законных интересов истца, суд возлагает на административный орган обязательство принять административный акт.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1273"/>
-    <w:bookmarkStart w:name="z1324" w:id="1274"/>
+    <w:bookmarkEnd w:id="1313"/>
+    <w:bookmarkStart w:name="z1324" w:id="1314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Суд вправе наложить на ответчика обязанность не принимать обременяющий административный акт.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1274"/>
-    <w:bookmarkStart w:name="z1325" w:id="1275"/>
+    <w:bookmarkEnd w:id="1314"/>
+    <w:bookmarkStart w:name="z1325" w:id="1315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Суд в решении может определить содержание и срок принятия административного акта, а также иные имеющие существенное значение для административного дела обстоятельства, за исключением разрешения вопросов целесообразности. Такое решение суда заменяет административный акт до его принятия. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1275"/>
-    <w:bookmarkStart w:name="z1326" w:id="1276"/>
+    <w:bookmarkEnd w:id="1315"/>
+    <w:bookmarkStart w:name="z1326" w:id="1316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае невозможности вынесения конкретного решения об удовлетворении требований истца при наличии административного усмотрения суд возлагает на ответчика обязательство о принятии с учетом правовой позиции суда соответствующего административного акта в пользу истца.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1276"/>
+    <w:bookmarkEnd w:id="1316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 158. Решение по иску о совершении действия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1328" w:id="1277"/>
+    <w:bookmarkStart w:name="z1328" w:id="1317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. При признании иска о совершении действия обоснованным и законным суд обязывает ответчика совершить конкретные действия и устанавливает срок для их исполнения. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1277"/>
-    <w:bookmarkStart w:name="z1329" w:id="1278"/>
+    <w:bookmarkEnd w:id="1317"/>
+    <w:bookmarkStart w:name="z1329" w:id="1318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если истец одновременно требует признать противоправность конкретного совершенного действия ответчика, суд в решении признает, что фактическое действие административного органа было противоправным.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1278"/>
-    <w:bookmarkStart w:name="z1330" w:id="1279"/>
+    <w:bookmarkEnd w:id="1318"/>
+    <w:bookmarkStart w:name="z1330" w:id="1319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. При признании иска о запрете действия обоснованным и законным суд запрещает ответчику совершать конкретные действия в последующем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1279"/>
+    <w:bookmarkEnd w:id="1319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 159. Решение по иску о признании</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1332" w:id="1280"/>
+    <w:bookmarkStart w:name="z1332" w:id="1320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. При удовлетворении иска о признании суд признает наличие или отсутствие какого-либо правоотношения или его содержание, если такие требования были заявлены как самостоятельные.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1280"/>
-    <w:bookmarkStart w:name="z1333" w:id="1281"/>
+    <w:bookmarkEnd w:id="1320"/>
+    <w:bookmarkStart w:name="z1333" w:id="1321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Суд также вправе признать обременяющий административный акт, не имеющий больше юридической силы, незаконным, если иск о признании является обоснованным и законным, а признание данного обстоятельства является необходимым для восстановления нарушенных прав истца.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1281"/>
-    <w:bookmarkStart w:name="z1334" w:id="1282"/>
+    <w:bookmarkEnd w:id="1321"/>
+    <w:bookmarkStart w:name="z1334" w:id="1322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Суд также вправе по требованию истца признать незаконным обременяющий административный акт, если он уже отменен или его действие утратило силу иным способом, в том числе в какой-либо его части.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1282"/>
+    <w:bookmarkEnd w:id="1322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>Статья 159-1. Решение по иску об оспаривании законности подзаконного нормативного правового акта (его положений)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1652" w:id="1323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Суд, признав обоснованным иск об оспаривании законности подзаконного нормативного правового акта (его положений), выносит решение об удовлетворении иска. В решении указываются, каким законам (кроме Конституции Республики Казахстан) и в какой части противоречит оспариваемый подзаконный нормативный правовой акт, и признание подзаконного нормативного правового акта недействующим полностью или в отдельной его части с момента принятия акта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1323"/>
+    <w:bookmarkStart w:name="z1653" w:id="1324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Решение суда о признании незаконным подзаконного нормативного правового акта (его положений) или сообщение о нем должно быть опубликовано в средствах массовой информации за счет средств органа, его принявшего (издавшего). Опубликование должно быть осуществлено не позднее десяти календарных дней со дня вступления решения суда в законную силу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 24 дополнена статьей 159-1 в соответствии с Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>Статья 160. Разрешение требования о возмещении убытков</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1336" w:id="1283"/>
+    <w:bookmarkStart w:name="z1336" w:id="1325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Истец вправе предъявить одновременно с исками, указанными в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -34083,201 +38089,263 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>135</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Кодекса, требование о возмещении убытков, состоящих с этими требованиями в причинно-следственных связях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1283"/>
-    <w:bookmarkStart w:name="z1337" w:id="1284"/>
+    <w:bookmarkEnd w:id="1325"/>
+    <w:bookmarkStart w:name="z1337" w:id="1326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В случае удовлетворения соответствующих требований суд в решении определяет размер причиненных убытков.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1284"/>
+    <w:bookmarkEnd w:id="1326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 161. Вступление решения суда в законную силу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1339" w:id="1285"/>
+    <w:bookmarkStart w:name="z1339" w:id="1327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Решение суда первой инстанции, если оно не было обращено к немедленному исполнению, вступает в законную силу по истечении срока на апелляционное обжалование, если не поданы апелляционные жалоба, ходатайство.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1285"/>
-    <w:bookmarkStart w:name="z1340" w:id="1286"/>
+    <w:bookmarkEnd w:id="1327"/>
+    <w:bookmarkStart w:name="z1340" w:id="1328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случаях пропуска срока на апелляционное обжалование, принесение ходатайства и отказа в восстановлении срока судом решение вступает в законную силу по истечении срока обжалования определения об отказе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1286"/>
-    <w:bookmarkStart w:name="z1341" w:id="1287"/>
+    <w:bookmarkEnd w:id="1328"/>
+    <w:bookmarkStart w:name="z1341" w:id="1329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 25. ПРОИЗВОДСТВО ПО АДМИНИСТРАТИВНЫМ ДЕЛАМ О ЗАЩИТЕ ИЗБИРАТЕЛЬНЫХ ПРАВ ГРАЖДАН И ОБЩЕСТВЕННЫХ ОБЪЕДИНЕНИЙ, УЧАСТВУЮЩИХ В ВЫБОРАХ, РЕСПУБЛИКАНСКОМ РЕФЕРЕНДУМЕ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1287"/>
+    <w:bookmarkEnd w:id="1329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 162. Подача иска</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1343" w:id="1288"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="1288"/>
+    <w:bookmarkStart w:name="z1343" w:id="1330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Гражданин, общественное объединение, член избирательной комиссии, доверенные лица кандидатов и политических партий, представители политических партий с правом совещательного голоса, наблюдатели политических партий, иных аккредитованных общественных объединений, некоммерческих организаций, считающие, что решением, действием (бездействием) государственного органа, органа местного государственного управления и самоуправления, избирательной комиссии, предприятия, организации, их должностными лицами нарушается право избирать или быть избранными, участвовать в выборах, референдуме, вправе подать иск в суд по подсудности, установленной главой 16 настоящего Кодекса и другими законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 162 с изменением, внесенным Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 163. Рассмотрение административного дела о защите избирательных прав граждан и общественных объединений, участвующих в выборах, республиканском референдуме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1345" w:id="1289"/>
+    <w:bookmarkStart w:name="z1345" w:id="1331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Иск, поступивший в период подготовки и проведения выборов, республиканского референдума, а также в течение месяца со дня голосования, должен быть рассмотрен в пятидневный срок, а поступивший менее чем за пять дней до голосования, в день голосования и до объявления итогов выборов, республиканского референдума, – немедленно, если иное не предусмотрено конституционными законами Республики Казахстан </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -34292,129 +38360,129 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"О республиканском референдуме"</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1289"/>
-    <w:bookmarkStart w:name="z1346" w:id="1290"/>
+    <w:bookmarkEnd w:id="1331"/>
+    <w:bookmarkStart w:name="z1346" w:id="1332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Иск об обжаловании решения избирательной комиссии о необходимости исправления в списках избирателей (выборщиков) должен быть рассмотрен в день поступления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1290"/>
-    <w:bookmarkStart w:name="z1347" w:id="1291"/>
+    <w:bookmarkEnd w:id="1332"/>
+    <w:bookmarkStart w:name="z1347" w:id="1333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Иск рассматривается судом с участием истца, представителя соответствующей избирательной комиссии или государственного органа, органа местного государственного управления и самоуправления, предприятия, организации, прокурора. Неявка в суд указанных лиц, надлежащим образом извещенных о времени и месте судебного заседания, не является препятствием для рассмотрения и разрешения административного дела.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1291"/>
+    <w:bookmarkEnd w:id="1333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 164. Решение суда, его обжалование, пересмотр по апелляционному ходатайству прокурора, опротестование и исполнение</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1349" w:id="1292"/>
+    <w:bookmarkStart w:name="z1349" w:id="1334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Решение суда, которым иск признан обоснованным, является основанием для восстановления нарушенного избирательного права.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1292"/>
-    <w:bookmarkStart w:name="z1350" w:id="1293"/>
+    <w:bookmarkEnd w:id="1334"/>
+    <w:bookmarkStart w:name="z1350" w:id="1335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. На решение суда первой инстанции может быть подана апелляционная жалоба, принесено апелляционное ходатайство прокурором в течение трех дней со дня вручения копии решения, если иное не предусмотрено конституционными законами Республики Казахстан </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -34429,149 +38497,149 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"О республиканском референдуме"</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1293"/>
-    <w:bookmarkStart w:name="z1351" w:id="1294"/>
+    <w:bookmarkEnd w:id="1335"/>
+    <w:bookmarkStart w:name="z1351" w:id="1336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Постановление суда апелляционной инстанции обжалованию и опротестованию не подлежит.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1294"/>
-    <w:bookmarkStart w:name="z1352" w:id="1295"/>
+    <w:bookmarkEnd w:id="1336"/>
+    <w:bookmarkStart w:name="z1352" w:id="1337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Решение суда по административным делам об оспаривании решений и действий (бездействия) Центральной избирательной комиссии Республики Казахстан, а также решений и действий (бездействия) Центральной комиссии референдума, вынесенное по правилам подсудности, предусмотренной статьей 105 настоящего Кодекса, вступает в законную силу со дня его оглашения и может быть обжаловано, опротестовано в кассационном порядке в течение трех дней со дня вручения копии решения, если иное не предусмотрено конституционными законами Республики Казахстан "О выборах в Республике Казахстан" и "О республиканском референдуме".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1295"/>
-    <w:bookmarkStart w:name="z1353" w:id="1296"/>
+    <w:bookmarkEnd w:id="1337"/>
+    <w:bookmarkStart w:name="z1353" w:id="1338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Апелляционные жалоба, ходатайство прокурора, кассационные жалоба, протест прокурора на решения, указанные в частях второй и третьей настоящей статьи, рассматриваются в трехдневный срок со дня поступления в суд, а поступившие менее чем за пять дней до голосования, в день голосования и до объявления итогов выборов, республиканского референдума, – немедленно, если иное не предусмотрено конституционными законами Республики Казахстан "О выборах в Республике Казахстан" и "О республиканском референдуме".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1296"/>
-    <w:bookmarkStart w:name="z1354" w:id="1297"/>
+    <w:bookmarkEnd w:id="1338"/>
+    <w:bookmarkStart w:name="z1354" w:id="1339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Решение суда, вступившее в законную силу, направляется в соответствующий государственный орган, орган местного государственного управления и самоуправления, предприятие, организацию, председателю избирательной комиссии. Должностные лица, виновные в неисполнении решения суда, несут ответственность, установленную законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1297"/>
-    <w:bookmarkStart w:name="z1355" w:id="1298"/>
+    <w:bookmarkEnd w:id="1339"/>
+    <w:bookmarkStart w:name="z1355" w:id="1340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 26. ПРОИЗВОДСТВО ПО АДМИНИСТРАТИВНЫМ ДЕЛАМ ОБ ОСПАРИВАНИИ РЕШЕНИЙ, ДЕЙСТВИЙ (БЕЗДЕЙСТВИЯ) АДМИНИСТРАТИВНЫХ ОРГАНОВ, НАРУШАЮЩИХ ПРАВА ГРАЖДАН НА УЧАСТИЕ В УГОЛОВНОМ СУДОПРОИЗВОДСТВЕ В КАЧЕСТВЕ ПРИСЯЖНОГО ЗАСЕДАТЕЛЯ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1298"/>
+    <w:bookmarkEnd w:id="1340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 26 с изменением, внесенным Законом РК от 14.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -34583,130 +38651,130 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие 01.07.2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 165. Подача иска</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1357" w:id="1299"/>
+    <w:bookmarkStart w:name="z1357" w:id="1341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Гражданин, считающий, что решением, действием (бездействием) административного органа нарушается право гражданина на участие в процедуре отбора для участия в уголовном судопроизводстве в качестве присяжного заседателя, вправе обратиться с иском в суд по подсудности, установленной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главой 16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1299"/>
-    <w:bookmarkStart w:name="z1358" w:id="1300"/>
+    <w:bookmarkEnd w:id="1341"/>
+    <w:bookmarkStart w:name="z1358" w:id="1342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. К иску должны быть приобщены доказательства, свидетельствующие о нарушении права гражданина на включение в единый список кандидатов в присяжные заседатели и участие в уголовном судопроизводстве в качестве присяжного заседателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1300"/>
-    <w:bookmarkStart w:name="z1359" w:id="1301"/>
+    <w:bookmarkEnd w:id="1342"/>
+    <w:bookmarkStart w:name="z1359" w:id="1343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Иск может быть подан в суд в течение семи рабочих дней с момента окончания срока ознакомления граждан с единым списком кандидатов в присяжные заседатели в соответствии с законодательством Республики Казахстан о присяжных заседателях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1301"/>
+    <w:bookmarkEnd w:id="1343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -34742,110 +38810,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 166. Рассмотрение административного дела</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1361" w:id="1302"/>
+    <w:bookmarkStart w:name="z1361" w:id="1344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Иск, поступивший в сроки, установленные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 165</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Кодекса, должен быть рассмотрен в течение двух рабочих дней, а поступивший в день окончания этого срока, – немедленно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1302"/>
-    <w:bookmarkStart w:name="z1362" w:id="1303"/>
+    <w:bookmarkEnd w:id="1344"/>
+    <w:bookmarkStart w:name="z1362" w:id="1345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Административное дело рассматривается судом с участием истца, представителя соответствующего административного органа. Неявка в суд указанных лиц, надлежащим образом извещенных о времени и месте судебного заседания, не является препятствием для рассмотрения и разрешения административного дела.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1303"/>
+    <w:bookmarkEnd w:id="1345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -34881,90 +38949,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 167. Решение суда и его исполнение</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1364" w:id="1304"/>
+    <w:bookmarkStart w:name="z1364" w:id="1346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Решение суда, которым установлено нарушение права гражданина на участие в процедуре отбора для участия в уголовном судопроизводстве в качестве присяжного заседателя, является основанием для внесения исправлений в единый список кандидатов в присяжные заседатели.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1304"/>
-    <w:bookmarkStart w:name="z1365" w:id="1305"/>
+    <w:bookmarkEnd w:id="1346"/>
+    <w:bookmarkStart w:name="z1365" w:id="1347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Решение суда направляется в соответствующий административный орган. Должностные лица, виновные в неисполнении решения суда, несут ответственность, установленную законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1305"/>
+    <w:bookmarkEnd w:id="1347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -34983,225 +39051,612 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие 01.07.2023).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1366" w:id="1306"/>
+    <w:bookmarkStart w:name="z1654" w:id="1348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:t xml:space="preserve"> Глава 26-1. Производство по административным делам об оспаривании законности подзаконного нормативного правового акта (его положений)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Кодекс дополнен главой 26-1 в соответствии с Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 167-1. Подача иска</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1656" w:id="1349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Гражданин или юридическое лицо, на которых распространяется действие подзаконного нормативного правового акта, считающие, что принятым подзаконным нормативным правовым актом (его положением) нарушаются и (или) могут быть нарушены их права и законные интересы, гарантированные Конституцией Республики Казахстан и законами Республики Казахстан, вправе обратиться в суд с иском об оспаривании законности подзаконного нормативного правового акта (его положений).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1349"/>
+    <w:bookmarkStart w:name="z1657" w:id="1350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прокурор в случае отклонения протеста на не соответствующий закону подзаконный нормативный правовой акт уполномоченным органом или должностным лицом, принявшим незаконный подзаконный нормативный правовой акт, либо вышестоящим уполномоченным органом или должностным лицом обращается в суд с иском об оспаривании законности подзаконного нормативного правового акта (его положений).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1350"/>
+    <w:bookmarkStart w:name="z1658" w:id="1351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Иск должен соответствовать требованиям, предусмотренным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 131</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Кодекса, и дополнительно содержать данные о наименовании уполномоченного органа, должностного лица, принявших оспариваемый подзаконный нормативный правовой акт (его положения), дате его принятия, какие права, свободы и охраняемые законом интересы гражданина или юридического лица нарушаются и (или) могут быть нарушены этим подзаконным нормативным правовым актом (его положениями), каким статьям или положениям законов Республики Казахстан (кроме Конституции Республики Казахстан) противоречит оспариваемый подзаконный нормативный правовой акт (его положения).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1351"/>
+    <w:bookmarkStart w:name="z1659" w:id="1352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. К иску приобщается копия оспариваемого подзаконного нормативного правового акта (его положений). При этом в случае официального опубликования подзаконного нормативного правового акта в иске указывается дата его опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1352"/>
+    <w:bookmarkStart w:name="z1660" w:id="1353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Подача иска в суд не приостанавливает действия подзаконного нормативного правового акта (его положений), кроме случаев обращения прокурора в суд о признании опротестованного подзаконного нормативного правового акта (его положений) незаконным до рассмотрения судом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 167-2. Рассмотрение административного дела об оспаривании законности подзаконного нормативного правового акта (его положений)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1662" w:id="1354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Гражданин или юридическое лицо, прокурор, обратившиеся в суд с иском об оспаривании законности подзаконного нормативного правового акта (его положений), а также уполномоченный орган, должностное лицо, принявшие подзаконный нормативный правовой акт, извещаются о времени и месте судебного заседания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1354"/>
+    <w:bookmarkStart w:name="z1663" w:id="1355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Административное дело рассматривается судом в месячный срок.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1355"/>
+    <w:bookmarkStart w:name="z1664" w:id="1356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В судебном заседании суд проверяет наличие компетенции уполномоченного органа, должностного лица, принявших подзаконный нормативный правовой акт, соответствие всего подзаконного нормативного правового акта (его положений) законам Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1356"/>
+    <w:bookmarkStart w:name="z1665" w:id="1357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Отказ лица, обратившегося в суд, от своего требования не является основанием для нерассмотрения административного дела. Признание требования уполномоченным органом, должностным лицом, принявшими подзаконный нормативный правовой акт, для суда необязательно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 167-3. Решение суда и его исполнение</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1667" w:id="1358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Суд, признав иск необоснованным, выносит решение об отказе в его удовлетворении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1358"/>
+    <w:bookmarkStart w:name="z1668" w:id="1359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Решение суда, которым подзаконный нормативный правовой акт полностью или его отдельные положения признаны не соответствующими закону (кроме Конституции Республики Казахстан) и недействующими, обязательно для уполномоченного органа или должностного лица, принявшего этот подзаконный нормативный правовой акт. Решение обязательно для неопределенного круга лиц, на права и свободы, законные интересы которых распространялось действие оспоренного подзаконного нормативного правового акта (его положений).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1359"/>
+    <w:bookmarkStart w:name="z1669" w:id="1360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Законность подзаконного нормативного правового акта (его положений) может быть оспорена вновь другими гражданами или юридическими лицами только в той его части, которая ранее не проверялась в судебном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1360"/>
+    <w:bookmarkStart w:name="z1670" w:id="1361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Решение суда о признании незаконным подзаконного нормативного правового акта (его положений) принимается с соблюдением правил, установленных статьей 159-1 настоящего Кодекса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1361"/>
+    <w:bookmarkStart w:name="z1366" w:id="1362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Глава 27. ПРОИЗВОДСТВО ПО ПЕРЕСМОТРУ СУДЕБНЫХ АКТОВ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1306"/>
+    <w:bookmarkEnd w:id="1362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 168. Порядок апелляционного обжалования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1368" w:id="1307"/>
+    <w:bookmarkStart w:name="z1368" w:id="1363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Порядок апелляционного обжалования и производство административного дела по апелляционной жалобе в суде апелляционной инстанции определяются правилами </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Гражданского процессуального кодекса</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, если иное не установлено настоящим Кодексом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1307"/>
-    <w:bookmarkStart w:name="z1369" w:id="1308"/>
+    <w:bookmarkEnd w:id="1363"/>
+    <w:bookmarkStart w:name="z1369" w:id="1364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Не вступившие в законную силу решения суда могут быть обжалованы участниками административного процесса в апелляционном порядке путем подачи апелляционной жалобы в течение двух месяцев со дня вынесения решения в окончательной форме. Апелляционное ходатайство прокурора может быть подано в течение двух месяцев со дня вынесения решения в окончательной форме по административным делам, предусмотренным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1308"/>
-    <w:bookmarkStart w:name="z1370" w:id="1309"/>
+    <w:bookmarkEnd w:id="1364"/>
+    <w:bookmarkStart w:name="z1370" w:id="1365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Частная жалоба, ходатайство прокурора на определение суда первой инстанции подаются в течение десяти рабочих дней со дня изготовления определения в окончательной форме.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1309"/>
-    <w:bookmarkStart w:name="z1371" w:id="1310"/>
+    <w:bookmarkEnd w:id="1365"/>
+    <w:bookmarkStart w:name="z1371" w:id="1366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Апелляционные жалоба, ходатайство прокурора по административным делам об оспаривании решений, заключений, предписаний уполномоченного органа по итогам проверки проведения государственных закупок, решения заказчика, организатора государственных закупок, единого организатора государственных закупок, принятого в рамках рассмотрения жалоб на итоги государственных закупок, и действий (бездействия) судебных исполнителей могут быть поданы в течение десяти рабочих дней со дня вынесения решения в окончательной форме, которое изготавливается не позднее десяти рабочих дней со дня оглашения решения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1310"/>
-    <w:bookmarkStart w:name="z1372" w:id="1311"/>
+    <w:bookmarkEnd w:id="1366"/>
+    <w:bookmarkStart w:name="z1372" w:id="1367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Право на принесение апелляционного ходатайства принадлежит прокурору, участвовавшему в рассмотрении административного дела.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1311"/>
+    <w:bookmarkEnd w:id="1367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -35320,111 +39775,111 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан в данном Конституционным Судом Республики Казахстан истолковании: в целях обеспечения соблюдения конституционного принципа равенства всех перед законом и судом при исчислении сроков для подачи апелляционных жалобы и ходатайства прокурора по указанным в этой норме категориям административных дел под днем вынесения решения следует понимать дату вынесения (изготовления) судебного решения в окончательной форме, как это установлено по всем другим административным делам.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1373" w:id="1312"/>
+    <w:bookmarkStart w:name="z1373" w:id="1368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Генеральный Прокурор Республики Казахстан и его заместители, Главный военный прокурор, Главный транспортный прокурор и их заместители, военные прокуроры регионов и гарнизонов, региональные транспортные прокуроры, прокуроры областей и приравненные к ним прокуроры и их заместители, прокуроры районов и приравненные к ним прокуроры в пределах своей компетенции вправе принести апелляционное ходатайство на решение независимо от участия в рассмотрении административного дела.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1312"/>
-    <w:bookmarkStart w:name="z1374" w:id="1313"/>
+    <w:bookmarkEnd w:id="1368"/>
+    <w:bookmarkStart w:name="z1374" w:id="1369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По истечении сроков на апелляционное обжалование, принесения ходатайства решение суда вступает в законную силу, если не были поданы апелляционные жалоба, ходатайство.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1313"/>
-    <w:bookmarkStart w:name="z1375" w:id="1314"/>
+    <w:bookmarkEnd w:id="1369"/>
+    <w:bookmarkStart w:name="z1375" w:id="1370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Апелляционные жалобы участников административного процесса, ходатайство прокурора на судебные акты судов первой инстанции рассматриваются областными и приравненными к ним судами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1314"/>
-    <w:bookmarkStart w:name="z1376" w:id="1315"/>
+    <w:bookmarkEnd w:id="1370"/>
+    <w:bookmarkStart w:name="z1376" w:id="1371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Апелляционные жалоба, ходатайство прокурора на судебные акты, вынесенные по делам, рассмотренным по правилам части третьей </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -35439,251 +39894,251 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Кодекса, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>части 1-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 27 Гражданского процессуального кодекса Республики Казахстан, рассматриваются судом столицы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1315"/>
-    <w:bookmarkStart w:name="z1377" w:id="1316"/>
+    <w:bookmarkEnd w:id="1371"/>
+    <w:bookmarkStart w:name="z1377" w:id="1372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Административное дело в суде апелляционной инстанции рассматривается и разрешается в разумные сроки, но не более трех месяцев со дня его поступления в суд.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1316"/>
-    <w:bookmarkStart w:name="z1378" w:id="1317"/>
+    <w:bookmarkEnd w:id="1372"/>
+    <w:bookmarkStart w:name="z1378" w:id="1373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По административным делам особой сложности этот срок может быть продлен мотивированным определением суда на разумный срок, но не более чем на три месяца.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1317"/>
-    <w:bookmarkStart w:name="z1379" w:id="1318"/>
+    <w:bookmarkEnd w:id="1373"/>
+    <w:bookmarkStart w:name="z1379" w:id="1374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Определение о продлении срока судебного разбирательства обжалованию, пересмотру по ходатайству прокурора не подлежит.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1318"/>
-    <w:bookmarkStart w:name="z1380" w:id="1319"/>
+    <w:bookmarkEnd w:id="1374"/>
+    <w:bookmarkStart w:name="z1380" w:id="1375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Предварительное слушание в суде апелляционной инстанции осуществляется по правилам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главы 21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1319"/>
-    <w:bookmarkStart w:name="z1381" w:id="1320"/>
+    <w:bookmarkEnd w:id="1375"/>
+    <w:bookmarkStart w:name="z1381" w:id="1376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Административное дело об оспаривании решений, заключений, предписаний уполномоченного органа по итогам проверки проведения государственных закупок, решения заказчика, организатора государственных закупок, единого организатора государственных закупок, принятого в рамках рассмотрения жалоб на итоги государственных закупок, и действий (бездействия) судебных исполнителей рассматривается в течение десяти рабочих дней со дня его поступления в суд.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1320"/>
-    <w:bookmarkStart w:name="z1382" w:id="1321"/>
+    <w:bookmarkEnd w:id="1376"/>
+    <w:bookmarkStart w:name="z1382" w:id="1377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. По мотивированному ходатайству участника административного процесса суд вправе предоставить ему для обоснования своей правовой позиции дополнительный срок, не превышающий одного месяца.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1321"/>
-    <w:bookmarkStart w:name="z1383" w:id="1322"/>
+    <w:bookmarkEnd w:id="1377"/>
+    <w:bookmarkStart w:name="z1383" w:id="1378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Постановление суда апелляционной инстанции вступает в законную силу со дня оглашения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1322"/>
-    <w:bookmarkStart w:name="z1384" w:id="1323"/>
+    <w:bookmarkEnd w:id="1378"/>
+    <w:bookmarkStart w:name="z1384" w:id="1379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Определения суда апелляционной инстанции по частным жалобам на определения суда первой инстанции, не подлежащие пересмотру в кассационном порядке, вступают в силу со дня оглашения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1323"/>
-    <w:bookmarkStart w:name="z1385" w:id="1324"/>
+    <w:bookmarkEnd w:id="1379"/>
+    <w:bookmarkStart w:name="z1385" w:id="1380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Иные определения суда апелляционной инстанции, преграждающие возможность дальнейшего движения административного дела, могут быть обжалованы в кассационном порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1324"/>
+    <w:bookmarkEnd w:id="1380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -35799,190 +40254,190 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 169. Порядок кассационного обжалования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1387" w:id="1325"/>
+    <w:bookmarkStart w:name="z1387" w:id="1381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Порядок кассационного обжалования и производство в суде кассационной инстанции определяются правилами </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Гражданского процессуального кодекса</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, если иное не установлено настоящим Кодексом. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1325"/>
-    <w:bookmarkStart w:name="z1388" w:id="1326"/>
+    <w:bookmarkEnd w:id="1381"/>
+    <w:bookmarkStart w:name="z1388" w:id="1382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Вступившие в законную силу судебные акты, в том числе по административным делам, оконченным в порядке примирения, медиации или урегулирования спора в порядке партисипативной процедуры, могут быть обжалованы участниками административного процесса в кассационном порядке путем подачи кассационной жалобы в течение шести месяцев со дня вручения судебного акта апелляционной инстанции в окончательной форме, а также пересмотрены по протестам Генерального Прокурора Республики Казахстан, его заместителей, Главного военного прокурора, Главного транспортного прокурора, принесенным как по собственной инициативе, так и по ходатайствам лиц, поданным им по административным делам, предусмотренным </w:t>
+      2. Вступившие в законную силу судебные акты, в том числе по административным делам, оконченным в порядке примирения, медиации или урегулирования спора в порядке партисипативной процедуры, могут быть пересмотрены в кассационном порядке в течение шести месяцев со дня вступления в законную силу судебного акта апелляционной инстанции по кассационным жалобам участников административного процесса, протестам Генерального Прокурора Республики Казахстан, его заместителей, Главного военного прокурора, Главного транспортного прокурора, принесенным как по собственной инициативе, так и по ходатайствам участников административного процесса, поданным им по административным делам, предусмотренным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1326"/>
-    <w:bookmarkStart w:name="z1578" w:id="1327"/>
+    <w:bookmarkEnd w:id="1382"/>
+    <w:bookmarkStart w:name="z1578" w:id="1383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Протест прокурора может быть принесен в течение шести месяцев со дня вынесения решения в окончательной форме по административным делам, предусмотренным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1327"/>
-    <w:bookmarkStart w:name="z1579" w:id="1328"/>
+    <w:bookmarkEnd w:id="1383"/>
+    <w:bookmarkStart w:name="z1579" w:id="1384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Генеральный Прокурор Республики Казахстан и его заместители, Главный военный прокурор, Главный транспортный прокурор в пределах своей компетенции вправе принести протест   на решение независимо от участия в рассмотрении административного дела.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1328"/>
+    <w:bookmarkEnd w:id="1384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -36011,130 +40466,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1395" w:id="1329"/>
+    <w:bookmarkStart w:name="z1671" w:id="1385"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1. Вступившие в законную силу судебные акты местных и других судов в случае несоблюдения апелляционного порядка их обжалования могут быть пересмотрены в кассационном порядке по протесту Генерального Прокурора Республики Казахстан, принесенному как по собственной инициативе, так и по ходатайствам участников административного процесса, поданным им по административным делам, предусмотренным статьей 31 настоящего Кодекса, при наличии оснований, предусмотренных частью седьмой настоящей статьи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1385"/>
+    <w:bookmarkStart w:name="z1395" w:id="1386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Кассационные жалобы и протесты на судебные акты рассматриваются кассационным судом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1329"/>
-    <w:bookmarkStart w:name="z1397" w:id="1330"/>
+    <w:bookmarkEnd w:id="1386"/>
+    <w:bookmarkStart w:name="z1397" w:id="1387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Административное дело в суде кассационной инстанции рассматривается и разрешается в разумные сроки, но не более шести месяцев со дня его поступления в суд.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1330"/>
-    <w:bookmarkStart w:name="z1399" w:id="1331"/>
+    <w:bookmarkEnd w:id="1387"/>
+    <w:bookmarkStart w:name="z1399" w:id="1388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Предварительное слушание в суде кассационной инстанции осуществляется по правилам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главы 21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1331"/>
+    <w:bookmarkEnd w:id="1388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -36162,50 +40637,148 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1672" w:id="1389"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Основаниями к пересмотру в кассационном порядке вступивших в законную силу судебных актов, указанных в части 3-1 настоящей статьи, являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1389"/>
+    <w:bookmarkStart w:name="z1673" w:id="1390"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) случаи, когда исполнение принятого постановления может привести к тяжким необратимым последствиям для жизни, здоровья людей либо экономики и национальной безопасности Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1390"/>
+    <w:bookmarkStart w:name="z1674" w:id="1391"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) случаи, когда принятое постановление нарушает права, свободы и законные интересы неопределенного круга лиц или иные публичные интересы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1391"/>
+    <w:bookmarkStart w:name="z1675" w:id="1392"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) случаи, когда принятое постановление нарушает единообразие в толковании и применении судами норм права.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1392"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Статья 169 с изменениями, внесенными законами РК от 20.03.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 20-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -36230,484 +40803,504 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ст. 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>).</w:t>
+        <w:t xml:space="preserve">); от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 169-1. Пересмотр судебных актов   в Верховном Суде Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1581" w:id="1332"/>
+    <w:bookmarkStart w:name="z1581" w:id="1393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Верховный Суд Республики Казахстан может в исключительных случаях пересмотреть вступившие в законную силу судебные акты после их рассмотрения в кассационной инстанции, за исключением дел, рассмотренных в порядке </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Кодекса по представлению судьи Верховного Суда Республики Казахстан или протесту Генерального Прокурора Республики Казахстан с истребованием административного дела, если: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1332"/>
-    <w:bookmarkStart w:name="z1582" w:id="1333"/>
+    <w:bookmarkEnd w:id="1393"/>
+    <w:bookmarkStart w:name="z1582" w:id="1394"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) принятые судебные акты могут привести к тяжким необратимым последствиям для жизни, здоровья людей либо для экономики и национальной безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1333"/>
-    <w:bookmarkStart w:name="z1583" w:id="1334"/>
+    <w:bookmarkEnd w:id="1394"/>
+    <w:bookmarkStart w:name="z1583" w:id="1395"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) принятые судебные акты нарушают права, свободы и законные интересы неопределенного круга лиц или иные публичные интересы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1334"/>
-    <w:bookmarkStart w:name="z1584" w:id="1335"/>
+    <w:bookmarkEnd w:id="1395"/>
+    <w:bookmarkStart w:name="z1584" w:id="1396"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) принятые судебные акты нарушают единообразие в толковании и применении судами норм права.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1335"/>
-    <w:bookmarkStart w:name="z1585" w:id="1336"/>
+    <w:bookmarkEnd w:id="1396"/>
+    <w:bookmarkStart w:name="z1585" w:id="1397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Судья Верховного Суда Республики Казахстан по ходатайству участников административного процесса о необходимости пересмотра вступивших в законную силу судебных актов по результатам изучения дела при наличии оснований, предусмотренных частью первой настоящей статьи, вносит представление с указанием мотивов и доводов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1336"/>
-    <w:bookmarkStart w:name="z1586" w:id="1337"/>
+    <w:bookmarkEnd w:id="1397"/>
+    <w:bookmarkStart w:name="z1586" w:id="1398"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае ходатайства участниками административного процесса о приостановлении исполнения судебного акта судья указывает об этом в представлении.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1337"/>
-    <w:bookmarkStart w:name="z1587" w:id="1338"/>
+    <w:bookmarkEnd w:id="1398"/>
+    <w:bookmarkStart w:name="z1587" w:id="1399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Генеральный Прокурор Республики Казахстан вправе принести протест о пересмотре в Верховном Суде Республики Казахстан вступивших в законную силу судебных актов как по собственной инициативе, так и по ходатайству участников административного процесса по основаниям, предусмотренным частью первой настоящей статьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1338"/>
-    <w:bookmarkStart w:name="z1588" w:id="1339"/>
+    <w:bookmarkEnd w:id="1399"/>
+    <w:bookmarkStart w:name="z1588" w:id="1400"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Председатель Верховного Суда Республики Казахстан, Генеральный Прокурор Республики Казахстан вправе приостановить исполнение вступившего в законную силу судебного акта до его пересмотра в Верховном Суде Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1339"/>
-    <w:bookmarkStart w:name="z1589" w:id="1340"/>
+    <w:bookmarkEnd w:id="1400"/>
+    <w:bookmarkStart w:name="z1589" w:id="1401"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Пересмотр вступивших в законную силу судебных актов Верховным Судом Республики Казахстан осуществляется в разумный срок. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1340"/>
-    <w:bookmarkStart w:name="z1590" w:id="1341"/>
+    <w:bookmarkEnd w:id="1401"/>
+    <w:bookmarkStart w:name="z1590" w:id="1402"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       О времени и месте проведения пересмотра вступивших в законную силу судебных актов извещаются стороны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1341"/>
-    <w:bookmarkStart w:name="z1591" w:id="1342"/>
+    <w:bookmarkEnd w:id="1402"/>
+    <w:bookmarkStart w:name="z1591" w:id="1403"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Участие Генерального Прокурора Республики Казахстан либо по его поручению подчиненных прокуроров Генеральной прокуратуры Республики Казахстан обязательно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1342"/>
-    <w:bookmarkStart w:name="z1592" w:id="1343"/>
+    <w:bookmarkEnd w:id="1403"/>
+    <w:bookmarkStart w:name="z1592" w:id="1404"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Верховный Суд Республики Казахстан принимает одно из следующих решений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1343"/>
-    <w:bookmarkStart w:name="z1593" w:id="1344"/>
+    <w:bookmarkEnd w:id="1404"/>
+    <w:bookmarkStart w:name="z1593" w:id="1405"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) оставляет постановление суда кассационной инстанции без изменения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1344"/>
-    <w:bookmarkStart w:name="z1594" w:id="1345"/>
+    <w:bookmarkEnd w:id="1405"/>
+    <w:bookmarkStart w:name="z1594" w:id="1406"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) изменяет постановление суда кассационной инстанции, оставив без изменения или отменив постановление суда апелляционной инстанции или решение суда первой инстанции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1345"/>
-    <w:bookmarkStart w:name="z1595" w:id="1346"/>
+    <w:bookmarkEnd w:id="1406"/>
+    <w:bookmarkStart w:name="z1595" w:id="1407"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) отменяет постановления судов кассационной и апелляционной инстанций, изменив решение суда первой инстанции или оставив его без изменения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1346"/>
-    <w:bookmarkStart w:name="z1596" w:id="1347"/>
+    <w:bookmarkEnd w:id="1407"/>
+    <w:bookmarkStart w:name="z1596" w:id="1408"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) отменяет постановление суда кассационной инстанции и направляет дело на новое судебное рассмотрение в суд кассационной инстанции; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1347"/>
-    <w:bookmarkStart w:name="z1597" w:id="1348"/>
+    <w:bookmarkEnd w:id="1408"/>
+    <w:bookmarkStart w:name="z1597" w:id="1409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) отменяет постановление суда кассационной инстанции, а также постановление апелляционной инстанции и решение суда первой инстанции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1348"/>
-    <w:bookmarkStart w:name="z1598" w:id="1349"/>
+    <w:bookmarkEnd w:id="1409"/>
+    <w:bookmarkStart w:name="z1598" w:id="1410"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Постановление Верховного Суда Республики Казахстан вступает в законную силу со дня его оглашения и является окончательным. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1349"/>
-    <w:bookmarkStart w:name="z1599" w:id="1350"/>
+    <w:bookmarkEnd w:id="1410"/>
+    <w:bookmarkStart w:name="z1599" w:id="1411"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Указания Верховного Суда Республики Казахстан о необходимости совершения процессуальных действий, изложенных в постановлении, обязательны при направлении дела на новое рассмотрение для суда кассационной инстанции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1350"/>
+    <w:bookmarkEnd w:id="1411"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -36743,205 +41336,205 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 170. Производство по пересмотру судебных актов по вновь открывшимся или новым обстоятельствам</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1406" w:id="1351"/>
+    <w:bookmarkStart w:name="z1406" w:id="1412"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Производство по вновь открывшимся и новым обстоятельствам осуществляется по правилам Гражданского процессуального кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1351"/>
-    <w:bookmarkStart w:name="z1407" w:id="1352"/>
+    <w:bookmarkEnd w:id="1412"/>
+    <w:bookmarkStart w:name="z1407" w:id="1413"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 28. СУДЕБНЫЙ КОНТРОЛЬ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1352"/>
+    <w:bookmarkEnd w:id="1413"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 171. Обращение решения суда к исполнению</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1409" w:id="1353"/>
+    <w:bookmarkStart w:name="z1409" w:id="1414"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Решение суда после вступления его в законную силу в течение трех рабочих дней направляется судом для исполнения к ответчику.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1353"/>
-    <w:bookmarkStart w:name="z1410" w:id="1354"/>
+    <w:bookmarkEnd w:id="1414"/>
+    <w:bookmarkStart w:name="z1410" w:id="1415"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ответчик обязан исполнить решение суда по административному делу в месячный срок со дня вступления его в законную силу, о чем он должен известить суд.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1354"/>
-    <w:bookmarkStart w:name="z1411" w:id="1355"/>
+    <w:bookmarkEnd w:id="1415"/>
+    <w:bookmarkStart w:name="z1411" w:id="1416"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. В случае, если решение суда не исполнено добровольно в установленный в нем срок, суд первой инстанции налагает денежное взыскание в размере, установленном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 127</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1355"/>
-    <w:bookmarkStart w:name="z1412" w:id="1356"/>
+    <w:bookmarkEnd w:id="1416"/>
+    <w:bookmarkStart w:name="z1412" w:id="1417"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Неисполнение решения суда, определения суда о наложении денежного взыскания влечет повторное денежное взыскание в размере, установленном частью девятой статьи 127 настоящего Кодекса, в бесспорном порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1356"/>
+    <w:bookmarkEnd w:id="1417"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -37017,340 +41610,456 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 172. Принудительное исполнение решения суда о взыскании денежной суммы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1414" w:id="1357"/>
+    <w:bookmarkStart w:name="z1414" w:id="1418"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Решение суда, обязывающее ответчика уплатить денежную сумму, не исполненное добровольно, исполняется принудительно на основании исполнительного листа, который выписывается по заявлению истца.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1357"/>
-    <w:bookmarkStart w:name="z1415" w:id="1358"/>
+    <w:bookmarkEnd w:id="1418"/>
+    <w:bookmarkStart w:name="z1415" w:id="1419"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Содержание, порядок выписки и выдачи исполнительного листа, санкционирования постановлений судебного исполнителя определяются правилами </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Гражданского процессуального кодекса</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан с учетом особенностей, установленных настоящей главой.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1358"/>
+    <w:bookmarkEnd w:id="1419"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 173. Немедленное исполнение судебного акта</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1417" w:id="1359"/>
+    <w:bookmarkStart w:name="z1417" w:id="1420"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Суд по обоснованному ходатайству участников административного процесса, а также по собственной инициативе вправе обратить к немедленному исполнению решение суда в случае, если более позднее исполнение причинило бы существенный вред правам участника административного процесса либо было бы затруднено или невозможно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1359"/>
-    <w:bookmarkStart w:name="z1418" w:id="1360"/>
+    <w:bookmarkEnd w:id="1420"/>
+    <w:bookmarkStart w:name="z1418" w:id="1421"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При обращении судебного акта к немедленному исполнению суд также учитывает права других участников административного процесса и публичные интересы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1360"/>
-    <w:bookmarkStart w:name="z1419" w:id="1361"/>
+    <w:bookmarkEnd w:id="1421"/>
+    <w:bookmarkStart w:name="z1419" w:id="1422"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Суд может в любое время на основании ходатайства участника административного процесса приостановить исполнение судебного акта, обращенного к немедленному исполнению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1361"/>
-    <w:bookmarkStart w:name="z1420" w:id="1362"/>
+    <w:bookmarkEnd w:id="1422"/>
+    <w:bookmarkStart w:name="z1420" w:id="1423"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Обращенные к немедленному исполнению судебные акты не подлежат исполнению, если отменены или изменены судебным актом вышестоящей инстанции, не вступившим в законную силу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1362"/>
-    <w:bookmarkStart w:name="z1421" w:id="1363"/>
+    <w:bookmarkEnd w:id="1423"/>
+    <w:bookmarkStart w:name="z1421" w:id="1424"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 29. ЗАКЛЮЧИТЕЛЬНЫЕ ПОЛОЖЕНИЯ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1363"/>
+    <w:bookmarkEnd w:id="1424"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 174. Ответственность за нарушение законодательства Республики Казахстан об административных процедурах и законодательства Республики Казахстан об административном судопроизводстве</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1423" w:id="1364"/>
+    <w:bookmarkStart w:name="z1423" w:id="1425"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нарушение законодательства Республики Казахстан об административных процедурах и законодательства Республики Казахстан об административном судопроизводстве влечет ответственность, установленную законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1364"/>
+    <w:bookmarkEnd w:id="1425"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 175. Порядок введения в действие настоящего Кодекса</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1425" w:id="1365"/>
+    <w:bookmarkStart w:name="z1425" w:id="1426"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящий Кодекс вводится в действие с 1 июля 2021 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1365"/>
-    <w:bookmarkStart w:name="z1426" w:id="1366"/>
+    <w:bookmarkEnd w:id="1426"/>
+    <w:bookmarkStart w:name="z1426" w:id="1427"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Государственным органам до введения в действие настоящего Кодекса необходимо провести работу по приведению нормативных правовых актов, регламентирующих административные процедуры, в соответствие с настоящим Кодексом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1366"/>
-    <w:bookmarkStart w:name="z1460" w:id="1367"/>
+    <w:bookmarkEnd w:id="1427"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Часть 2-1 предусматривается исключить Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>II</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1. Приостановить до 1 января 2026 года действие:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1367"/>
-    <w:bookmarkStart w:name="z1461" w:id="1368"/>
+    <w:bookmarkStart w:name="z1461" w:id="1428"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -37385,291 +42094,291 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> части первой статьи 4 настоящего Кодекса, установив, что в период приостановления </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункт 16)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> данной части действует в следующей редакции: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1368"/>
-    <w:bookmarkStart w:name="z1462" w:id="1369"/>
+    <w:bookmarkEnd w:id="1428"/>
+    <w:bookmarkStart w:name="z1462" w:id="1429"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "16) обращение – направленные в административный орган или должностному лицу в письменной (бумажной и (или) электронной) или устной форме, а также в форме видеоконференцсвязи, заявление или жалоба;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1369"/>
-    <w:bookmarkStart w:name="z1463" w:id="1370"/>
+    <w:bookmarkEnd w:id="1429"/>
+    <w:bookmarkStart w:name="z1463" w:id="1430"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) части пятой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Кодекса, установив, что в период приостановления данная часть действует в следующей редакции: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1370"/>
-    <w:bookmarkStart w:name="z1464" w:id="1371"/>
+    <w:bookmarkEnd w:id="1430"/>
+    <w:bookmarkStart w:name="z1464" w:id="1431"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "5. Порядок обращения посредством видеоконференцсвязи участников административной процедуры к руководителям государственных органов и их заместителям определяется уполномоченным органом в сфере информатизации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1371"/>
-    <w:bookmarkStart w:name="z1427" w:id="1372"/>
+    <w:bookmarkEnd w:id="1431"/>
+    <w:bookmarkStart w:name="z1427" w:id="1432"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Признать утратившим силу с 1 июля 2021 года:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1372"/>
-    <w:bookmarkStart w:name="z1428" w:id="1373"/>
+    <w:bookmarkEnd w:id="1432"/>
+    <w:bookmarkStart w:name="z1428" w:id="1433"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 27 ноября 2000 года "Об административных процедурах" (Ведомости Парламента Республики Казахстан, 2000 г., № 20, ст.379; 2004 г., № 5, ст.29; 2007 г., № 12, ст.86; № 19, ст.147; 2008 г., № 21, ст.97; 2009 г., № 15-16, ст.74; № 18, ст.84; 2010 г., № 5, ст.23; № 7, ст.29; № 17-18, ст.111; 2011 г., № 1, ст.2; № 7, ст.54; № 11, ст.102; № 12, ст.111; № 15, ст.118; 2012 г., № 8, ст.64; № 13, ст.91; № 15, ст.97; 2013 г., № 1, ст.3; № 5-6, ст.30; № 14, ст.72; 2014 г., № 10, ст.52; № 19-І, 19-II, ст.96; № 24, ст.144; 2015 г., № 20-IV, ст.113; № 21-ІІ, ст.130; № 22-І, ст.141; № 22-ІІ, ст.145; № 22-V, ст.156; 2016 г., № 7-І, ст.47; 2017 г., № 14, ст.51; 2019 г., № 8, ст.46; № 21-22, ст.90);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1373"/>
-    <w:bookmarkStart w:name="z1429" w:id="1374"/>
+    <w:bookmarkEnd w:id="1433"/>
+    <w:bookmarkStart w:name="z1429" w:id="1434"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 12 января 2007 года "О порядке рассмотрения обращений физических и юридических лиц" (Ведомости Парламента Республики Казахстан, 2007 г., № 2, ст.17; 2011 г., № 3, ст.32; № 14, ст.117; 2013 г., № 5-6, ст.30; № 14, ст.72; 2014 г., № 14, ст.84; № 23, cт.143; 2015 г., № 20-IV, cт.113; № 22-I, cт.141; № 22-V, cт.156; № 23-II, cт.172; 2016 г., № 22, ст.116; 2018 г., № 9, ст.31; № 22, ст.82).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1374"/>
-    <w:bookmarkStart w:name="z1430" w:id="1375"/>
+    <w:bookmarkEnd w:id="1434"/>
+    <w:bookmarkStart w:name="z1430" w:id="1435"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Рассмотрение дел, находящихся в судах, принятых к производству до введения в действие настоящего Кодекса, осуществляется по правилам процессуального законодательства Республики Казахстан, действовавшего до введения в действие настоящего Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1375"/>
-    <w:bookmarkStart w:name="z1431" w:id="1376"/>
+    <w:bookmarkEnd w:id="1435"/>
+    <w:bookmarkStart w:name="z1431" w:id="1436"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Административная процедура, возбужденная до введения в действие настоящего Кодекса, но не завершенная после введения в действие настоящего Кодекса, осуществляется в соответствии с законодательством Республики Казахстан, действующим до введения в действие настоящего Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1376"/>
-    <w:bookmarkStart w:name="z1432" w:id="1377"/>
+    <w:bookmarkEnd w:id="1436"/>
+    <w:bookmarkStart w:name="z1432" w:id="1437"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Административная процедура, возбужденная до введения в действие настоящего Кодекса, но не завершенная после введения в действие настоящего Кодекса, осуществляется в незавершенной части в соответствии с настоящим Кодексом, если заявитель ходатайствует об этом в письменной форме перед соответствующим административным органом, должностным лицом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1377"/>
+    <w:bookmarkEnd w:id="1437"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -37906,55 +42615,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>