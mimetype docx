--- v0 (2025-11-30)
+++ v1 (2026-03-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="aa3d8a5" w14:textId="aa3d8a5">
+    <w:p w14:paraId="cba8532" w14:textId="cba8532">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -94,67 +94,60 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Правил реализации общего процесса "Формирование сборника принятых предварительных решений таможенных органов государств – членов Евразийского экономического союза по классификации товаров"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Решение Коллегии Евразийской экономической комиссии от 14 января 2025 года № 6</w:t>
-[...15 lines deleted...]
-      </w:pPr>
+        <w:t>Решение Коллегии Евразийской экономической комиссии от 14 января 2025 года № 6.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -184,126 +177,110 @@
         </w:rPr>
         <w:t xml:space="preserve"> Коллегии Евразийской экономической комиссии от 19 декабря 2016 г. № 169 "Об утверждении Порядка реализации общих процессов в рамках Евразийского экономического союза", Коллегия Евразийской экономической комиссии </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решил</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>а:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правила</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> реализации общего процесса "Формирование сборника принятых предварительных решений таможенных органов государств – членов Евразийского экономического союза по классификации товаров".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Настоящее Решение вступает в силу по истечении 30 календарных дней с даты его официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -583,118 +560,202 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Евразийской экономической комиссии</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 14 января 2025 г. № 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z9" w:id="2"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ПРАВИЛА</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>реализации общего процесса "Формирование сборника принятых предварительных решений таможенных органов государств – членов Евразийского экономического союза по классификации товаров"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z10" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> I. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z11" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 1 предусматривается изменение решением Коллегии Евразийской экономической комиссии от 02.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящие Правила разработаны в соответствии со следующими международными договорами и актами, входящими в право Евразийского экономического союза (далее – Союз):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2724,90 +2785,184 @@
         <w:t>
       г) формирование и ведение в рамках единой системы нормативно-справочной информации Союза справочников и классификаторов, используемых при реализации информационного взаимодействия.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
     <w:bookmarkStart w:name="z94" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Центральные таможенные органы обеспечивают разработку (модернизацию) информационных систем таможенных органов для обеспечения выполнения требований настоящих Правил, технологических документов и документов, применяемых при обеспечении функционирования интегрированной системы, и их подключение к национальным сегментам интегрированной системы (если такое подключение не было обеспечено ранее).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z95" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 29 предусматривается изменение решением Коллегии Евразийской экономической комиссии от 02.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Центральные таможенные органы при координации Комиссии обеспечивают выполнение процедуры присоединения к общему процессу в целях введения его в действие, в том числе проведение тестирования информационного взаимодействия.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z96" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Координация мероприятий, направленных на реализацию общего процесса в соответствии с настоящими Правилами, осуществляется Комиссией.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z96" w:id="81"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="81"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2951,80 +3106,80 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">экономического союза </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>по классификации товаров"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z98" w:id="82"/>
+    <w:bookmarkStart w:name="z98" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ФУНКЦИОНАЛЬНАЯ СХЕМА</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>информационного взаимодействия при реализации общего процесса "Формирование сборника принятых предварительных решений таможенных органов государств – членов Евразийского экономического союза по классификации товаров"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="4787900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
@@ -3170,340 +3325,340 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>по классификации товаров"</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z100" w:id="83"/>
+    <w:bookmarkStart w:name="z100" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> СОСТАВ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>сведений, содержащихся в сборнике принятых предварительных решений таможенных органов государств – членов Евразийского экономического союза по классификации товаров</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z101" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Настоящий документ определяет состав сведений, содержащихся в сборнике принятых предварительных решений таможенных органов государств – членов Евразийского экономического союза о классификации товаров и передаваемых в рамках информационного взаимодействия между участниками общего процесса "Формирование сборника принятых предварительных решений таможенных органов государств – членов Евразийского экономического союза по классификации товаров" (далее соответственно – сборник предварительных решений, предварительные решения, таможенные органы, общий процесс).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z101" w:id="84"/>
-[...15 lines deleted...]
-      1. Настоящий документ определяет состав сведений, содержащихся в сборнике принятых предварительных решений таможенных органов государств – членов Евразийского экономического союза о классификации товаров и передаваемых в рамках информационного взаимодействия между участниками общего процесса "Формирование сборника принятых предварительных решений таможенных органов государств – членов Евразийского экономического союза по классификации товаров" (далее соответственно – сборник предварительных решений, предварительные решения, таможенные органы, общий процесс).</w:t>
+    <w:bookmarkStart w:name="z102" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. На этапе разработки технологических документов, регламентирующих информационное взаимодействие при реализации общего процесса средствами интегрированной информационной системы Евразийского экономического союза, состав сведений детализируется, а также определяются формат и структура электронных документов и сведений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z102" w:id="85"/>
-[...15 lines deleted...]
-      2. На этапе разработки технологических документов, регламентирующих информационное взаимодействие при реализации общего процесса средствами интегрированной информационной системы Евразийского экономического союза, состав сведений детализируется, а также определяются формат и структура электронных документов и сведений.</w:t>
+    <w:bookmarkStart w:name="z103" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В рамках реализации общего процесса передаются сведения, состав которых приведен в таблице.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z103" w:id="86"/>
-[...15 lines deleted...]
-      3. В рамках реализации общего процесса передаются сведения, состав которых приведен в таблице.</w:t>
+    <w:bookmarkStart w:name="z104" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. В таблице формируются следующие поля (графы):</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z104" w:id="87"/>
-[...15 lines deleted...]
-      4. В таблице формируются следующие поля (графы):</w:t>
+    <w:bookmarkStart w:name="z105" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "наименование элемента" – порядковый номер и устоявшееся или официальное словесное обозначение элемента;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z105" w:id="88"/>
-[...15 lines deleted...]
-      "наименование элемента" – порядковый номер и устоявшееся или официальное словесное обозначение элемента;</w:t>
+    <w:bookmarkStart w:name="z106" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "описание элемента" – текст, поясняющий смысл (семантику) элемента;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z106" w:id="89"/>
-[...15 lines deleted...]
-      "описание элемента" – текст, поясняющий смысл (семантику) элемента;</w:t>
+    <w:bookmarkStart w:name="z107" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "примечание" – текст, уточняющий назначение элемента, определяющий правила его формирования (заполнения), или словесное описание возможных значений элемента;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z107" w:id="90"/>
-[...15 lines deleted...]
-      "примечание" – текст, уточняющий назначение элемента, определяющий правила его формирования (заполнения), или словесное описание возможных значений элемента;</w:t>
+    <w:bookmarkStart w:name="z108" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "мн." – множественность элементов (обязательность (опциональность) и количество возможных повторений элемента).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z108" w:id="91"/>
-[...15 lines deleted...]
-      "мн." – множественность элементов (обязательность (опциональность) и количество возможных повторений элемента).</w:t>
+    <w:bookmarkStart w:name="z109" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Для указания множественности элементов передаваемых данных используются следующие обозначения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z109" w:id="92"/>
-[...15 lines deleted...]
-      5. Для указания множественности элементов передаваемых данных используются следующие обозначения:</w:t>
+    <w:bookmarkStart w:name="z110" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1 – элемент обязателен, повторения не допускаются;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z110" w:id="93"/>
-[...15 lines deleted...]
-      1 – элемент обязателен, повторения не допускаются;</w:t>
+    <w:bookmarkStart w:name="z111" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1..* – элемент обязателен, может повторяться без ограничений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z111" w:id="94"/>
-[...15 lines deleted...]
-      1..* – элемент обязателен, может повторяться без ограничений;</w:t>
+    <w:bookmarkStart w:name="z112" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      0..1 – элемент опционален, повторения не допускаются;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z112" w:id="95"/>
-[...15 lines deleted...]
-      0..1 – элемент опционален, повторения не допускаются;</w:t>
+    <w:bookmarkStart w:name="z113" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      0..* – элемент опционален, может повторяться без ограничений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z113" w:id="96"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="96"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3543,68 +3698,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Таблица</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z115" w:id="97"/>
+    <w:bookmarkStart w:name="z115" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Состав сведений, содержащихся в сборнике предварительных решений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -5881,70 +6036,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 код статуса действия предварительного решения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z116" w:id="98"/>
+          <w:bookmarkStart w:name="z116" w:id="97"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 приводятся сведения о коде статуса предварительного решения:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="98"/>
+          <w:bookmarkEnd w:id="97"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -6260,70 +6415,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сведения о дате установки статуса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z120" w:id="99"/>
+          <w:bookmarkStart w:name="z120" w:id="98"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 приводятся сведения о дате установки статуса предварительного решения в соответствии </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="99"/>
+          <w:bookmarkEnd w:id="98"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>с серией стандартов ИСО 8601 в формате "YYYY-MM-DD".</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -6656,70 +6811,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сведения о дате, начиная с которой статус имеет силу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z124" w:id="100"/>
+          <w:bookmarkStart w:name="z124" w:id="99"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 приводятся сведения о дате начала действия статуса предварительного решения о классификации товаров в соответствии с серией стандартов ИСО 8601 в формате "YYYY-MM-DD".</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="100"/>
+          <w:bookmarkEnd w:id="99"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>