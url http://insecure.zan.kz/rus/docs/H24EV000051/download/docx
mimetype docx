--- v0 (2025-10-14)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="89ed3b2" w14:textId="89ed3b2">
+    <w:p w14:paraId="124797b" w14:textId="124797b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,244 +100,327 @@
         </w:rPr>
         <w:t>О внесении изменений в раздел II Единого перечня продукции (товаров), подлежащей государственному санитарно-эпидемиологическому надзору (контролю) на таможенной границе и таможенной территории Евразийского экономического союза</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение Совета Евразийской экономической комиссии от 14 мая 2024 года № 51.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В соответствии с пунктом 1 статьи 57 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Договора</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о Евразийском экономическом союзе от 29 мая 2014 года и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 44</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приложения № 1 к Регламенту работы Евразийской экономической комиссии, утвержденному Решением Высшего Евразийского экономического совета от 23 декабря 2014 г. № 98, Совет Евразийской экономической комиссии </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>реши</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>л:</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии с пунктом 1 статьи 57 </w:t>
-[...59 lines deleted...]
-        <w:t>л:</w:t>
+      1. Внести в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>раздел II</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Единого перечня продукции (товаров), подлежащей государственному санитарно-эпидемиологическому надзору (контролю) на таможенной границе и таможенной территории Евразийского экономического союза, утвержденного Решением Комиссии Таможенного союза от 28 мая 2010 г. № 299, изменения согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Решение предусматривается дополнить пунктом 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в соответствии с решением Совета Евразийской экономической комиссии от 26.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 96</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования и распространяется на правоотношения, возникшие с 29.06.2024).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>
+      2. Настоящее Решение вступает в силу по истечении 30 календарных дней с даты его официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Члены</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -398,51 +481,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>экономической</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>комиссии:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -993,140 +1076,140 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Евразийской экономической комиссии</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 14 мая 2024 г. № 51</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z9" w:id="3"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ИЗМЕНЕНИЯ,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>вносимые в раздел II Единого перечня продукции (товаров), подлежащей государственному санитарно-эпидемиологическому надзору (контролю) на таможенной границе и таможенной территории Евразийского экономического союза</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z10" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Пункт 10 дополнить словами "; средства и изделия гигиены полости рта для взрослых, за исключением средств гигиены полости рта, на которые распространяется технический регламент Таможенного союза "О безопасности парфюмерно-косметической продукции" (ТР ТС 009/2011)".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z11" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В таблице:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z12" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       а) группу 33 перед позицией с кодом "из 3307" дополнить позицией следующего содержания:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
@@ -1169,125 +1252,125 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Средства для гигиены полости рта или зубов, включая фиксирующие порошки и пасты для зубных протезов; нити, используемые для очистки межзубных промежутков (зубной шелк), в индивидуальной упаковке для розничной продажи";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z13" w:id="7"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       б) дополнить группой 44 следующего содержания: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z14" w:id="8"/>
+          <w:bookmarkStart w:name="z14" w:id="9"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 "Группа 44 </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="8"/>
+          <w:bookmarkEnd w:id="9"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Древесина и изделия из нее; древесный уголь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -1332,70 +1415,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Изделия деревянные прочие, относящиеся к пункту 10 настоящего раздела";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в) группу 73 дополнить позицией следующего содержания:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
@@ -1882,31 +1965,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>