--- v0 (2025-11-09)
+++ v1 (2026-03-14)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="659851c" w14:textId="659851c">
+    <w:p w14:paraId="28b8e40" w14:textId="28b8e40">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,168 +85,239 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О составе Консультативного комитета по миграционной политике</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Распоряжение Коллегии Евразийской экономической комиссии от 18 июня 2024 года № 88.</w:t>
+        <w:t>Распоряжение Коллегии Евразийской экономической комиссии от 18 июня 2024 года № 88. Утратило силу распоряжением Коллегии Евразийской экономической комиссии от 11 ноября 2025 года № 160</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Утратило силу распоряжением Коллегии Евразийской экономической комиссии от 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 160</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу с даты его опубликования на официальном сайте Евразийского экономического союза).</w:t>
+      </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемый </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>состав</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Консультативного комитета по миграционной политике.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившим силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>распоряжение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Коллегии Евразийской экономической комиссии от 12 мая 2022 г. № 72 "О составе Консультативного комитета по миграционной политике".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Настоящее распоряжение вступает в силу с даты его опубликования на официальном сайте Евразийского экономического союза. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -492,80 +565,80 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Евразийской экономической комиссии</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 18 июня 2024 г. № 88</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z9" w:id="2"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> СОСТАВ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Консультативного комитета по миграционной политике </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -594,807 +667,873 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 От Республики Армения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z10" w:id="3"/>
+          <w:bookmarkStart w:name="z10" w:id="4"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ананян</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="3"/>
+          <w:bookmarkEnd w:id="4"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жирайр Вачеевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-–</w:t>
-[...15 lines deleted...]
-          <w:bookmarkStart w:name="z11" w:id="4"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z11" w:id="5"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 и.о. начальника Департамента Евразийского региона Министерства иностранных дел Республики Армения</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="4"/>
+          <w:bookmarkEnd w:id="5"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z12" w:id="5"/>
+          <w:bookmarkStart w:name="z12" w:id="6"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Еганян</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="5"/>
+          <w:bookmarkEnd w:id="6"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Грачья Самвелович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-–</w:t>
-[...15 lines deleted...]
-          <w:bookmarkStart w:name="z13" w:id="6"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z13" w:id="7"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 заместитель начальника Главного управления контрразведки Службы национальной безопасности Республики Армения</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="6"/>
+          <w:bookmarkEnd w:id="7"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z14" w:id="7"/>
+          <w:bookmarkStart w:name="z14" w:id="8"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мкртчян</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="7"/>
+          <w:bookmarkEnd w:id="8"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лиана Араиковна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-–</w:t>
-[...15 lines deleted...]
-          <w:bookmarkStart w:name="z15" w:id="8"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z15" w:id="9"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 главный юрист отдела экспертизы международных договоров Департамента международно-правового сотрудничества Министерства юстиции Республики Армения</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="8"/>
+          <w:bookmarkEnd w:id="9"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z16" w:id="9"/>
+          <w:bookmarkStart w:name="z16" w:id="10"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мкртчян</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="9"/>
+          <w:bookmarkEnd w:id="10"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ирина Кареновна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-–</w:t>
-[...15 lines deleted...]
-          <w:bookmarkStart w:name="z17" w:id="10"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z17" w:id="11"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 начальник Департамента реализации политики миграции и гражданства Службы миграции и гражданства Министерства внутренних дел Республики Армения</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="10"/>
+          <w:bookmarkEnd w:id="11"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z18" w:id="11"/>
+          <w:bookmarkStart w:name="z18" w:id="12"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Овсепян</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="11"/>
+          <w:bookmarkEnd w:id="12"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диана Аваковна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-–</w:t>
-[...15 lines deleted...]
-          <w:bookmarkStart w:name="z19" w:id="12"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z19" w:id="13"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 начальник организационно-аналитического отдела Департамента реализации политики миграции и гражданства Службы миграции и гражданства Министерства внутренних дел Республики Армения</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="12"/>
+          <w:bookmarkEnd w:id="13"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z20" w:id="13"/>
+          <w:bookmarkStart w:name="z20" w:id="14"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Петросян</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="13"/>
+          <w:bookmarkEnd w:id="14"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Артур Эдуардович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-–</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -1489,70 +1628,70 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z21" w:id="14"/>
+          <w:bookmarkStart w:name="z21" w:id="15"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 От Республики Беларусь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="14"/>
+          <w:bookmarkEnd w:id="15"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
@@ -1627,126 +1766,126 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z22" w:id="15"/>
+          <w:bookmarkStart w:name="z22" w:id="16"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 начальник Департамента по гражданству и миграции Министерства внутренних дел Республики Беларусь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="15"/>
+          <w:bookmarkEnd w:id="16"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z23" w:id="16"/>
+          <w:bookmarkStart w:name="z23" w:id="17"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Борейко</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="16"/>
+          <w:bookmarkEnd w:id="17"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Николай Николаевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -1765,126 +1904,126 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z24" w:id="17"/>
+          <w:bookmarkStart w:name="z24" w:id="18"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 заместитель начальника Главного управления – начальник 2-го управления 3-го Главного управления Государственного пограничного комитета Республики Беларусь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="17"/>
+          <w:bookmarkEnd w:id="18"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z25" w:id="18"/>
+          <w:bookmarkStart w:name="z25" w:id="19"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Буткевич</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="18"/>
+          <w:bookmarkEnd w:id="19"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Игорь Евгеньевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -1903,126 +2042,126 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z26" w:id="19"/>
+          <w:bookmarkStart w:name="z26" w:id="20"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 первый заместитель Председателя Государственного пограничного комитета Республики Беларусь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="19"/>
+          <w:bookmarkEnd w:id="20"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z27" w:id="20"/>
+          <w:bookmarkStart w:name="z27" w:id="21"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Микулич</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="20"/>
+          <w:bookmarkEnd w:id="21"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Руслан Ростиславович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -2041,126 +2180,126 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z28" w:id="21"/>
+          <w:bookmarkStart w:name="z28" w:id="22"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 начальник 2-го Главного управления Государственного пограничного комитета Республики Беларусь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="21"/>
+          <w:bookmarkEnd w:id="22"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z29" w:id="22"/>
+          <w:bookmarkStart w:name="z29" w:id="23"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Назаренко</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="22"/>
+          <w:bookmarkEnd w:id="23"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Юрий Геннадьевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -2179,126 +2318,126 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z30" w:id="23"/>
+          <w:bookmarkStart w:name="z30" w:id="24"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 первый заместитель Министра внутренних дел Республики Беларусь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="23"/>
+          <w:bookmarkEnd w:id="24"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z31" w:id="24"/>
+          <w:bookmarkStart w:name="z31" w:id="25"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Павлюченко</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="24"/>
+          <w:bookmarkEnd w:id="25"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наталия Викторовна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -2317,126 +2456,126 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z32" w:id="25"/>
+          <w:bookmarkStart w:name="z32" w:id="26"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 первый заместитель Министра труда и социальной защиты Республики Беларусь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="25"/>
+          <w:bookmarkEnd w:id="26"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z33" w:id="26"/>
+          <w:bookmarkStart w:name="z33" w:id="27"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сытенков</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="26"/>
+          <w:bookmarkEnd w:id="27"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Алексей Евгеньевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -2455,126 +2594,126 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z34" w:id="27"/>
+          <w:bookmarkStart w:name="z34" w:id="28"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 официальный представитель Государственного пограничного комитета Республики Беларусь в Посольстве Республики Беларусь в Российской Федерации</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="27"/>
+          <w:bookmarkEnd w:id="28"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z35" w:id="28"/>
+          <w:bookmarkStart w:name="z35" w:id="29"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Флоринский</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="28"/>
+          <w:bookmarkEnd w:id="29"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Максим Владимирович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -2593,186 +2732,186 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z36" w:id="29"/>
+          <w:bookmarkStart w:name="z36" w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 начальник Управления политики занятости Министерства труда и социальной защиты Республики Беларусь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="29"/>
+          <w:bookmarkEnd w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z37" w:id="30"/>
+          <w:bookmarkStart w:name="z37" w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 От Республики Казахстан</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="30"/>
+          <w:bookmarkEnd w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z38" w:id="31"/>
+          <w:bookmarkStart w:name="z38" w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Абулхатин </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="31"/>
+          <w:bookmarkEnd w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ерболат Махамбетович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -2791,1081 +2930,1158 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z39" w:id="32"/>
+          <w:bookmarkStart w:name="z39" w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 заместитель председателя Комитета по миграции Министерства труда и социальной защиты населения Республики Казахстан</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="32"/>
+          <w:bookmarkEnd w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z40" w:id="33"/>
+          <w:bookmarkStart w:name="z40" w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ерназаров</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="33"/>
+          <w:bookmarkEnd w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нуржан Серикбаевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-–</w:t>
-[...15 lines deleted...]
-          <w:bookmarkStart w:name="z41" w:id="34"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z41" w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 заместитель начальника управления Департамента пограничного контроля Пограничной службы Комитета национальной безопасности Республики Казахстан</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="34"/>
+          <w:bookmarkEnd w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z42" w:id="35"/>
+          <w:bookmarkStart w:name="z42" w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жаксыбаев</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="35"/>
+          <w:bookmarkEnd w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сунгат Аскатович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-–</w:t>
-[...15 lines deleted...]
-          <w:bookmarkStart w:name="z43" w:id="36"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z43" w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 руководитель управления по вопросам евразийской интеграции Департамента международного сотрудничества и интеграции Министерства труда и социальной защиты населения Республики Казахстан</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="36"/>
+          <w:bookmarkEnd w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z44" w:id="37"/>
+          <w:bookmarkStart w:name="z44" w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жаксылык</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="37"/>
+          <w:bookmarkEnd w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Данияр Елубайулы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-–</w:t>
-[...15 lines deleted...]
-          <w:bookmarkStart w:name="z45" w:id="38"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z45" w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 советник управления СНГ Департамента евразийской интеграции Министерства иностранных дел Республики Казахстан</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="38"/>
+          <w:bookmarkEnd w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z46" w:id="39"/>
+          <w:bookmarkStart w:name="z46" w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кажытаева</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="39"/>
+          <w:bookmarkEnd w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нургуль Сериковна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-–</w:t>
-[...15 lines deleted...]
-          <w:bookmarkStart w:name="z47" w:id="40"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z47" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 руководитель управления ЕАЭС Департамента евразийской интеграции Министерства иностранных дел Республики Казахстан</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="40"/>
+          <w:bookmarkEnd w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z48" w:id="41"/>
+          <w:bookmarkStart w:name="z48" w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кисамбаев</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="41"/>
+          <w:bookmarkEnd w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арман Адилбекович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-–</w:t>
-[...15 lines deleted...]
-          <w:bookmarkStart w:name="z49" w:id="42"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z49" w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 заместитель председателя Комитета миграционной службы Министерства внутренних дел Республики Казахстан</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="42"/>
+          <w:bookmarkEnd w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z50" w:id="43"/>
+          <w:bookmarkStart w:name="z50" w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мамутов</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="43"/>
+          <w:bookmarkEnd w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Назим Нариманович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-–</w:t>
-[...15 lines deleted...]
-          <w:bookmarkStart w:name="z51" w:id="44"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z51" w:id="45"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 главный специалист Департамента пограничного контроля Пограничной службы Комитета национальной безопасности Республики Казахстан</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="44"/>
+          <w:bookmarkEnd w:id="45"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z52" w:id="45"/>
+          <w:bookmarkStart w:name="z52" w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нурбек</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="45"/>
+          <w:bookmarkEnd w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Олжас Бауыржанулы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-–</w:t>
-[...15 lines deleted...]
-          <w:bookmarkStart w:name="z53" w:id="46"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z53" w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 руководитель управления развития интеграции Департамента экономической интеграции Министерства торговли и интеграции Республики Казахстан</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="46"/>
+          <w:bookmarkEnd w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z54" w:id="47"/>
+          <w:bookmarkStart w:name="z54" w:id="48"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Оразбеков </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="47"/>
+          <w:bookmarkEnd w:id="48"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шалкар Бакытович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -3884,264 +4100,275 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z55" w:id="48"/>
+          <w:bookmarkStart w:name="z55" w:id="49"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 руководитель управления охраны труда Департамента труда и социального партнерства Министерства труда и социальной защиты населения Республики Казахстан</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="48"/>
+          <w:bookmarkEnd w:id="49"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z56" w:id="49"/>
+          <w:bookmarkStart w:name="z56" w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Рыспаев</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="49"/>
+          <w:bookmarkEnd w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Султан Маратович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-–</w:t>
-[...15 lines deleted...]
-          <w:bookmarkStart w:name="z57" w:id="50"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z57" w:id="51"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 эксперт управления развития сотрудничества в сфере предпринимательства Департамента экономической интеграции Министерства торговли и интеграции Республики Казахстан</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="50"/>
+          <w:bookmarkEnd w:id="51"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z58" w:id="51"/>
+          <w:bookmarkStart w:name="z58" w:id="52"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сарбасов </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="51"/>
+          <w:bookmarkEnd w:id="52"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Акмади Адилович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -4160,126 +4387,126 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z59" w:id="52"/>
+          <w:bookmarkStart w:name="z59" w:id="53"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 первый вице-министр труда и социальной защиты населения Республики Казахстан</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="52"/>
+          <w:bookmarkEnd w:id="53"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z60" w:id="53"/>
+          <w:bookmarkStart w:name="z60" w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Токан</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="53"/>
+          <w:bookmarkEnd w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диас Ерболулы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -4298,186 +4525,186 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z61" w:id="54"/>
+          <w:bookmarkStart w:name="z61" w:id="55"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 руководитель управления развития сотрудничества в сфере предпринимательства Департамента экономической интеграции Министерства торговли и интеграции Республики Казахстан</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="54"/>
+          <w:bookmarkEnd w:id="55"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z62" w:id="55"/>
+          <w:bookmarkStart w:name="z62" w:id="56"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 От Кыргызской Республики</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="55"/>
+          <w:bookmarkEnd w:id="56"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z63" w:id="56"/>
+          <w:bookmarkStart w:name="z63" w:id="57"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Абакова </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="56"/>
+          <w:bookmarkEnd w:id="57"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Назгуль Белековна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -4496,126 +4723,126 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z64" w:id="57"/>
+          <w:bookmarkStart w:name="z64" w:id="58"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 заведующая отделом миграции Департамента регистрации населения при Министерстве цифрового развития Кыргызской Республики</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="57"/>
+          <w:bookmarkEnd w:id="58"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z65" w:id="58"/>
+          <w:bookmarkStart w:name="z65" w:id="59"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Асаналиев </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="58"/>
+          <w:bookmarkEnd w:id="59"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бакыт Эрикович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -4634,126 +4861,126 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z66" w:id="59"/>
+          <w:bookmarkStart w:name="z66" w:id="60"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 первый секретарь Консульского департамента Министерства иностранных дел Кыргызской Республики</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="59"/>
+          <w:bookmarkEnd w:id="60"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z67" w:id="60"/>
+          <w:bookmarkStart w:name="z67" w:id="61"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бердикожоев</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="60"/>
+          <w:bookmarkEnd w:id="61"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Самат Толекович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -4772,126 +4999,126 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z68" w:id="61"/>
+          <w:bookmarkStart w:name="z68" w:id="62"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 заместитель начальника правления Службы по противодействию экстремизму и незаконной миграции Министерства внутренних дел Кыргызской Республики</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="61"/>
+          <w:bookmarkEnd w:id="62"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z69" w:id="62"/>
+          <w:bookmarkStart w:name="z69" w:id="63"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дарманкул уулу</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="62"/>
+          <w:bookmarkEnd w:id="63"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бакыт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -4910,126 +5137,126 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z70" w:id="63"/>
+          <w:bookmarkStart w:name="z70" w:id="64"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 заместитель Министра труда, социального обеспечения и миграции Кыргызской Республики</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="63"/>
+          <w:bookmarkEnd w:id="64"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z71" w:id="64"/>
+          <w:bookmarkStart w:name="z71" w:id="65"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Исмаилова </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="64"/>
+          <w:bookmarkEnd w:id="65"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Гульсара Акимовна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -5048,126 +5275,126 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z72" w:id="65"/>
+          <w:bookmarkStart w:name="z72" w:id="66"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 заместитель начальника Главного управления пограничного контроля Пограничной службы Государственного комитета национальной безопасности Кыргызской Республики</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="65"/>
+          <w:bookmarkEnd w:id="66"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z73" w:id="66"/>
+          <w:bookmarkStart w:name="z73" w:id="67"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кадыров</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="66"/>
+          <w:bookmarkEnd w:id="67"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бакыт Мырзабекович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -5186,126 +5413,126 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z74" w:id="67"/>
+          <w:bookmarkStart w:name="z74" w:id="68"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 заместитель директора Консульского департамента Министерства иностранных дел Кыргызской Республики</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="67"/>
+          <w:bookmarkEnd w:id="68"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z75" w:id="68"/>
+          <w:bookmarkStart w:name="z75" w:id="69"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Керимкулов </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="68"/>
+          <w:bookmarkEnd w:id="69"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Улан Дженишбекович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -5324,126 +5551,126 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z76" w:id="69"/>
+          <w:bookmarkStart w:name="z76" w:id="70"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 старший оперуполномоченный по особо важным делам Службы по противодействию экстремизму и незаконной миграции Министерства внутренних дел Кыргызской Республики</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="69"/>
+          <w:bookmarkEnd w:id="70"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z77" w:id="70"/>
+          <w:bookmarkStart w:name="z77" w:id="71"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Муканов</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="70"/>
+          <w:bookmarkEnd w:id="71"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Азамат Кенешович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -5462,126 +5689,126 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z78" w:id="71"/>
+          <w:bookmarkStart w:name="z78" w:id="72"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 председатель Фонда обязательного медицинского страхования при Министерстве здравоохранения Кыргызской Республики</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="71"/>
+          <w:bookmarkEnd w:id="72"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z79" w:id="72"/>
+          <w:bookmarkStart w:name="z79" w:id="73"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мырзабаев</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="72"/>
+          <w:bookmarkEnd w:id="73"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Джумабек Кубанычбекович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -5600,70 +5827,70 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z80" w:id="73"/>
+          <w:bookmarkStart w:name="z80" w:id="74"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 начальник Управления по подготовке решений по вопросам миграции Министерства труда, социального обеспечения и миграции</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="73"/>
+          <w:bookmarkEnd w:id="74"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -5684,70 +5911,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z82" w:id="74"/>
+          <w:bookmarkStart w:name="z82" w:id="75"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шамбетова</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="74"/>
+          <w:bookmarkEnd w:id="75"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Айжамал Эсенбековна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -5803,129 +6030,129 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 заместитель Министра здравоохранения Кыргызской Республики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z83" w:id="75"/>
+          <w:bookmarkStart w:name="z83" w:id="76"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 От Российской Федерации</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="75"/>
+          <w:bookmarkEnd w:id="76"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z84" w:id="76"/>
+          <w:bookmarkStart w:name="z84" w:id="77"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дутов</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="76"/>
+          <w:bookmarkEnd w:id="77"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Павел Олегович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -5944,126 +6171,126 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z85" w:id="77"/>
+          <w:bookmarkStart w:name="z85" w:id="78"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 заместитель начальника управления внешней трудовой миграции Главного управления по вопросам миграции Министерства внутренних дел Российской Федерации</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="77"/>
+          <w:bookmarkEnd w:id="78"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z86" w:id="78"/>
+          <w:bookmarkStart w:name="z86" w:id="79"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Локтионова</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="78"/>
+          <w:bookmarkEnd w:id="79"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елена Александровна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -6082,126 +6309,126 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z87" w:id="79"/>
+          <w:bookmarkStart w:name="z87" w:id="80"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 заместитель директора Департамента евразийской интеграции Министерства экономического развития Российской Федерации</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="79"/>
+          <w:bookmarkEnd w:id="80"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z88" w:id="80"/>
+          <w:bookmarkStart w:name="z88" w:id="81"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Малькова </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="80"/>
+          <w:bookmarkEnd w:id="81"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Виктория Валерьевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -6220,126 +6447,126 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z89" w:id="81"/>
+          <w:bookmarkStart w:name="z89" w:id="82"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 заместитель директора Первого департамента стран СНГ Министерства иностранных дел Российской Федерации</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="81"/>
+          <w:bookmarkEnd w:id="82"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z90" w:id="82"/>
+          <w:bookmarkStart w:name="z90" w:id="83"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Седаков</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="82"/>
+          <w:bookmarkEnd w:id="83"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Геннадий Николаевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -6358,126 +6585,126 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z91" w:id="83"/>
+          <w:bookmarkStart w:name="z91" w:id="84"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 заместитель директора Департамента занятости населения и трудовой миграции Министерства труда и социальной защиты Российской Федерации</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="83"/>
+          <w:bookmarkEnd w:id="84"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z92" w:id="84"/>
+          <w:bookmarkStart w:name="z92" w:id="85"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сорокин</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="84"/>
+          <w:bookmarkEnd w:id="85"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Святослав Олегович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -6496,186 +6723,186 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z93" w:id="85"/>
+          <w:bookmarkStart w:name="z93" w:id="86"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 директор Департамента развития социальной сферы и сектора некоммерческих организаций Министерства экономического развития Российской Федерации</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="85"/>
+          <w:bookmarkEnd w:id="86"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z94" w:id="86"/>
+          <w:bookmarkStart w:name="z94" w:id="87"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Независимые эксперты</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="86"/>
+          <w:bookmarkEnd w:id="87"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z95" w:id="87"/>
+          <w:bookmarkStart w:name="z95" w:id="88"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Баштовенко </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="87"/>
+          <w:bookmarkEnd w:id="88"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Светлана Николаевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -6694,126 +6921,126 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z96" w:id="88"/>
+          <w:bookmarkStart w:name="z96" w:id="89"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 президент общественного объединения "Ресурсный центр для пожилых" </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="88"/>
+          <w:bookmarkEnd w:id="89"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z97" w:id="89"/>
+          <w:bookmarkStart w:name="z97" w:id="90"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Дербишева </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="89"/>
+          <w:bookmarkEnd w:id="90"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Гульнара Толубаевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -6832,126 +7059,126 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z98" w:id="90"/>
+          <w:bookmarkStart w:name="z98" w:id="91"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 руководитель общественного фонда "Инсан-Лейлек" </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="90"/>
+          <w:bookmarkEnd w:id="91"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z99" w:id="91"/>
+          <w:bookmarkStart w:name="z99" w:id="92"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Коренев </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="91"/>
+          <w:bookmarkEnd w:id="92"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -6998,126 +7225,126 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z101" w:id="92"/>
+          <w:bookmarkStart w:name="z101" w:id="93"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 заместитель директора департамента по вопросам занятости Национальной палаты предпринимателей Республики Казахстан "Атамекен"</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="92"/>
+          <w:bookmarkEnd w:id="93"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z102" w:id="93"/>
+          <w:bookmarkStart w:name="z102" w:id="94"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тогизбаева</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="93"/>
+          <w:bookmarkEnd w:id="94"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Айдана Кенбаевна</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -7153,70 +7380,70 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z103" w:id="94"/>
+          <w:bookmarkStart w:name="z103" w:id="95"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 директор департамента по вопросам занятости Национальной палаты предпринимателей Республики Казахстан "Атамекен"</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="94"/>
+          <w:bookmarkEnd w:id="95"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -7256,55 +7483,77 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -7634,35 +7883,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>