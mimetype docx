--- v0 (2025-11-08)
+++ v1 (2025-12-25)
@@ -1,46 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f772ae1" w14:textId="f772ae1">
+    <w:p w14:paraId="2ddab17" w14:textId="2ddab17">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -103,51 +102,123 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение Коллегии Евразийской экономической комиссии от 9 апреля 2024 года № 36.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В редакции от: 16.11.2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Опубликовано: Сайт Евразийской экономической комиссии, www.eurasiancommission.org, 11.04.2024 г</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Решение Коллегии Евразийской экономической комиссии от 9 апреля 2024 года № 36. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Об утверждении Правил реализации общего процесса "Обеспечение информационного взаимодействия между уполномоченными операторами (органами) государств – членов Евразийского экономического союза при отслеживании перевозок с применением навигационных пломб по территориям двух и более государств – членов Евразийского экономического союза"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -229,202 +300,18325 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Настоящее Решение вступает в силу по истечении 30 календарных дней с даты его официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
-              <w:jc w:val="left"/>
-[...39 lines deleted...]
-          </w:p>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
-              <w:jc w:val="left"/>
-[...26 lines deleted...]
-              <w:t>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Председатель Коллегии</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Евразийской экономической комиссии      Б. Сагинтаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z8" w:id="3"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      УТВЕРЖДЕНЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Решением Коллегии </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Евразийской экономической комиссии</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от 9 апреля 2024 г. № 36</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z9" w:id="4"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Правила</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>реализации общего процесса "Обеспечение информационного взаимодействия между уполномоченными операторами (органами) государств – членов Евразийского экономического союза при отслеживании перевозок с применением навигационных пломб по территориям двух и более государств – членов Евразийского экономического союза"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      I. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Настоящие Правила определяют требования к реализации общего процесса "Обеспечение информационного взаимодействия между уполномоченными операторами (органами) государств – членов Евразийского экономического союза при отслеживании перевозок с применением навигационных пломб по территориям двух и более государств – членов Евразийского экономического союза" (далее – общий процесс), цели и задачи общего процесса, функции его участников, информационные ресурсы, используемые и формируемые в целях реализации общего процесса, а также особенности информационного взаимодействия и мероприятия, направленные на его реализацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Настоящие Правила разработаны в соответствии со следующими международными договорами и актами, входящими в право Евразийского экономического союза (далее – Союз):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
 </w:t>
-            </w:r>
-[...4 lines deleted...]
-            <w:tcW w:w="4340" w:type="dxa"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Договор</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о Евразийском экономическом союзе от 29 мая 2014 года;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Соглашение о применении в Евразийском экономическом союзе навигационных пломб для отслеживания перевозок от 19 апреля 2022 года (далее – Соглашение);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Решение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Коллегии Евразийской экономической комиссии от 19 декабря 2016 г. № 169 "Об утверждении Порядка реализации общих процессов в рамках Евразийского экономического союза";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Решение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Коллегии Евразийской экономической комиссии от 22 августа 2023 г. № 127 "О Порядке совершения действий национальными операторами, уполномоченными операторами (органами) и контролирующими органами при возникновении нештатной ситуации и (или) осуществлении несанкционированного действия в ходе отслеживания перевозки объектов отслеживания по территориям государств – членов Евразийского экономического союза с применением навигационных пломб";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Решение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Коллегии Евразийской экономической комиссии от 22 августа 2023 г. № 128 "О некоторых вопросах применения навигационных пломб";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Решение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Коллегии Евразийской экономической комиссии от 22 августа 2023 г. № 129 "О Порядке действий контролирующих органов и национальных операторов, необходимых для активации и деактивации навигационной пломбы, зарегистрированной в информационной системе национального оператора иного государства – члена Евразийского экономического союза, чем государство-член, на территории которого начинается отслеживание перевозки объектов отслеживания";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Решение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Коллегии Евразийской экономической комиссии от 22 августа 2023 г. № 130 "О Порядке обмена информацией о принятых в процессе перевозки мерах и формах контроля между контролирующими органами государств – членов Евразийского экономического союза в отношении товаров (продукции), перевозимых по территориям государств-членов с применением навигационных пломб";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Решение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Коллегии Евразийской экономической комиссии от 22 августа 2023 г. № 131 "Об определении относимых к нештатным ситуациям случаев, возникших в пути следования (перевозки) по территориям государств – членов Евразийского экономического союза объектов отслеживания";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Решение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Коллегии Евразийской экономической комиссии от 14 сентября 2023 г. № 139 "Об информационном взаимодействии между уполномоченными операторами (органами) государств – членов Евразийского экономического союза при отслеживании перевозок с применением навигационных пломб".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Для целей настоящих Правил используются понятия, которые означают следующее:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "оператор завершения перевозки" – уполномоченный оператор государства – члена Союза, на территории которого осуществляются действия по прекращению наблюдения за объектом отслеживания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "оператор отслеживания перевозки" – уполномоченный оператор государства – члена Союза, на территории которого началось наблюдение за объектом отслеживания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "оператор применения мер и форм контроля" – уполномоченный оператор государства – члена Союза, на территории которого контролирующими органами были применены меры и формы контроля в отношении объекта отслеживания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "оператор проследования" – уполномоченный оператор государства – члена Союза, по территории которого осуществлялась, осуществляется либо планируется осуществляться перевозка объекта отслеживания; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "оператор регистрации" – уполномоченный оператор государства – члена Союза, на территории которого находится национальный оператор, в информационной системе которого зарегистрирована навигационная пломба;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "фактический оператор проследования" – уполномоченный оператор государства – члена Союза, на территорию которого перемещен объект отслеживания, при этом в отношении этого объекта отслеживания не завершены мероприятия, связанные с возникновением нештатной ситуации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Иные понятия применяются в значениях, определенных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Договором</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о Евразийском экономическом союзе от 29 мая 2014 года, Соглашением, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Порядком</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> информационного взаимодействия между уполномоченными операторами (органами) государств – членов Евразийского экономического союза при отслеживании перевозок с применением навигационных пломб (приложение № 1 к Решению Коллегии Евразийской экономической комиссии от 14 сентября 2023 г. № 139) и актами органов Союза, регулирующими вопросы создания и развития интегрированной информационной системы Союза (далее – интегрированная система).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Пункт 3 - в редакции решения Коллегии Евразийской экономической комиссии от 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      II. Цели и задачи</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z25" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Целью реализации общего процесса является обеспечение информационного взаимодействия между уполномоченными операторами (органами) государств – членов Союза (далее соответственно – уполномоченные операторы, государства-члены) в соответствии с положениями Соглашения и актами органов Cоюза, разработанными в целях его реализации. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Пункт 4 с изменением, внесенным решением Коллегии Евразийской экономической комиссии от 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Для достижения цели общего процесса необходимо решить следующие задачи:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z27" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      а) применение единых подходов к обработке информации при ее передаче между уполномоченными операторами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z28" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      б) разработка на основе модели данных Союза и применение унифицированных структур электронных документов (сведений), используемых в процессе межгосударственного информационного взаимодействия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z29" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в) применение необходимых для информационного взаимодействия справочников и классификаторов, входящих в состав ресурсов единой системы нормативно-справочной информации Союза;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z30" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      г) реализация обмена информацией между уполномоченными операторами с использованием средств интегрированной системы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Пункт 5 с изменениями, внесенными решением Коллегии Евразийской экономической комиссии от 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z31" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      III. Участники информационного взаимодействия</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В пункт 6 предусматриваются изменения </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Участниками информационного взаимодействия в рамках общего процесса являются уполномоченные операторы, определенные в соответствии с пунктом 3 статьи 4 Соглашения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В рамках реализации общего процесса при отслеживании перевозки с применением навигационных пломб уполномоченные операторы могут выступать в одной или нескольких функциональных ролях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z34" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оператор отслеживания перевозки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z35" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оператор регистрации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z36" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оператор проследования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z37" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оператор применения мер и форм контроля;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z38" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оператор завершения перевозки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      фактический оператор проследования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Пункт 6 с изменениями, внесенными решением Коллегии Евразийской экономической комиссии от 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В рамках реализации общего процесса участники, указанные в пункте 6 настоящих Правил, при совершении операций в процессе отслеживания перевозок с применением навигационных пломб с учетом их функциональной роли в процессе взаимодействия реализуют функции формирования и передачи следующих сообщений:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z40" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      а) для оператора отслеживания перевозки:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z41" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      запрос информации о навигационной пломбе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z42" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      запрос на запись информации в навигационную пломбу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z43" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      запрос на совершение действий с навигационной пломбой;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z44" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сообщение об отслеживании перевозки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сообщение о начале отслеживания перевозки оператору проследования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сообщение о начале отслеживания перевозки оператору регистрации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z45" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      сообщение о действиях с навигационной пломбой; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сообщение о результатах действий с навигационной пломбой по запросу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сообщение об объекте отслеживания по уникальному номеру перевозки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z47" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>запрос информации по идентификатору навигационной пломбы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z49" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сообщение о завершении отслеживания перевозки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z50" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сообщение о замене навигационной пломбы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z51" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сообщение об изменении местонахождения объекта отслеживания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z52" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сообщение о мерах и формах контроля;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сообщение о возникновении нештатной ситуации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сообщение об аннулировании сведений, содержащихся в ранее направленном сообщении;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z53" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      б) для оператора регистрации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z54" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сообщение о результатах поиска информации о навигационной пломбе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z55" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сообщение о результатах записи информации в навигационную пломбу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z56" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сообщение о результатах действий с навигационной пломбой;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z57" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сообщение о технологических данных, полученных от навигационной пломбы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сообщение о технологических данных, полученных от навигационной пломбы по запросу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сообщение об уникальных номерах перевозки по идентификатору навигационной пломбы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сообщение, содержащее сведения о нештатной ситуации, полученное от навигационной пломбы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сообщение об аннулировании сведений, содержащихся в ранее направленном сообщении;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в) для оператора проследования:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z59" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      запрос информации о навигационной пломбе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z60" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      запрос об отслеживании по уникальному номеру перевозки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z61" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      запрос уникальных номеров перевозки по идентификатору навигационной пломбы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сообщение о действиях с навигационной пломбой;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z62" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сообщение о принятии решения о замене навигационной пломбы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z63" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      запрос на совершение действий с навигационной пломбой;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z64" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сообщение об изменении местонахождения объекта отслеживания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сообщение об аннулировании сведений, содержащихся в ранее направленном сообщении;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z65" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      г) для оператора применения мер и форм контроля:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сообщение о мерах и формах контроля;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сообщение об аннулировании сведений, содержащихся в ранее направленном сообщении;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z66" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      д) для оператора завершения перевозки:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      запрос на совершение действий с навигационной пломбой;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сообщение об аннулировании сведений, содержащихся в ранее направленном сообщении;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сообщение о действиях с навигационной пломбой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Пункт 7 с изменениями, внесенными решением Коллегии Евразийской экономической комиссии от 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z67" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. Обмен сообщениями, указанными в пункте 7 настоящих Правил, осуществляется инициатором и получателем таких сообщений согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению № 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z68" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Информационное взаимодействие при реализации общего процесса осуществляется в соответствии с функциональной схемой согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению № 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z69" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Состав сведений, передаваемых в сообщениях, указанных в пункте 7 настоящих Правил, а также условия формирования и направления указанных сообщений определяются в соответствии с решениями Коллегии Евразийской экономической комиссии от 22 августа 2023 г. № 127, от 22 августа 2023 г. № 128, от 22 августа 2023 г. № 129, от 22 августа 2023 г. № 130, от 22 августа 2023 г. № 131, от 22 августа 2023 г. № 139, от 20 февраля 2024 г. № 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Пункт 9 с изменением, внесенным решением Коллегии Евразийской экономической комиссии от 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z70" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Сообщения, указанные в пункте 7 настоящих Правил, передаются в виде электронных документов и (или) сведений, используемых в рамках информационного взаимодействия при отслеживании перевозок с применением навигационных пломб. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z71" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      IV. Информационные ресурсы и сервисы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z72" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. В целях реализации электронного обмена информацией в рамках общего процесса уполномоченные операторы государств-членов формируют и ведут информационные ресурсы, содержащие сведения о навигационных пломбах и перевозках с применением навигационных пломб. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z73" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Сообщения, указанные в пункте 7 настоящих Правил, представляемые уполномоченным оператором одного государства-члена уполномоченному оператору другого государства-члена, используются для формирования и актуализации информационных ресурсов, указанных в пункте 11 настоящих правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z74" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. В рамках реализации общего процесса формирование общих информационных ресурсов в интеграционном сегменте Евразийской экономической Комиссии (далее – Комиссия) не обеспечивается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z75" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. В целях реализации общего процесса посредством интегрированной системы в соответствии с установленными правилами электронного обмена обеспечивается гарантированная доставка направляемых сообщений, формируемых участниками информационного взаимодействия, указанными в пункте 6 настоящих Правил, в рамках информационного взаимодействия при отслеживании перевозок с применением навигационных пломб.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z76" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. В целях реализации общего процесса уполномоченные операторы обеспечивают разработку и применение следующих электронных сервисов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z77" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      а) формирование и направление сообщений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z78" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      б) получение и обработка сообщений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z79" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в) формирование информационных ресурсов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z80" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      г) поиск в информационных ресурсах сведений о навигационных пломбах и перевозках;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z81" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      д) хранение сообщений, отправленных и полученных в рамках реализации общего процесса, в пределах сроков, установленных пунктом 3 статьи 5 Соглашения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z82" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      V. Особенности информационного взаимодействия</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z83" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Информационное взаимодействие при реализации общего процесса осуществляется в случае, если участники такого взаимодействия являются уполномоченными операторами разных государств-членов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Пункт 16 - в редакции решения Коллегии Евразийской экономической комиссии от 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z84" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Информационное взаимодействие между участниками общего процесса осуществляется в режиме реального времени посредством интегрированной системы в соответствии с требованиями технологических документов, регламентирующих такое взаимодействие и утверждаемых Коллегией Комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z85" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Обмен информацией между уполномоченными операторами при отслеживании перевозок с применением навигационных пломб по территориям двух и более государств-членов, порядок которого предусмотрен Решением Коллегии Евразийской экономической комиссии от 22 августа 2023 г. № 130, осуществляется в соответствии с настоящими Правилами до определения Комиссией требований к его реализации между контролирующими органами в рамках общих процессов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z126" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. В случае если оператору проследования необходима информация о перевозке, он направляет оператору отслеживания перевозки запрос, содержащий уникальный номер перевозки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оператор отслеживания перевозки в ответ на поступивший запрос представляет сведения об отслеживании перевозки, включающие в себя информацию о событиях, произошедших с навигационной пломбой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае если аналогичный запрос был направлен не оператором проследования, оператор отслеживания перевозки не представляет сведения, указанные в абзаце втором настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Снока. Раздел V дополнен пунктом 18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в соответствии с решением Коллегии Евразийской экономической комиссии от 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z127" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. В случае если уникальный номер перевозки неизвестен, в целях контроля перевозки оператор проследования может направить оператору регистрации запрос, содержащий идентификатор навигационной пломбы, с указанием периода, за который необходимо представить сведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оператор регистрации в ответ на поступивший запрос представляет сведения обо всех уникальных номерах перевозок, отслеживание которых осуществлялось в запрашиваемый период с применением навигационной пломбы, идентификатор которой указан в запросе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Снока. Раздел V дополнен пунктом 18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в соответствии с решением Коллегии Евразийской экономической комиссии от 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z128" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. При осуществлении контроля перевозки оператор отслеживания перевозки может направить оператору регистрации запрос, содержащий одновременно идентификатор навигационной пломбы и уникальный номер перевозки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оператор регистрации в ответ на поступивший запрос формирует и направляет по запрашиваемой перевозке одно из следующих сообщений:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сведения о технологических данных, полученных от навигационной пломбы, и нештатных ситуациях, возникших в ходе осуществления перевозки, в случае, если поступивший запрос получен от оператора отслеживания перевозки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      отказ в представлении запрашиваемых сведений, в случае, если поступивший запрос получен от оператора, не являющегося оператором отслеживания перевозки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Снока. Раздел V дополнен пунктом 18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в соответствии с решением Коллегии Евразийской экономической комиссии от 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z129" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. В случае если после направления сообщения, предусмотренного пунктом 7 настоящих Правил, уполномоченным оператором, выступающим в качестве инициатора сообщения, выявлены расхождения между сведениями, содержащимися в его информационной системе, и сведениями, указанными в направленном сообщении, такой уполномоченный оператор в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложением № 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      а) формирует сообщение об аннулировании сведений, содержащихся в ранее направленном сообщении, и направляет его тем уполномоченным операторам, которым ранее направлялось сообщение;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      б) формирует новое сообщение и направляет его получателям ранее направленного сообщения (при необходимости).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Снока. Раздел V дополнен пунктом 18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в соответствии с решением Коллегии Евразийской экономической комиссии от 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z86" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      VI. Принципы обеспечения информационной безопасности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z87" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Требования к формированию и обработке электронных документов определяются в соответствии с актами органов Союза, в том числе устанавливающими порядок обмена электронными документами при взаимодействии органов государственной власти государств-членов между собой и с Комиссией посредством интегрированной системы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z88" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Безопасность передачи сведений в рамках интеграционной платформы интегрированной системы должна обеспечиваться в соответствии с правом Союза посредством подсистемы информационной безопасности интеграционного сегмента интегрированной системы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z89" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Безопасность передачи сведений в рамках информационного пространства государства-члена должна обеспечиваться в соответствии с законодательством государства-члена и техническими требованиями к обеспечению информационной безопасности, действующими на территории этого государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z90" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Обмен электронными документами происходит с использованием службы доверенной третьей стороны интегрированной системы. До начала функционирования службы доверенной третьей стороны интегрированной системы обмен сообщениями, указанными в пункте 7 настоящих Правил, осуществляется без применения электронной цифровой подписи (электронной подписи).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z91" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      VII. Мероприятия, направленные на реализацию общего процесса</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z92" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. В целях реализации общего процесса Комиссия обеспечивает:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z93" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      а) подготовку технологических документов и их утверждение, в том числе разработку на основе использования модели данных Союза унифицированных структур электронных документов (сведений) для представления сведений о документах (из документов) и их утверждение в составе технологических документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z94" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      б) доработку информационных систем (подсистем) Комиссии в целях проведения тестирования информационного взаимодействия между информационными системами участников общего процесса в соответствии с требованиями технологических документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z95" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Уполномоченные операторы совместно с операторами национальных сегментов интегрированной системы обеспечивают разработку (модернизацию) национальных информационных систем в целях обеспечения информационного взаимодействия в соответствии с положениями технологических документов, а также подключение национальных информационных систем к национальным сегментам интегрированной системы, если такое подключение не было обеспечено ранее.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z96" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Уполномоченные операторы совместно с операторами национальных сегментов интегрированной системы при координации Комиссии обеспечивают выполнение процедуры введения в действие общего процесса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z97" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Планирование, координация выполнения процедуры введения в действие общего процесса, мониторинг и анализ результатов реализации (исполнения) общего процесса осуществляются Комиссией.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИЛОЖЕНИЕ № 1</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>к Правилам реализации общего процесса "Обеспечение информационного взаимодействия между уполномоченными операторами (органами) государств – членов Евразийского экономического союза при отслеживании перевозок с применением навигационных пломб по территориям двух и более государств – членов Евразийского экономического союза"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z99" w:id="86"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ПЕРЕЧЕНЬ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>инициаторов и получателей сообщений, используемых в рамках информационного взаимодействия при отслеживании перевозок с применением навигационных пломб</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 - в редакции решения Коллегии Евразийской экономической комиссии от 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Инициатор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Содержание сообщения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Получатель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Основание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возможность аннулирования сообщения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+запрос информации о навигационной пломбе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оператор регистрации или уполномоченные операторы (органы) других государств –членов Евразийского экономического союза</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+абзац первый пункта 8 Порядка взаимодействия*</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(с учетом пункта 9 указанного Порядка)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не подлежит аннулированию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Оператор регистрации или уполномоченные операторы (органы) других государств – членов Евразийского экономического союза</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение о результатах поиска информации о навигационной пломбе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+абзац второй пункта 8 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не подлежит аннулированию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Оператор проследования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+запрос информации о навигационной пломбе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оператор регистрации или уполномоченные операторы (органы) других государств –членов Евразийского экономического союза</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+абзац первый пункта 8 Порядка взаимодействия </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(с учетом Порядка совершения действий**)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не подлежит аннулированию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Оператор регистрации или уполномоченные операторы (органы) других государств – членов Евразийского экономического союза</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение о результатах поиска информации о навигационной пломбе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оператор проследования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+абзац второй пункта 8 Порядка взаимодействия </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(с учетом Порядка совершения действий)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не подлежит аннулированию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+запрос на запись информации в навигационную пломбу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+оператор регистрации </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+абзац первый пункта 10 </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и абзац первый пункта 26 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не подлежит аннулированию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+6. Оператор регистрации </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение о результатах записи информации в навигационную пломбу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+абзац второй пункта 10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и абзац второй пункта 26 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не подлежит аннулированию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7. Оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+запрос на совершение действий с навигационной пломбой (активация) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оператор регистрации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+абзац первый пункта 11 </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и абзац второй пункта 26 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не подлежит аннулированию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8. Оператор регистрации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение о результатах действий с навигационной пломбой по запросу (активация)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+абзац второй пункта 11 </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и абзац третий пункта 26 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не подлежит аннулированию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9. Оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение о начале отслеживания перевозки оператору проследования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+операторы проследования </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+абзац первый пункта 12 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+возможно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10. Оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение о начале отслеживания перевозки оператору регистрации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оператор регистрации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+абзац первый пункта 12 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+возможно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+11. Оператор регистрации </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+сообщение о технологических данных, полученных </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от навигационной пломбы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пункт 13 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+возможно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12. Оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение об отслеживании перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+операторы проследования </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пункт 14 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+возможно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13. Оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+запрос на совершение действий с навигационной пломбой (изменение периодичности направления сообщений от навигационной пломбы) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+оператор регистрации </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+абзац первый пункта 15 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не подлежит аннулированию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+14. Оператор регистрации </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение о результатах действий с навигационной пломбой по запросу (ответ на запрос об изменении периодичности направления сообщений от навигационной пломбы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+абзац второй пункта 15 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не подлежит аннулированию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15. Оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+сообщение о действиях с навигационной пломбой (уведомление об изменении периодичности) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+операторы проследования </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пункт 16 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+возможно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+16. Оператор проследования </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+запрос об отслеживании по уникальному номеру перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+абзац первый пункта 17 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не подлежит аннулированию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17. Оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение об объекте отслеживания по уникальному номеру перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+оператор проследования </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+абзац второй пункта 17 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не подлежит аннулированию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+18. Оператор проследования </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+запрос уникальных номеров перевозки по идентификатору навигационной пломбы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оператор регистрации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+абзац первый пункта 18 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не подлежит аннулированию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19. Оператор регистрации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+сообщение об уникальных номерах перевозки по идентификатору навигационной пломбы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+оператор проследования </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+абзац второй пункта 18 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не подлежит аннулированию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20. Оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+запрос информации по идентификатору навигационной пломбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оператор регистрации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+абзац первый пункта 19 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не подлежит аннулированию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21. Оператор регистрации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение о технологических данных, полученных от навигационной пломбы по запросу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+абзац второй пункта 19 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не подлежит аннулированию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22. Оператор завершения перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+запрос на совершение действий с навигационной пломбой (деактивация)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+абзац первый пункта 20 и пункт 32 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не подлежит аннулированию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23. Оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+запрос на совершение действий с навигационной пломбой (деактивация)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оператор регистрации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+абзац первый пункта 20 и пункт 32 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не подлежит аннулированию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24. Оператор регистрации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение о результатах действий с навигационной пломбой по запросу (деактивация)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+абзац второй пункта 20 и пункт 32 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не подлежит аннулированию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25. Оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение о результатах действий с навигационной пломбой по запросу (деактивация)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+оператор завершения перевозки </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+абзац второй пункта 20 и пункт 32 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не подлежит аннулированию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26. Оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение о завершении отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+операторы проследования, оператор регистрации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+абзац первый пункта 21 и пункт 32 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+возможно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27. Оператор завершения перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+запрос на совершение действий с навигационной пломбой (дистанционное размыкание) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+абзац первый пункта 22 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не подлежит аннулированию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28. Оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+запрос на совершение действий с навигационной пломбой (дистанционное размыкание) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+оператор регистрации </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+абзац первый пункта 22 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не подлежит аннулированию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+29. Оператор регистрации </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение о результатах действий с навигационной пломбой по запросу (дистанционное размыкание)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+абзац второй пункта 22 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не подлежит аннулированию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30. Оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение о результатах действий с навигационной пломбой по запросу (дистанционное размыкание)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+оператор завершения перевозки </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+абзац второй пункта 22 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не подлежит аннулированию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+31. Оператор завершения перевозки </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение о действиях с навигационной пломбой (размыкание с использованием специального устройства)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пункт 23 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+возможно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32. Оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+сообщение о действиях </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">с навигационной пломбой (размыкание с использованием специального устройства) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+оператор регистрации </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пункт 23 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+возможно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+33. Оператор проследования </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение о принятии решения о замене навигационной пломбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пункты 24 и 31 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+возможно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34. Оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+запрос на совершение действий с навигационной пломбой (деактивация)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+оператор регистрации </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+абзац первый </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пункта 25 и пункт 31 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не подлежит аннулированию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+35. Оператор регистрации </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение о результатах действий с навигационной пломбой по запросу (деактивация)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+абзац второй пункта 25 и пункт 31 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не подлежит аннулированию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36. Оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение о замене навигационной пломбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+операторы проследования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пункты 27 и 31 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+возможно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+37. Оператор проследования </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+запрос на совершение действий с навигационной пломбой (дистанционное размыкание) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+абзац первый пункта 28 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не подлежит аннулированию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38. Оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+запрос на совершение действий с навигационной пломбой (дистанционное размыкание)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+оператор регистрации </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+абзац первый пункта 28 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не подлежит аннулированию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+39. Оператор регистрации </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение о результатах действий с навигационной пломбой по запросу (дистанционное размыкание)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+абзац второй пункта 28 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не подлежит аннулированию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40. Оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение о результатах действий с навигационной пломбой по запросу (дистанционное размыкание)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+оператор проследования </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+абзац второй пункта 28 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не подлежит аннулированию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+41. Оператор проследования </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение о действиях с навигационной пломбой (размыкание с использованием специального устройства)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пункт 29 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+возможно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42. Оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение о действиях с навигационной пломбой (размыкание с использованием специального устройства)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+оператор регистрации </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пункт 29 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+возможно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+43. Оператор проследования </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+сообщение о действиях с навигационной пломбой (замыкание) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пункт 30 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+возможно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44. Оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение о действиях с навигационной пломбой (замыкание)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+оператор регистрации </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пункт 30 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+возможно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45. Оператор регистрации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение, содержащее сведения о нештатной ситуации, полученные от навигационной пломбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пункт 33 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+возможно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46. Оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение о возникновении нештатной ситуации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оператор проследования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пункт 34 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+возможно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47. Оператор проследования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение об изменении местонахождения объекта отслеживания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пункт 35 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+возможно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48. Оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение об изменении местонахождения объекта отслеживания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+фактический оператор проследования </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пункт 35 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+возможно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49. Оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+запрос на совершение действий с навигационной пломбой (удаление) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+оператор регистрации </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+абзац первый пункта 36 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не подлежит аннулированию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+50. Оператор регистрации </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение о результатах действий с навигационной пломбой по запросу (удаление)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+абзац второй пункта 36 Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не подлежит аннулированию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51. Оператор применения мер и форм контроля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение о мерах и формах контроля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+пункт 6 Порядка обмена информацией*** </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+возможно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+52. Оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение о мерах и формах контроля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+уполномоченные операторы (органы) других государств – членов Евразийского экономического союза</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пункт 6 Порядка обмена информацией</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+возможно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53. Оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение об аннулировании сведений, содержащихся в ранее направленном сообщении</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оператор проследования</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оператор регистрации</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>фактический оператор проследования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пункт 6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не подлежит аннулированию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+54. Оператор регистрации </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение об аннулировании сведений, содержащихся в ранее направленном сообщении</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пункт 6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не подлежит аннулированию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55. Оператор проследования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение об аннулировании сведений, содержащихся в ранее направленном сообщении</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пункт 6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не подлежит аннулированию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+56. Оператор применения мер и форм контроля </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение об аннулировании сведений, содержащихся в ранее направленном сообщении</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пункт 6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не подлежит аннулированию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+57. Оператор завершения перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение об аннулировании сведений, содержащихся в ранее направленном сообщении</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оператор отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пункт 6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Порядка взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не подлежит аннулированию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      * Порядок информационного взаимодействия между уполномоченными операторами (органами) государств – членов Евразийского экономического союза при отслеживании перевозок с применением навигационных пломб (приложение № 1 к Решению Коллегии Евразийской экономической комиссии от 14 сентября 2023 г. № 139).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ** Порядок совершения действий национальных операторов, уполномоченных операторов (органов) и контролирующих органов, задействованных при замене навигационной пломбы в пути следования (перевозки) объекта отслеживания по территориям государств – членов Евразийского экономического союза, и случаи, при которых допускается замена навигационной пломбы в пути следования (перевозки) объекта отслеживания, утвержденный Решением Коллегии Евразийской экономической комиссии от 20 февраля 2024 г. № 12.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      *** Порядок обмена информацией о принятых в процессе перевозки мерах и формах контроля между контролирующими органами государств – членов Евразийского экономического союза в отношении товаров (продукции), перевозимых по территориям государств-членов с применением навигационных пломб, утвержденный Решением Коллегии Евразийской экономической комиссии от 22 августа 2023 г. № 130.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИЛОЖЕНИЕ № 2</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>к Правилам реализации общего процесса "Обеспечение информационного взаимодействия между уполномоченными операторами (органами) государств – членов Евразийского экономического союза при отслеживании перевозок с применением навигационных пломб по территориям двух и более государств – членов Евразийского экономического союза"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z104" w:id="87"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ФУНКЦИОНАЛЬНАЯ СХЕМА</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>информационного взаимодействия при реализации общего процесса "Обеспечение информационного взаимодействия между уполномоченными операторами (органами) государств – членов Евразийского экономического союза при отслеживании перевозок с применением навигационных пломб по территориям двух и более государств – членов Евразийского экономического союза"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 2 - в редакции решения Коллегии Евразийской экономической комиссии от 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Обозначения, используемые в настоящей функциональной схеме, и их связь с пунктами перечня инициаторов и получателей сообщений, используемых в рамках информационного взаимодействия при отслеживании перевозок с применением навигационных пломб (приложение № 1 к Правилам реализации общего процесса "Обеспечение информационного взаимодействия между уполномоченными операторами (органами) государств – членов Евразийского экономического союза при отслеживании перевозок с применением навигационных пломб по территориям двух и более государств – членов Евразийского экономического союза") (далее – перечень) приведены в таблице 1:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
-              <w:jc w:val="left"/>
-[...31 lines deleted...]
-</w:t>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Таблица 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ элемента схемы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование элемента схемы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пункт перечня</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+запрос информации о навигационной пломбе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1, 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение о результатах поиска информации о навигационной пломбе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2, 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+запрос на запись информации в навигационную пломбу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение о результатах записи информации в навигационную пломбу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+запрос на совершение действий с навигационной пломбой</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7, 13, 22, 23, 27, 28, 34, 37, 38, 49</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение о действиях с навигационной пломбой</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15, 31, 32, 41, 42, 43, 44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение о результатах действий с навигационной пломбой по запросу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8, 14, 24, 25, 29, 30, 35, 39, 40, 50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение о начале отслеживания перевозки оператору проследования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение о начале отслеживания перевозки оператору регистрации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение о технологических данных, полученных от навигационной пломбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение об отслеживании перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+запрос об отслеживании по уникальному номеру перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение об объекте отслеживания по уникальному номеру перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+запрос уникальных номеров перевозки по идентификатору навигационной пломбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение об уникальных номерах перевозки по идентификатору навигационной пломбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+запрос информации по идентификатору навигационной пломбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение о технологических данных, полученных от навигационной пломбы по запросу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение о завершении отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение о замене навигационной пломбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+сообщение о принятии решения о замене навигационной пломбы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+сообщение, содержащее сведения о нештатной ситуации, полученное от навигационной пломбы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+сообщение о возникновении нештатной ситуации </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение об изменении местонахождения объекта отслеживания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47, 48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение о мерах и формах контроля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51, 52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение об аннулировании сведений, содержащихся в ранее направленном сообщении</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53, 54, 55, 56, 57</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -463,3003 +18657,291 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>УТВЕРЖДЕНЫ</w:t>
+              <w:t>ПРИЛОЖЕНИЕ № 3</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Решением Коллегии </w:t>
+              <w:t>к Правилам реализации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Евразийской экономической комиссии</w:t>
+              <w:t>общего процесса "Обеспечение</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 9 апреля 2024 г. № 36</w:t>
+              <w:t>информационного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>взаимодействия между</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>уполномоченными операторами</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(органами) государств – членов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Евразийского экономического</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>союза при отслеживании</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>перевозок с применением</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>навигационных пломб по</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>территориям двух и более</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государств – членов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Евразийского экономического союза"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правила</w:t>
+        <w:t xml:space="preserve"> ПЕРЕЧЕНЬ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>реализации общего процесса "Обеспечение информационного взаимодействия между уполномоченными операторами (органами) государств – членов Евразийского экономического союза при отслеживании перевозок с применением навигационных пломб по территориям двух и более государств – членов Евразийского экономического союза"</w:t>
-[...76 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve">справочников, применяемых в рамках реализации информационного взаимодействия при отслеживании перевозок с применением навигационных пломб по территориям двух и более государств – членов Евразийского экономического союза </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> о Евразийском экономическом союзе от 29 мая 2014 года;</w:t>
+      Сноска. Правила допонены приложением 3 в соответствии с решением Коллегии Евразийской экономической комиссии от 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="7"/>
-[...2762 lines deleted...]
-    <w:bookmarkEnd w:id="76"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3493,8808 +18975,1131 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ПРИЛОЖЕНИЕ № 1</w:t>
-[...168 lines deleted...]
-              <w:t>Евразийского экономического союза"</w:t>
+              <w:t>Таблица 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...75 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ПЕРЕЧЕНЬ</w:t>
-[...11 lines deleted...]
-        <w:t>инициаторов и получателей сообщений, используемых в рамках информационного взаимодействия при отслеживании перевозок с применением навигационных пломб</w:t>
+        <w:t xml:space="preserve"> Справочник событий с навигационной пломбой</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3075"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-Основание</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Код</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-абзац первый пункта 8 Порядка взаимодействия* (с учетом пункта 9 указанного Порядка)</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+А02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+замыкание элемента пломбирования при повторном наложении навигационной пломбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-абзац второй пункта 8 Порядка взаимодействия</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+А03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+активация навигационной пломбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-абзац первый пункта 8 Порядка взаимодействия (с учетом Порядка совершения действий**)</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+А04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+деактивация навигационной пломбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-абзац второй пункта 8 Порядка взаимодействия (с учетом Порядка совершения действий)</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+А05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+размыкание элемента пломбирования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-абзац первый пункта 10 и абзац первый пункта 26 Порядка взаимодействия</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+А06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+удаление информации из навигационной пломбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...154 lines deleted...]
-              <w:t>и абзац второй пункта 26 Порядка взаимодействия</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+А07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+изменение периодичности направления сообщений от навигационной пломбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-абзац первый пункта 11 и абзац второй пункта 26 Порядка взаимодействия</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+А08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+замена навигационной пломбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...7174 lines deleted...]
-пункт 6 Порядка обмена информацией</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+В01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+возникновение нештатной ситуации и (или) осуществление несанкционированного действия</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z100" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      * Порядок информационного взаимодействия между уполномоченными операторами (органами) государств – членов Евразийского экономического союза при отслеживании перевозок с применением навигационных пломб (приложение № 1 к Решению Коллегии Евразийской экономической комиссии от 14 сентября 2023 г. № 139).</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-[...39 lines deleted...]
-    <w:bookmarkEnd w:id="80"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -12328,837 +20133,5172 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ПРИЛОЖЕНИЕ № 2</w:t>
-[...168 lines deleted...]
-              <w:t>Евразийского экономического союза"</w:t>
+              <w:t>Таблица 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...15 lines deleted...]
-        <w:t>      Примечание ИЗПИ!</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Справочник результатов обработки запросов, применяемый в рамках реализации информационного взаимодействия при отслеживании перевозок с применением навигационных пломб по территориям двух и более государств – членов Евразийского экономического союза </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...47 lines deleted...]
-    <w:bookmarkStart w:name="z104" w:id="81"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Код</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+запрос обработан без ошибок (сведения о перевозке (пломбе) найдены)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+101</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ошибка: сведения о пломбе с указанным в запросе номером в информационной системе не найдены</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+102</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ошибка: сведения о перевозке с указанным в запросе номером в информационной системе не найдены</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+103</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сведения по идентификатору навигационной пломбы найдены, но могут быть представлены только оператору отслеживания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+104</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сведения по уникальному номеру перевозки найдены, но могут быть представлены только оператору проследования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+201</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ошибка: действия с навигационной пломбой не совершены</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+202</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ошибка: навигационная пломба с указанным в запросе номером не применяется для отслеживания перевозки с указанным в запросе номером</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+203</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ошибка: навигационная пломба с указанным в запросе номером в информационной системе зарегистрирована, но не может быть использована для осуществления отслеживания перевозки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t>информационного взаимодействия при реализации общего процесса "Обеспечение информационного взаимодействия между уполномоченными операторами (органами) государств – членов Евразийского экономического союза при отслеживании перевозок с применением навигационных пломб по территориям двух и более государств – членов Евразийского экономического союза"</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z105" w:id="82"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Таблица 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Справочник дистанционных операций с навигационной пломбой</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-[...43 lines deleted...]
-    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Код</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сообщение о совершении операции с применением специального устройства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+запрос на совершение операции дистанционно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Таблица 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Справочник этапов отслеживания перевозки и возникающих в процессе перевозки событий</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z106" w:id="83"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Код</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+начало отслеживания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+завершение отслеживания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сведения о перевозке</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нештатная ситуация и (или) несанкционированные действия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+снятие навигационной пломбы без прекращения наблюдения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+деактивация навигационной пломбы в связи с ее заменой</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+перемещение объекта отслеживания через границу государства – члена Евразийского экономического союза в случае нештатной ситуации и (или) несанкционированных действий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+начало отслеживания, информация для оператора регистрации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Таблица 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Справочник категорий товаров, подлежащих отслеживанию с применением навигационных пломб при перевозке по территориям двух и более государств – членов Евразийского экономического союза</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-[...43 lines deleted...]
-    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Код</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+алкогольная продукция, классифицируемая в товарных позициях </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2203 00, 2204, 2205, 2206 00, 2207 и 2208 единой Товарной номенклатуры внешнеэкономической деятельности Евразийского экономического союза, вывозимая с таможенной территории Евразийского экономического союза в соответствии с таможенной процедурой экспорта или перемещаемая между государствами – членами Евразийского экономического союза в рамках взаимной торговли</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+табак, табачные изделия, классифицируемые в товарных позициях 2401, 2402 и 2403 единой Товарной номенклатуры внешнеэкономической деятельности Евразийского экономического союза, вывозимые с таможенной территории Евразийского экономического союза в соответствии с таможенной процедурой экспорта или перемещаемых между государствами – членами Евразийского экономического союза в рамках взаимной торговли</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+товары, в отношении которых одним или несколькими государствами – членами Евразийского экономического союза применяются специальные экономические меры, вывозимые с таможенной территории Евразийского экономического союза в соответствии с таможенной процедурой экспорта или перемещаемые между государствами – членами Евразийского экономического союза в рамках взаимной торговли</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+никотинсодержащая продукция, никотиновое сырье, классифицируемые в товарных позициях 2404, 2939 79 00 00, </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2939 80 00 00 единой Товарной номенклатуры внешнеэкономической деятельности Евразийского экономического союза, вывозимые с таможенной территории Евразийского экономического союза в соответствии с таможенной процедурой экспорта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Таблица 6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Справочник типов запросов информации по идентификатору навигационной пломбы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z107" w:id="84"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Код</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Т0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+запрос уникальных номеров перевозки по идентификатору навигационной пломбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Т1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+запрос о технологических данных навигационной пломбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Таблица 7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      Для целей настоящего документа используются следующие обозначения:</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень операторов (органов) государств – членов Евразийского экономического союза, уполномоченных на взаимодействие с контролирующими органами своего государства и уполномоченными операторами (органами) других государств-членов в соответствии с Соглашением о применении в Евразийском экономическом союзе навигационных пломб для отслеживания перевозок от 19 апреля 2022 года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z108" w:id="85"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Код</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оператор государства – члена Евразийского экономического союза</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Признак отнесения к уполномочен-ным операторам навигационной пломбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Признак отнесения к национальным операторам навигационной пломбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ARM_GPS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+общество с ограниченной ответственностью "АрмДжиПиЭс"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+BY_BTS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканское унитарное предприятие "Белтаможсервис"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+KZ_ISTT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дочернее товарищество с ограниченной ответственностью "Институт космической техники и технологий" акционерного общества "Национальный центр космических исследований и технологий"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+KG_CI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+государственное предприятие "Таможенная инфраструктура" при Государственной таможенной службе при Министерстве финансов Кыргызской Республики</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+RU_CRCP</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+общество с ограниченной ответственностью "Центр развития цифровых платформ"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1 – запрос информации о навигационной пломбе;</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-[...339 lines deleted...]
-    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -13534,35 +25674,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>