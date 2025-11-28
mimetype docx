--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3056669" w14:textId="3056669">
+    <w:p w14:paraId="de1e547" w14:textId="de1e547">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,59 +100,53 @@
         </w:rPr>
         <w:t>О Порядке координации работ по стандартизации в рамках Евразийского экономического союза</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение Совета Евразийской экономической комиссии от 23 июня 2023 года № 67.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В целях реализации </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -161,318 +155,271 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Протокола о техническом регулировании в рамках Евразийского экономического союза (приложение № 9 к Договору о Евразийском экономическом союзе от 29 мая 2014 года) Совет Евразийской экономической комиссии </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решил</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемый </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Порядок</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> координации работ по стандартизации в рамках Евразийского экономического союза.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Просить правительства государств – членов Евразийского экономического союза (далее – государства-члены) обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z7" w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       а) разработку (включая принятие и введение в действие) межгосударственных стандартов, необходимых для применения и исполнения требований технических регламентов Евразийского экономического союза, на основе соответствующих национальных (государственных) стандартов и методик исследований (испытаний) и измерений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       включенных в проекты перечней стандартов, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">пунктом 4 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Протокола о техническом регулировании в рамках Евразийского экономического союза (приложение № 9 к Договору о Евразийском экономическом союзе от 29 мая 2014 года) (далее – перечни стандартов), которые находятся на стадии разработки, в течение 5 лет с даты утверждения этих перечней стандартов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="2"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       включенных в перечни стандартов, которые утверждены до даты вступления в силу настоящего Решения, в течение 5 лет с даты вступления в силу настоящего Решения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z10" w:id="3"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       б) введение в действие на национальном уровне межгосударственных стандартов, которые включены в перечни стандартов и к которым присоединилось государство-член, в течение 180 календарных дней с даты вступления в силу настоящего Решения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z11" w:id="4"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в) применение методик исследований (испытаний) и измерений, которые включены в перечни стандартов, в течение 180 календарных дней с даты вступления в силу настоящего Решения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Настоящее Решение вступает в силу с даты вступления в силу Протокола о внесении изменений в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Договор</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о Евразийском экономическом союзе от 29 мая 2014 года, подписанного 31 марта 2022 г., но не ранее чем по истечении 30 календарных дней с даты официального опубликования настоящего Решения.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12000"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12000" w:type="dxa"/>
             <w:tcBorders/>
@@ -1579,111 +1526,105 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Евразийской экономической комиссии</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 23 июня 2023 г. № 67</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z15" w:id="5"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ПОРЯДОК</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z16" w:id="6"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> координации работ по стандартизации в рамках Евразийского экономического союза</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z17" w:id="7"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> I. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящий Порядок разработан в целях реализации </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1718,2648 +1659,2789 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 51 Договора о Евразийском экономическом союзе от 29 мая 2014 года (далее – Договор), абзаца одиннадцатого </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Протокола о техническом регулировании в рамках Евразийского экономического союза (приложение № 9 к Договору) и определяет правила координации работ по стандартизации в рамках Евразийского экономического союза (далее – Союз) при осуществлении взаимодействия между уполномоченными органами по стандартизации государств – членов Союза (далее соответственно – органы по стандартизации, государства-члены) в целях обеспечения применения и исполнения требований технических регламентов Союза (далее – технические регламенты) и формирования скоординированных действий по развитию стандартизации в области технического регулирования в рамках Союза.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="8"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Координация работ по стандартизации в рамках Союза осуществляется по следующим направлениям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z20" w:id="9"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       а) планирование разработки (внесения изменений, пересмотра) межгосударственных стандартов, необходимых для применения и исполнения требований технических регламентов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z21" w:id="10"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       б) разработка (внесение изменений, пересмотр) межгосударственных стандартов, необходимых для применения и исполнения требований технических регламентов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z22" w:id="11"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в) применение межгосударственных стандартов, национальных (государственных) стандартов и методик исследований (испытаний) и измерений, необходимых для применения и исполнения требований технических регламентов, а также обязательных требований в отношении продукции, включенной в единый перечень продукции, в отношении которой устанавливаются обязательные требования в рамках Союза, и не являющейся объектом технического регулирования технических регламентов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z23" w:id="12"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       г) взаимодействие органов по стандартизации при разработке межгосударственных и национальных (государственных) стандартов, связанных с обеспечением сотрудничества государств-членов в сфере промышленности, транспорта, энергетики и в иных сферах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z24" w:id="13"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       д) выработка и реализация скоординированных действий по развитию стандартизации в области технического регулирования в рамках Союза.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z25" w:id="14"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Взаимодействие в области стандартизации в рамках Союза между органами по стандартизации осуществляется в рамках организуемых Евразийской экономической комиссией (далее – Комиссия) совещаний, заседаний Консультативного комитета по техническому регулированию, применению санитарных, ветеринарных и фитосанитарных мер (далее – Консультативный комитет), подкомитетов при Консультативном комитете, Совета руководителей государственных (национальных) органов по стандартизации государств – членов Евразийского экономического союза (далее – Совет руководителей) и последующей реализации принимаемых на таких совещаниях и заседаниях решений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z26" w:id="15"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Организация и проведение работ по межгосударственной стандартизации осуществляются в соответствии с законодательством государств-членов органами по стандартизации во взаимодействии с Межгосударственным советом по стандартизации, метрологии и сертификации Содружества Независимых Государств (далее – Межгосударственный совет) с учетом основополагающих межгосударственных стандартов, правил по межгосударственной стандартизации и права Союза в области технического регулирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z27" w:id="16"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> II. Планирование разработки (внесения изменений, пересмотра) межгосударственных стандартов, необходимых для применения и исполнения требований технических регламентов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z28" w:id="17"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В целях планирования органами по стандартизации разработки (внесения изменений, пересмотра) межгосударственных стандартов Коллегией Комиссии утверждаются программы по разработке (внесению изменений, пересмотру) межгосударственных стандартов, в результате применения которых на добровольной основе обеспечивается соблюдение требований технических регламентов, и межгосударственных стандартов, содержащих правила и методы исследований (испытаний) и измерений, в том числе правила отбора образцов, необходимые для применения и исполнения требований технических регламентов и осуществления оценки соответствия объектов технического регулирования технических регламентов (далее – программы).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. В качестве основы для разработки межгосударственных стандартов применяются международные и региональные стандарты, за исключением случаев, когда такие стандарты не соответствуют целям технического регулирования в рамках Союза, в том числе вследствие влияния климатических и географических факторов или технологических и других особенностей, а в случае их отсутствия – национальные (государственные) стандарты или методики исследований (испытаний) и измерений, аттестованные и утвержденные в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Совета Евразийской экономической комиссии от 17 марта 2016 г. № 21 "Об утверждении Порядка метрологической аттестации методики (метода) измерений" и законодательством государств-членов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="18"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Программа составляется по форме согласно приложению и содержит информацию о кодах в соответствии с Межгосударственным классификатором стандартов, обозначениях межгосударственных технических комитетов по стандартизации, к области деятельности которых относятся соответствующие темы (при наличии), о кодах темы разработки проектов межгосударственных стандартов, наименованиях проектов межгосударственных стандартов (видах работ), элементах технического регламента, сроках разработки (начале и окончании), наименованиях государств-членов, ответственных за разработку межгосударственных стандартов, а также информацию о согласовании с межгосударственным техническим комитетом по стандартизации (при наличии) тем по разработке проектов межгосударственных стандартов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z31" w:id="19"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Подготовка проекта программы осуществляется органом государственной власти государства-члена, ответственным за разработку технического регламента (далее – разработчик), совместно с органом по стандартизации этого государства-члена в соответствии с порядком разработки, принятия, изменения и отмены технических регламентов, утверждаемым Комиссией.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z32" w:id="20"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Разработка проекта программы осуществляется путем включения в него проектов межгосударственных стандартов, обеспечивающих реализацию всех требований технического регламента, с учетом следующих приоритетов для соответствующих структурных элементов проекта технического регламента:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z33" w:id="21"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       а) межгосударственные стандарты, разрабатываемые на основе международных стандартов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z34" w:id="22"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       б) межгосударственные стандарты, разрабатываемые на основе региональных стандартов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z35" w:id="23"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в) межгосударственные стандарты, разрабатываемые на основе национальных (государственных) стандартов государств-членов, принятых на основе международных стандартов и (или) идентичных соответствующим международным стандартам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z36" w:id="24"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       г) межгосударственные стандарты, разрабатываемые на основе национальных (государственных) стандартов государств-членов, принятых на основе международных стандартов и модифицированных по отношению к соответствующим международным стандартам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z37" w:id="25"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       д) межгосударственные стандарты, разрабатываемые на основе национальных (государственных) стандартов государств-членов, принятых на основе международных стандартов и неэквивалентных соответствующим международным стандартам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z38" w:id="26"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       е) межгосударственные стандарты, разрабатываемые на основе национальных (государственных) стандартов государств-членов, принятых на основе региональных стандартов и идентичных соответствующим региональным стандартам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z39" w:id="27"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ж) межгосударственные стандарты, разрабатываемые на основе национальных (государственных) стандартов государств-членов, принятых на основе региональных стандартов и модифицированных по отношению к соответствующим региональным стандартам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z40" w:id="28"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       з) межгосударственные стандарты, разрабатываемые на основе национальных (государственных) стандартов государств-членов, принятых на основе региональных стандартов и неэквивалентных соответствующим региональным стандартам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z41" w:id="29"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       и) межгосударственные стандарты, разрабатываемые на основе национальных (государственных) стандартов государств-членов, принятых не на основе международных и (или) региональных стандартов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       к) межгосударственные стандарты, разрабатываемые на основе методик исследований (испытаний) и измерений, аттестованных и утвержденных в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Совета Евразийской экономической комиссии от 17 марта 2016 г. № 21 и законодательством государств-членов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="30"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z43" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       л) межгосударственные стандарты, разрабатываемые с учетом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z44" w:id="31"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z44" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       действующих международных документов, не являющихся международными стандартами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z45" w:id="32"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z45" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       результатов научно-исследовательских, опытно-конструкторских, опытно-технологических, проектных работ, относящихся к данному объекту и (или) аспекту стандартизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z46" w:id="33"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z46" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       национальных (государственных) стандартов экономически развитых стран или стран предполагаемого экспорта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z47" w:id="34"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z47" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       иной информации о современных достижениях науки и техники, о передовых технологиях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z48" w:id="35"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z48" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. При включении в проект программы пунктов, предусматривающих разработку межгосударственных стандартов на основе национальных (государственных) стандартов, содержащихся в перечнях стандартов, предусмотренных пунктом 4 Протокола о техническом регулировании в рамках Евразийского экономического союза (приложение № 9 к Договору) (далее – перечни стандартов), предпочтение отдается национальным (государственным) стандартам, разработанным на основе международных и (или) региональных стандартов более позднего года принятия (утверждения). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z49" w:id="36"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z49" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Проект программы может предусматривать внесение изменений, пересмотр принятых межгосударственных стандартов, включенных в перечни стандартов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z50" w:id="37"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z50" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Проект программы должен включать в себя пункты, предусматривающие разработку межгосударственных стандартов взамен методик исследований (испытаний) и измерений, включенных в перечни стандартов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z51" w:id="38"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z51" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Сроки разработки и принятия межгосударственных стандартов, необходимых для применения и исполнения требований технических регламентов, устанавливаются в соответствии с требованиями Межгосударственной системы стандартизации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z52" w:id="39"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z52" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае если государство-член, ответственное за разработку проекта межгосударственного стандарта, не определено, в соответствующей графе проекта программы производится запись "не определено", в графе "Срок разработки" – запись "перспективная разработка".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z53" w:id="40"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z53" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. В течение 30 календарных дней с даты утверждения перечней стандартов разработчиком соответствующего технического регламента совместно с органами по стандартизации осуществляются доработка и согласование проекта программы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z54" w:id="41"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z54" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Предложения органов по стандартизации о включении в проект программы пунктов о разработке (внесении изменений, пересмотре) межгосударственного стандарта должны содержать информацию о согласовании (ходе рассмотрения) такого предложения соответствующим межгосударственным техническим комитетом по стандартизации (при наличии такого технического комитета).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z55" w:id="42"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z55" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Доработанный проект программы и комплект документов к нему представляются разработчиком в Комиссию для рассмотрения на заседании Консультативного комитета и принятия решения о возможности его представления для рассмотрения Коллегией Комиссии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z56" w:id="43"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z56" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комплект документов к проекту программы включает в себя проект решения Коллегии Комиссии об утверждении программы и пояснительную записку к проекту программы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z57" w:id="44"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z57" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. В пояснительной записке к проекту программы указываются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z58" w:id="45"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z58" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       а) цели и обоснование разработки программы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z59" w:id="46"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z59" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       б) общая характеристика предлагаемых к разработке межгосударственных стандартов, а также предлагаемых изменений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z60" w:id="47"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z60" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в) описание проблем, на решение которых направлена разработка программы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z61" w:id="48"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z61" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       г) иная информация, относящаяся к основным сведениям о проекте программы (в том числе перечень установленных в техническом регламенте показателей, для которых отсутствуют методы исследований (испытаний) и измерений в перечне стандартов и в отношении которых программой предусмотрена разработка межгосударственных стандартов в соответствии с пунктом 13 настоящего Порядка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z62" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Комиссией обеспечивается проведение предварительного опубликования на официальном сайте Союза (для общественного обсуждения) проекта программы и комплекта документов к нему в соответствии с разделом VIII Регламента работы Евразийской экономической комиссии, утвержденного </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Высшего Евразийского экономического совета от 23 декабря 2014 г. № 98, в течение 30 календарных дней с даты представления указанных материалов в Комиссию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="49"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z63" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При необходимости Комиссией обеспечивается рассмотрение итогов общественного обсуждения проекта программы и комплекта документов к нему на совещании с участием представителей заинтересованных органов государственной власти государств-членов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z64" w:id="50"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z64" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Проект программы и комплект документов к нему рассматриваются на заседании Консультативного комитета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z65" w:id="51"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z65" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По итогам рассмотрения Консультативным комитетом принимается решение о возможности представления проекта программы и комплекта документов к нему для рассмотрения Коллегией Комиссии, которое оформляется протоколом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z66" w:id="52"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z66" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Программа утверждается Коллегией Комиссии не позднее чем через 180 календарных дней с даты принятия Комиссией решения об утверждении перечней стандартов к соответствующему техническому регламенту.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z67" w:id="53"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 19 предусмотрены изменения решением Совета Евразийской экономической комиссии от 12.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 76</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Внесение изменений в программу осуществляется Комиссией, как правило, путем принятия ее в новой редакции на основании предложений государств-членов, подготовленных по результатам мониторинга применения стандартов, включенных в утвержденные перечни стандартов, в том числе на основании мониторинга принятия межгосударственных стандартов, предусмотренных программой, а также на основании мониторинга и контроля применения технического регламента, предусмотренных порядком разработки, принятия, изменения и отмены технических регламентов, и учитывающих следующие факторы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z68" w:id="54"/>
+    <w:bookmarkStart w:name="z68" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       а) выполнение соответствующих требований технического регламента обеспечивается в результате применения на добровольной основе одного или нескольких межгосударственных стандартов (разделов, пунктов, подпунктов таких межгосударственных стандартов);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z69" w:id="55"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z69" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       б) применение и исполнение требований технического регламента обеспечиваются правилами и методами исследований (испытаний) и измерений, в том числе правилами отбора образцов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z70" w:id="56"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z70" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в) необходимость внесения изменений (пересмотра) в принятые межгосударственные стандарты, включенные в перечни стандартов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z71" w:id="57"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z71" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       г) актуализация международных и региональных стандартов, являющихся основой для разработки межгосударственных стандартов, включенных в программы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z72" w:id="58"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 20 предусмотрены изменения решением Совета Евразийской экономической комиссии от 12.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 76</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Предложения государств-членов, указанные в пункте 19 настоящего Порядка, подготовленные по форме, предусмотренной приложением к настоящему Порядку, с пояснительной запиской направляются в Комиссию органами по стандартизации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z73" w:id="59"/>
+    <w:bookmarkStart w:name="z73" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В пояснительной записке к изменениям, вносимым в программу, указываются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z74" w:id="60"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z74" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       цели и обоснование внесения изменений в программу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z75" w:id="61"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z75" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       общая характеристика предлагаемых к разработке межгосударственных стандартов, а также предлагаемых изменений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z76" w:id="62"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z76" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       иная информация, относящаяся к основным сведениям о предлагаемых изменениях в программу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z77" w:id="63"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z77" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. Комиссией в течение 30 календарных дней с даты поступления предложений о внесении изменений в программу осуществляется подготовка проекта решения Коллегии Комиссии о внесении изменений в программу (далее – проект решения) и комплекта документов к нему и направление их на рассмотрение в уполномоченные органы государств-членов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z78" w:id="64"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z78" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комиссией обеспечивается проведение предварительного опубликования на официальном сайте Союза (для общественного обсуждения) проекта решения и комплекта документов к нему в соответствии с разделом VIII Регламента работы Евразийской экономической комиссии в течение 30 календарных дней с даты представления указанных материалов в Комиссию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z79" w:id="65"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z79" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При необходимости Комиссией обеспечивается рассмотрение итогов общественного обсуждения проекта решения и комплекта документов к нему на совещании с участием представителей заинтересованных органов государственной власти государств-членов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z80" w:id="66"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z80" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Проект решения и комплект документов к нему рассматриваются на заседании Консультативного комитета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z81" w:id="67"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z81" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По итогам рассмотрения Консультативным комитетом принимается решение о возможности представления проекта решения и комплекта документов к нему для рассмотрения Коллегией Комиссии, которое оформляется протоколом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z82" w:id="68"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z82" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> III. Разработка (внесение изменений, пересмотр) межгосударственных стандартов, необходимых для применения и исполнения требований технических регламентов, а также обязательных требований в отношении продукции, включенной в единый перечень продукции, в отношении которой устанавливаются обязательные требования в рамках Союза, и не являющейся объектом технического регулирования технических регламентов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z83" w:id="69"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z83" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Государствами-членами в приоритетном порядке осуществляется финансирование разработки закрепленных за ними межгосударственных стандартов в соответствии с программами в установленные сроки, а также межгосударственных стандартов на продукцию, включенную в единый перечень продукции, в отношении которой устанавливаются обязательные требования в рамках Союза, и не являющуюся объектом технического регулирования технических регламентов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z84" w:id="70"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z84" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Органами по стандартизации в соответствии с программами осуществляется в приоритетном порядке включение пунктов о разработке, внесении изменений, пересмотре межгосударственных стандартов в принимаемую Межгосударственным советом программу межгосударственной стандартизации в соответствии с установленным Межгосударственным советом порядком.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z85" w:id="71"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z85" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. Комиссией с участием органов по стандартизации проводится мониторинг выполнения программ, включая принятие и введение в действие межгосударственных стандартов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z86" w:id="72"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z86" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В целях осуществления мониторинга, указанного в абзаце первом настоящего пункта, органами по стандартизации ежегодно, до 25 января года, следующего за отчетным, направляются в Комиссию сведения о выполнении в отчетном году пунктов программ, ответственным по которым определено государство-член, в том числе в части:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z87" w:id="73"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z87" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принятых межгосударственных стандартов (внесения изменений в них);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z88" w:id="74"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z88" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       включения пунктов о разработке, внесении изменений, пересмотре межгосударственных стандартов в программу межгосударственной стандартизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z89" w:id="75"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z89" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       участия государств-членов в разработке, пересмотре межгосударственных стандартов, внесении изменений в них;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z90" w:id="76"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z90" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       соблюдения установленных программами сроков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z91" w:id="77"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z91" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       участия государств-членов в голосовании по рассмотрению и принятию межгосударственных стандартов (внесению изменений в них);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z92" w:id="78"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z92" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       наличия проблем и разногласий по разработке, внесению изменений, пересмотру межгосударственных стандартов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z93" w:id="79"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z93" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Органами по стандартизации также направляются в Комиссию сведения о введении в действие на национальном уровне межгосударственных стандартов, принятых в соответствии с программами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z94" w:id="80"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z94" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Результаты мониторинга публикуются на официальном сайте Комиссии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z95" w:id="81"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z95" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Разногласия между органами по стандартизации государств-членов по разработке, внесению изменений, пересмотру межгосударственных стандартов, необходимых для применения и исполнения требований технических регламентов, по предложению органов по стандартизации могут быть рассмотрены на заседании подкомитета по стандартизации Консультативного комитета или на заседании Совета руководителей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z96" w:id="82"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z96" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. При проведении работ по разработке (внесению изменений, пересмотру) и принятию межгосударственных стандартов, предусмотренных программами, органы по стандартизации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z97" w:id="83"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z97" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       а) осуществляют скоординированные действия на стадиях организации разработки проекта межгосударственного стандарта (внесения изменений в него), разработки первой редакции проекта и ее рассмотрения, разработки окончательной редакции проекта и ее рассмотрения, принятия межгосударственного стандарта (внесения изменений в него) и его регистрации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z98" w:id="84"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z98" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       б) обеспечивают участие государств-членов в работе межгосударственных технических комитетов в соответствующих областях деятельности (областях распространения технических регламентов) в статусе полноправных членов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z99" w:id="85"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z99" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в) обеспечивают соответствие проекта межгосударственного стандарта (внесения изменений в него) целям технического регламента; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z100" w:id="86"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z100" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       г) обеспечивают достижение консенсуса при разработке проекта межгосударственного стандарта (внесении изменений в него);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z101" w:id="87"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z101" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       д) обеспечивают своевременное принятие решений в отношении проекта межгосударственного стандарта (внесения изменений в него) и голосование в информационно-справочной системе Межгосударственного совета в течение установленного срока.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z102" w:id="88"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z102" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. В ходе реализации программ Комиссией совместно с государствами-членами проводится работа по определению государств-членов, ответственных за разработку проектов межгосударственных стандартов, в случае, указанном в абзаце втором пункта 13 настоящего Порядка, с последующим внесением в такие программы соответствующих изменений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z103" w:id="89"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z103" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Органами по стандартизации осуществляется взаимодействие при разработке (внесении изменений, пересмотре) и принятии межгосударственных стандартов на продукцию, включенную в единый перечень продукции, в отношении которой устанавливаются обязательные требования в рамках Союза, и не являющуюся объектом технического регулирования технических регламентов, устанавливающих требования, которым должна удовлетворять продукция, с тем чтобы обеспечить ее соответствие своему назначению, и (или) устанавливающих методы, способы, приемы, методики проведения испытаний, измерений и (или) анализа такой продукции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z104" w:id="90"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z104" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В рамках взаимодействия органы по стандартизации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z105" w:id="91"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z105" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       могут информировать органы по стандартизации других государств-членов об имеющихся планах по разработке (внесению изменений, пересмотру) соответствующих межгосударственных стандартов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z106" w:id="92"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z106" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       при необходимости осуществляют скоординированные действия на стадиях организации разработки проекта соответствующего межгосударственного стандарта (внесения изменений, пересмотра), разработки первой редакции проекта и ее рассмотрения, разработки окончательной редакции проекта и ее рассмотрения, принятия межгосударственного стандарта (внесения изменений, пересмотра) и его регистрации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z107" w:id="93"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z107" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивают участие государств-членов в работе межгосударственных технических комитетов в соответствующих областях деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z108" w:id="94"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z108" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Органами по стандартизации обеспечивается своевременное опубликование введенных в действие на национальном уровне межгосударственных стандартов на продукцию, указанную в пункте 29 настоящего Порядка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z109" w:id="95"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z109" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> IV. Введение в действие и применение межгосударственных стандартов, национальных (государственных) стандартов и методик исследований (испытаний) и измерений, необходимых для применения и исполнения требований технических регламентов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z110" w:id="96"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z110" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Органом по стандартизации государства-члена, ответственным за разработку межгосударственного стандарта, принятого для применения и исполнения требований технического регламента, не позднее 30 календарных дней с даты издания такого межгосударственного стандарта обеспечивается направление в Комиссию предложения о его включении в соответствующие перечни стандартов согласно порядку разработки перечней стандартов, утверждаемому Комиссией.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z111" w:id="97"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z111" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок введения в действие на национальном уровне межгосударственного стандарта, принятого для применения и исполнения требований технического регламента, устанавливается не позднее даты начала его применения, установленной в соответствующем перечне стандартов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z112" w:id="98"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z112" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Органами по стандартизации обеспечивается своевременное опубликование введенного в действие на национальном уровне межгосударственного стандарта, необходимого для применения и исполнения требований технического регламента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z113" w:id="99"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z113" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Информация о взаимосвязи межгосударственного стандарта и конкретного технического регламента приводится в указателях национальных (государственных) стандартов, издаваемых в государствах-членах, при наличии такого стандарта в перечнях стандартов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z114" w:id="100"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z114" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. В целях единообразного применения в государствах-членах национальных (государственных) стандартов, включенных в перечни стандартов, органы по стандартизации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z115" w:id="101"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z115" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       а) вводят в действие на территории государства-члена национальные (государственные) стандарты других государств-членов, включенные в перечни стандартов, в соответствии с законодательством государства-члена (при необходимости);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z116" w:id="102"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z116" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       б) сохраняют действие на территориях государств-членов национальных (государственных) стандартов, методик исследований (испытаний) и измерений, включенных в перечни стандартов, до их исключения из перечней стандартов или до даты окончания их применения (если указанное установлено в перечнях стандартов);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z117" w:id="103"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z117" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в) проводят работы по отмене национальных (государственных) стандартов, включенных в перечни стандартов, только после исключения таких стандартов из перечней стандартов или с даты окончания их применения (если указанное установлено в перечнях стандартов).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z118" w:id="104"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z118" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. В целях проведения работ по присоединению государств-членов к межгосударственным стандартам, включенным в перечни стандартов, органы по стандартизации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z119" w:id="105"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z119" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       а) осуществляют ревизию межгосударственных стандартов, включенных в перечни стандартов, в целях выявления межгосударственных стандартов, к которым государство-член не присоединилось, и по итогам анализа принимают решения о возможности присоединения к таким межгосударственным стандартам или о необходимости их обновления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z120" w:id="106"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z120" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       б) направляют в Комиссию сформированные списки межгосударственных стандартов, к которым государство-член не присоединилось, с указанием принятого решения по каждому межгосударственному стандарту и с предложениями по организации работы по обновлению соответствующих межгосударственных стандартов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z121" w:id="107"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z121" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в) в случае принятия решения о возможности присоединения государства-члена к межгосударственным стандартам направляют сведения о соответствующем решении в Бюро по стандартам Межгосударственного совета по стандартизации, метрологии и сертификации в соответствии с положениями межгосударственного стандарта ГОСТ 1.2-2015 "Межгосударственная система стандартизации. Стандарты межгосударственные, правила и рекомендации по межгосударственной стандартизации. Правила разработки, принятия, обновления и отмены" и информируют Комиссию о присоединении к соответствующим межгосударственным стандартам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z122" w:id="108"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z122" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Работа по обновлению межгосударственного стандарта проводится в соответствии с процедурами, установленными межгосударственным стандартом ГОСТ 1.2-2015 "Межгосударственная система стандартизации. Стандарты межгосударственные, правила и рекомендации по межгосударственной стандартизации. Правила разработки, принятия, обновления и отмены".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z123" w:id="109"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z123" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При необходимости предложения органов по стандартизации по обновлению межгосударственных стандартов могут быть рассмотрены на заседаниях соответствующих рабочих групп по разработке проектов технических регламентов или проектов изменений в технические регламенты, заседаниях подкомитета по стандартизации при Консультативном комитете, заседаниях рабочей группы по координации взаимодействия национальных институтов стандартизации государств-членов в сфере разработки стандартов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z124" w:id="110"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z124" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. При присоединении к межгосударственным стандартам, включенным в перечни стандартов, орган по стандартизации направляет в Комиссию предложения по исключению из перечней стандартов соответствующих национальных (государственных) стандартов, методик исследований (испытаний) и измерений, если они были включены в них в целях применения и исполнения требований технических регламентов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z125" w:id="111"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z125" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> V. Взаимодействие органов по стандартизации при разработке межгосударственных и национальных (государственных) стандартов, связанных с обеспечением сотрудничества государств-членов в сфере промышленности, транспорта, энергетики и в иных сферах</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z126" w:id="112"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z126" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Органами по стандартизации в случае их заинтересованности осуществляется взаимодействие при разработке межгосударственных и национальных (государственных) стандартов на продукцию, являющуюся объектом сотрудничества государств-членов в рамках интеграционных проектов в сфере промышленности, транспорта, энергетики и в иных сферах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z127" w:id="113"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z127" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. При проведении работ по разработке (внесению изменений, пересмотру) и принятию межгосударственных стандартов в отношении продукции, указанной в пункте 37 настоящего Порядка, органы по стандартизации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z128" w:id="114"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z128" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       а) при необходимости информируют органы по стандартизации других государств-членов об имеющихся планах по разработке (внесению изменений, пересмотру) таких межгосударственных стандартов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z129" w:id="115"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z129" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       б) осуществляют скоординированные действия на стадиях организации разработки соответствующего проекта межгосударственного стандарта (внесения изменений, пересмотра), разработки первой редакции проекта и ее рассмотрения, разработки окончательной редакции проекта и ее рассмотрения, принятия межгосударственного стандарта (внесения изменений, пересмотра) и его регистрации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z130" w:id="116"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z130" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в) при необходимости обеспечивают участие государств-членов в работе межгосударственных технических комитетов в соответствующих областях деятельности в статусе полноправных членов или членов-наблюдателей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z131" w:id="117"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z131" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       г) обеспечивают достижение консенсуса при разработке проекта межгосударственного стандарта (внесении изменений, пересмотре);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z132" w:id="118"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z132" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       д) обеспечивают своевременное принятие решений в отношении проекта межгосударственного стандарта и голосование по итогам его рассмотрения в информационно-справочной системе Межгосударственного совета в течение установленного срока.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z133" w:id="119"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z133" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Органами по стандартизации обеспечивается своевременное опубликование введенных в действие на национальном уровне межгосударственных стандартов на продукцию, указанную в пункте 37 настоящего Порядка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z134" w:id="120"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z134" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. До разработки межгосударственных стандартов органами по стандартизации может быть организована разработка соответствующих национальных (государственных) стандартов в отношении продукции, указанной в пункте 37 настоящего Порядка, согласно законодательству государств-членов, с информированием при необходимости органов по стандартизации других государств-членов об имеющихся планах о разработке таких национальных (государственных) стандартов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z135" w:id="121"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z135" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. После принятия национальных (государственных) стандартов на продукцию, указанную в пункте 37 настоящего Порядка, органами по стандартизации по согласованию может быть организована разработка на их основе соответствующих межгосударственных стандартов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z136" w:id="122"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z136" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> VI. Выработка и реализация скоординированных действий по развитию стандартизации в области технического регулирования в рамках Союза</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z137" w:id="123"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z137" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. В целях осуществления скоординированных действий по развитию стандартизации в области технического регулирования в рамках Союза, в том числе для обеспечения выпуска в государствах-членах инновационной и высокотехнологичной продукции, органами по стандартизации осуществляется взаимодействие в рамках Союза по следующим вопросам:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z138" w:id="124"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z138" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       а) определение направлений и перспектив развития сферы стандартизации в области технического регулирования в рамках Союза;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z139" w:id="125"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z139" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       б) формирование эффективных механизмов реализации скоординированных действий государств-членов в сфере опережающей стандартизации в области технического регулирования в рамках Союза;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z140" w:id="126"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z140" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в) совершенствование законодательства государств-членов в сфере национальной стандартизации в области технического регулирования по вопросам, регулируемым правом Союза;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z141" w:id="127"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z141" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       г) формирование согласованных позиций по вопросам, регулируемым правом Союза в сфере технического регулирования, при взаимодействии с Межгосударственным советом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z142" w:id="128"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z142" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       43. Органами по стандартизации осуществляется взаимодействие по вопросам, указанным в пункте 42 настоящего Порядка, и формируются согласованные позиции на заседаниях Совета руководителей, а также в рамках взаимных консультаций. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z143" w:id="129"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z143" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Предложения органов по стандартизации по рассмотрению вопросов, указанных в пункте 42 настоящего Порядка, и выработке согласованных позиций учитываются при формировании повестки дня заседаний Совета руководителей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkEnd w:id="135"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4503,86 +4585,162 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(форма)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z146" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В приложении предусмотрены изменения решением Совета Евразийской экономической комиссии от 12.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 76</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z146" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ПРОГРАММА</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z147" w:id="131"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z147" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> по разработке (внесению изменений, пересмотру) межгосударственных стандартов, в результате применения которых на добровольной основе обеспечивается соблюдение требований технического регламента Евразийского экономического союза, и межгосударственных стандартов, содержащих правила и методы исследований (испытаний) и измерений, в том числе правила отбора образцов, необходимые для применения и исполнения требований технического регламента Евразийского экономического союза и осуществления оценки соответствия объектов технического регулирования этого технического регламента</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkEnd w:id="137"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -5697,64 +5855,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z148" w:id="132"/>
+      <w:bookmarkStart w:name="z148" w:id="138"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечания:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkEnd w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       1. В графе 2 указываются код в соответствии с Межгосударственным классификатором стандартов, а также обозначение соответствующего межгосударственного технического комитета по стандартизации (при наличии).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5811,55 +5969,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>