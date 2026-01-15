--- v1 (2025-11-28)
+++ v2 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="de1e547" w14:textId="de1e547">
+    <w:p w14:paraId="248dc97" w14:textId="248dc97">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2678,1770 +2678,1706 @@
         <w:t>
       По итогам рассмотрения Консультативным комитетом принимается решение о возможности представления проекта программы и комплекта документов к нему для рассмотрения Коллегией Комиссии, которое оформляется протоколом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
     <w:bookmarkStart w:name="z66" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Программа утверждается Коллегией Комиссии не позднее чем через 180 календарных дней с даты принятия Комиссией решения об утверждении перечней стандартов к соответствующему техническому регламенту.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z67" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Внесение изменений в программу осуществляется Комиссией, как правило, путем принятия ее в новой редакции на основании предложений органов по стандартизации, подготовленных по результатам мониторинга применения стандартов, включенных в утвержденные перечни стандартов, в том числе на основании мониторинга принятия межгосударственных стандартов, предусмотренных программой, на основании мониторинга и контроля применения технического регламента, предусмотренных порядком разработки, принятия, изменения и отмены технических регламентов, а также с учетом предложений по внесению изменений в программы по результатам обязательной периодической оценки научно-технического уровня вступивших в силу технических регламентов и перечней стандартов к ним (при наличии таких предложений), и учитывающих следующие факторы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z68" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      а) выполнение соответствующих требований технического регламента обеспечивается в результате применения на добровольной основе одного или нескольких межгосударственных стандартов (разделов, пунктов, подпунктов таких межгосударственных стандартов);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z69" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      б) применение и исполнение требований технического регламента обеспечиваются правилами и методами исследований (испытаний) и измерений, в том числе правилами отбора образцов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z70" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в) необходимость внесения изменений (пересмотра) в принятые межгосударственные стандарты, включенные в перечни стандартов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z71" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      г) актуализация международных и региональных стандартов, являющихся основой для разработки межгосударственных стандартов, включенных в программы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 19 с изменением, внесенным решением Совета Евразийской экономической комиссии от 12.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Предложения, указанные в пункте 19 настоящего Порядка, подготовленные по форме, предусмотренной приложением к настоящему Порядку, с пояснительной запиской направляются в Комиссию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z73" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В пояснительной записке к изменениям, вносимым в программу, указываются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z74" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      цели и обоснование внесения изменений в программу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z75" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      общая характеристика предлагаемых к разработке межгосударственных стандартов, а также предлагаемых изменений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z76" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      иная информация, относящаяся к основным сведениям о предлагаемых изменениях в программу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      В пункт 19 предусмотрены изменения решением Совета Евразийской экономической комиссии от 12.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 20 с изменением, внесенным решением Совета Евразийской экономической комиссии от 12.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 76</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...291 lines deleted...]
-    <w:bookmarkStart w:name="z77" w:id="69"/>
+    <w:bookmarkStart w:name="z77" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. Комиссией в течение 30 календарных дней с даты поступления предложений о внесении изменений в программу осуществляется подготовка проекта решения Коллегии Комиссии о внесении изменений в программу (далее – проект решения) и комплекта документов к нему и направление их на рассмотрение в уполномоченные органы государств-членов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z78" w:id="70"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z78" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комиссией обеспечивается проведение предварительного опубликования на официальном сайте Союза (для общественного обсуждения) проекта решения и комплекта документов к нему в соответствии с разделом VIII Регламента работы Евразийской экономической комиссии в течение 30 календарных дней с даты представления указанных материалов в Комиссию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z79" w:id="71"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z79" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При необходимости Комиссией обеспечивается рассмотрение итогов общественного обсуждения проекта решения и комплекта документов к нему на совещании с участием представителей заинтересованных органов государственной власти государств-членов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z80" w:id="72"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z80" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Проект решения и комплект документов к нему рассматриваются на заседании Консультативного комитета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z81" w:id="73"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z81" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По итогам рассмотрения Консультативным комитетом принимается решение о возможности представления проекта решения и комплекта документов к нему для рассмотрения Коллегией Комиссии, которое оформляется протоколом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z82" w:id="74"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z82" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> III. Разработка (внесение изменений, пересмотр) межгосударственных стандартов, необходимых для применения и исполнения требований технических регламентов, а также обязательных требований в отношении продукции, включенной в единый перечень продукции, в отношении которой устанавливаются обязательные требования в рамках Союза, и не являющейся объектом технического регулирования технических регламентов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z83" w:id="75"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z83" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Государствами-членами в приоритетном порядке осуществляется финансирование разработки закрепленных за ними межгосударственных стандартов в соответствии с программами в установленные сроки, а также межгосударственных стандартов на продукцию, включенную в единый перечень продукции, в отношении которой устанавливаются обязательные требования в рамках Союза, и не являющуюся объектом технического регулирования технических регламентов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z84" w:id="76"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z84" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Органами по стандартизации в соответствии с программами осуществляется в приоритетном порядке включение пунктов о разработке, внесении изменений, пересмотре межгосударственных стандартов в принимаемую Межгосударственным советом программу межгосударственной стандартизации в соответствии с установленным Межгосударственным советом порядком.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z85" w:id="77"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z85" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. Комиссией с участием органов по стандартизации проводится мониторинг выполнения программ, включая принятие и введение в действие межгосударственных стандартов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z86" w:id="78"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z86" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В целях осуществления мониторинга, указанного в абзаце первом настоящего пункта, органами по стандартизации ежегодно, до 25 января года, следующего за отчетным, направляются в Комиссию сведения о выполнении в отчетном году пунктов программ, ответственным по которым определено государство-член, в том числе в части:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z87" w:id="79"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z87" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принятых межгосударственных стандартов (внесения изменений в них);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z88" w:id="80"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z88" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       включения пунктов о разработке, внесении изменений, пересмотре межгосударственных стандартов в программу межгосударственной стандартизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z89" w:id="81"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z89" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       участия государств-членов в разработке, пересмотре межгосударственных стандартов, внесении изменений в них;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z90" w:id="82"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z90" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       соблюдения установленных программами сроков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z91" w:id="83"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z91" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       участия государств-членов в голосовании по рассмотрению и принятию межгосударственных стандартов (внесению изменений в них);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z92" w:id="84"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z92" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       наличия проблем и разногласий по разработке, внесению изменений, пересмотру межгосударственных стандартов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z93" w:id="85"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z93" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Органами по стандартизации также направляются в Комиссию сведения о введении в действие на национальном уровне межгосударственных стандартов, принятых в соответствии с программами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z94" w:id="86"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z94" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Результаты мониторинга публикуются на официальном сайте Комиссии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z95" w:id="87"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z95" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Разногласия между органами по стандартизации государств-членов по разработке, внесению изменений, пересмотру межгосударственных стандартов, необходимых для применения и исполнения требований технических регламентов, по предложению органов по стандартизации могут быть рассмотрены на заседании подкомитета по стандартизации Консультативного комитета или на заседании Совета руководителей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z96" w:id="88"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z96" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. При проведении работ по разработке (внесению изменений, пересмотру) и принятию межгосударственных стандартов, предусмотренных программами, органы по стандартизации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z97" w:id="89"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z97" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       а) осуществляют скоординированные действия на стадиях организации разработки проекта межгосударственного стандарта (внесения изменений в него), разработки первой редакции проекта и ее рассмотрения, разработки окончательной редакции проекта и ее рассмотрения, принятия межгосударственного стандарта (внесения изменений в него) и его регистрации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z98" w:id="90"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z98" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       б) обеспечивают участие государств-членов в работе межгосударственных технических комитетов в соответствующих областях деятельности (областях распространения технических регламентов) в статусе полноправных членов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z99" w:id="91"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z99" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в) обеспечивают соответствие проекта межгосударственного стандарта (внесения изменений в него) целям технического регламента; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z100" w:id="92"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z100" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       г) обеспечивают достижение консенсуса при разработке проекта межгосударственного стандарта (внесении изменений в него);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z101" w:id="93"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z101" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       д) обеспечивают своевременное принятие решений в отношении проекта межгосударственного стандарта (внесения изменений в него) и голосование в информационно-справочной системе Межгосударственного совета в течение установленного срока.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z102" w:id="94"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z102" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. В ходе реализации программ Комиссией совместно с государствами-членами проводится работа по определению государств-членов, ответственных за разработку проектов межгосударственных стандартов, в случае, указанном в абзаце втором пункта 13 настоящего Порядка, с последующим внесением в такие программы соответствующих изменений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z103" w:id="95"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z103" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Органами по стандартизации осуществляется взаимодействие при разработке (внесении изменений, пересмотре) и принятии межгосударственных стандартов на продукцию, включенную в единый перечень продукции, в отношении которой устанавливаются обязательные требования в рамках Союза, и не являющуюся объектом технического регулирования технических регламентов, устанавливающих требования, которым должна удовлетворять продукция, с тем чтобы обеспечить ее соответствие своему назначению, и (или) устанавливающих методы, способы, приемы, методики проведения испытаний, измерений и (или) анализа такой продукции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z104" w:id="96"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z104" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В рамках взаимодействия органы по стандартизации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z105" w:id="97"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z105" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       могут информировать органы по стандартизации других государств-членов об имеющихся планах по разработке (внесению изменений, пересмотру) соответствующих межгосударственных стандартов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z106" w:id="98"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z106" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       при необходимости осуществляют скоординированные действия на стадиях организации разработки проекта соответствующего межгосударственного стандарта (внесения изменений, пересмотра), разработки первой редакции проекта и ее рассмотрения, разработки окончательной редакции проекта и ее рассмотрения, принятия межгосударственного стандарта (внесения изменений, пересмотра) и его регистрации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z107" w:id="99"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z107" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивают участие государств-членов в работе межгосударственных технических комитетов в соответствующих областях деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z108" w:id="100"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z108" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Органами по стандартизации обеспечивается своевременное опубликование введенных в действие на национальном уровне межгосударственных стандартов на продукцию, указанную в пункте 29 настоящего Порядка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z109" w:id="101"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z109" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> IV. Введение в действие и применение межгосударственных стандартов, национальных (государственных) стандартов и методик исследований (испытаний) и измерений, необходимых для применения и исполнения требований технических регламентов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z110" w:id="102"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z110" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Органом по стандартизации государства-члена, ответственным за разработку межгосударственного стандарта, принятого для применения и исполнения требований технического регламента, не позднее 30 календарных дней с даты издания такого межгосударственного стандарта обеспечивается направление в Комиссию предложения о его включении в соответствующие перечни стандартов согласно порядку разработки перечней стандартов, утверждаемому Комиссией.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z111" w:id="103"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z111" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок введения в действие на национальном уровне межгосударственного стандарта, принятого для применения и исполнения требований технического регламента, устанавливается не позднее даты начала его применения, установленной в соответствующем перечне стандартов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z112" w:id="104"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z112" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Органами по стандартизации обеспечивается своевременное опубликование введенного в действие на национальном уровне межгосударственного стандарта, необходимого для применения и исполнения требований технического регламента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z113" w:id="105"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z113" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Информация о взаимосвязи межгосударственного стандарта и конкретного технического регламента приводится в указателях национальных (государственных) стандартов, издаваемых в государствах-членах, при наличии такого стандарта в перечнях стандартов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z114" w:id="106"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z114" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. В целях единообразного применения в государствах-членах национальных (государственных) стандартов, включенных в перечни стандартов, органы по стандартизации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z115" w:id="107"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z115" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       а) вводят в действие на территории государства-члена национальные (государственные) стандарты других государств-членов, включенные в перечни стандартов, в соответствии с законодательством государства-члена (при необходимости);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z116" w:id="108"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z116" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       б) сохраняют действие на территориях государств-членов национальных (государственных) стандартов, методик исследований (испытаний) и измерений, включенных в перечни стандартов, до их исключения из перечней стандартов или до даты окончания их применения (если указанное установлено в перечнях стандартов);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z117" w:id="109"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z117" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в) проводят работы по отмене национальных (государственных) стандартов, включенных в перечни стандартов, только после исключения таких стандартов из перечней стандартов или с даты окончания их применения (если указанное установлено в перечнях стандартов).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z118" w:id="110"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z118" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. В целях проведения работ по присоединению государств-членов к межгосударственным стандартам, включенным в перечни стандартов, органы по стандартизации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z119" w:id="111"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z119" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       а) осуществляют ревизию межгосударственных стандартов, включенных в перечни стандартов, в целях выявления межгосударственных стандартов, к которым государство-член не присоединилось, и по итогам анализа принимают решения о возможности присоединения к таким межгосударственным стандартам или о необходимости их обновления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z120" w:id="112"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z120" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       б) направляют в Комиссию сформированные списки межгосударственных стандартов, к которым государство-член не присоединилось, с указанием принятого решения по каждому межгосударственному стандарту и с предложениями по организации работы по обновлению соответствующих межгосударственных стандартов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z121" w:id="113"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z121" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в) в случае принятия решения о возможности присоединения государства-члена к межгосударственным стандартам направляют сведения о соответствующем решении в Бюро по стандартам Межгосударственного совета по стандартизации, метрологии и сертификации в соответствии с положениями межгосударственного стандарта ГОСТ 1.2-2015 "Межгосударственная система стандартизации. Стандарты межгосударственные, правила и рекомендации по межгосударственной стандартизации. Правила разработки, принятия, обновления и отмены" и информируют Комиссию о присоединении к соответствующим межгосударственным стандартам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z122" w:id="114"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z122" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Работа по обновлению межгосударственного стандарта проводится в соответствии с процедурами, установленными межгосударственным стандартом ГОСТ 1.2-2015 "Межгосударственная система стандартизации. Стандарты межгосударственные, правила и рекомендации по межгосударственной стандартизации. Правила разработки, принятия, обновления и отмены".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z123" w:id="115"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z123" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При необходимости предложения органов по стандартизации по обновлению межгосударственных стандартов могут быть рассмотрены на заседаниях соответствующих рабочих групп по разработке проектов технических регламентов или проектов изменений в технические регламенты, заседаниях подкомитета по стандартизации при Консультативном комитете, заседаниях рабочей группы по координации взаимодействия национальных институтов стандартизации государств-членов в сфере разработки стандартов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z124" w:id="116"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z124" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. При присоединении к межгосударственным стандартам, включенным в перечни стандартов, орган по стандартизации направляет в Комиссию предложения по исключению из перечней стандартов соответствующих национальных (государственных) стандартов, методик исследований (испытаний) и измерений, если они были включены в них в целях применения и исполнения требований технических регламентов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z125" w:id="117"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z125" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> V. Взаимодействие органов по стандартизации при разработке межгосударственных и национальных (государственных) стандартов, связанных с обеспечением сотрудничества государств-членов в сфере промышленности, транспорта, энергетики и в иных сферах</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z126" w:id="118"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z126" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Органами по стандартизации в случае их заинтересованности осуществляется взаимодействие при разработке межгосударственных и национальных (государственных) стандартов на продукцию, являющуюся объектом сотрудничества государств-членов в рамках интеграционных проектов в сфере промышленности, транспорта, энергетики и в иных сферах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z127" w:id="119"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z127" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. При проведении работ по разработке (внесению изменений, пересмотру) и принятию межгосударственных стандартов в отношении продукции, указанной в пункте 37 настоящего Порядка, органы по стандартизации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z128" w:id="120"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z128" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       а) при необходимости информируют органы по стандартизации других государств-членов об имеющихся планах по разработке (внесению изменений, пересмотру) таких межгосударственных стандартов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z129" w:id="121"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z129" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       б) осуществляют скоординированные действия на стадиях организации разработки соответствующего проекта межгосударственного стандарта (внесения изменений, пересмотра), разработки первой редакции проекта и ее рассмотрения, разработки окончательной редакции проекта и ее рассмотрения, принятия межгосударственного стандарта (внесения изменений, пересмотра) и его регистрации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z130" w:id="122"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z130" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в) при необходимости обеспечивают участие государств-членов в работе межгосударственных технических комитетов в соответствующих областях деятельности в статусе полноправных членов или членов-наблюдателей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z131" w:id="123"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z131" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       г) обеспечивают достижение консенсуса при разработке проекта межгосударственного стандарта (внесении изменений, пересмотре);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z132" w:id="124"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z132" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       д) обеспечивают своевременное принятие решений в отношении проекта межгосударственного стандарта и голосование по итогам его рассмотрения в информационно-справочной системе Межгосударственного совета в течение установленного срока.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z133" w:id="125"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z133" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Органами по стандартизации обеспечивается своевременное опубликование введенных в действие на национальном уровне межгосударственных стандартов на продукцию, указанную в пункте 37 настоящего Порядка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z134" w:id="126"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z134" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. До разработки межгосударственных стандартов органами по стандартизации может быть организована разработка соответствующих национальных (государственных) стандартов в отношении продукции, указанной в пункте 37 настоящего Порядка, согласно законодательству государств-членов, с информированием при необходимости органов по стандартизации других государств-членов об имеющихся планах о разработке таких национальных (государственных) стандартов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z135" w:id="127"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z135" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. После принятия национальных (государственных) стандартов на продукцию, указанную в пункте 37 настоящего Порядка, органами по стандартизации по согласованию может быть организована разработка на их основе соответствующих межгосударственных стандартов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z136" w:id="128"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z136" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> VI. Выработка и реализация скоординированных действий по развитию стандартизации в области технического регулирования в рамках Союза</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z137" w:id="129"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z137" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. В целях осуществления скоординированных действий по развитию стандартизации в области технического регулирования в рамках Союза, в том числе для обеспечения выпуска в государствах-членах инновационной и высокотехнологичной продукции, органами по стандартизации осуществляется взаимодействие в рамках Союза по следующим вопросам:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z138" w:id="130"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z138" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       а) определение направлений и перспектив развития сферы стандартизации в области технического регулирования в рамках Союза;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z139" w:id="131"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z139" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       б) формирование эффективных механизмов реализации скоординированных действий государств-членов в сфере опережающей стандартизации в области технического регулирования в рамках Союза;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z140" w:id="132"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z140" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в) совершенствование законодательства государств-членов в сфере национальной стандартизации в области технического регулирования по вопросам, регулируемым правом Союза;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z141" w:id="133"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z141" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       г) формирование согласованных позиций по вопросам, регулируемым правом Союза в сфере технического регулирования, при взаимодействии с Межгосударственным советом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z142" w:id="134"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z142" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       43. Органами по стандартизации осуществляется взаимодействие по вопросам, указанным в пункте 42 настоящего Порядка, и формируются согласованные позиции на заседаниях Совета руководителей, а также в рамках взаимных консультаций. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z143" w:id="135"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z143" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Предложения органов по стандартизации по рассмотрению вопросов, указанных в пункте 42 настоящего Порядка, и выработке согласованных позиций учитываются при формировании повестки дня заседаний Совета руководителей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkEnd w:id="137"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4585,195 +4521,158 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(форма)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...15 lines deleted...]
-      </w:r>
+    <w:bookmarkStart w:name="z146" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ПРОГРАММА</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z147" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по разработке (внесению изменений, пересмотру) межгосударственных стандартов, в результате применения которых на добровольной основе обеспечивается соблюдение требований технического регламента Евразийского экономического союза, и межгосударственных стандартов, содержащих правила и методы исследований (испытаний) и измерений, в том числе правила отбора образцов, необходимые для применения и исполнения требований технического регламента Евразийского экономического союза и осуществления оценки соответствия объектов технического регулирования этого технического регламента</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
-[...17 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve">
+      Сноска. Приложение с изменением, внесенным решением Совета Евразийской экономической комиссии от 12.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      В приложении предусмотрены изменения решением Совета Евразийской экономической комиссии от 12.09.2025 </w:t>
+        <w:t>№ 76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 76</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z146" w:id="136"/>
-[...34 lines deleted...]
-    <w:bookmarkEnd w:id="137"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1366"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -4783,162 +4682,162 @@
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Код МКС/МТК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Код темы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование проекта межгосударственного стандарта. Виды работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -4968,136 +4867,172 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Срок разработки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государство – член Евразийского экономического союза – ответственный  разработчик</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Информация о согласовании с МТК </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Информация о наличии в других программах дублирующих позиций (при наличии), реквизиты соответствующих решений</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -5129,790 +5064,890 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 начало</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 окончание</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z148" w:id="138"/>
+      <w:bookmarkStart w:name="z148" w:id="140"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечания:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkEnd w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       1. В графе 2 указываются код в соответствии с Межгосударственным классификатором стандартов, а также обозначение соответствующего межгосударственного технического комитета по стандартизации (при наличии).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5969,55 +6004,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>