--- v0 (2025-11-08)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="eb82842" w14:textId="eb82842">
+    <w:p w14:paraId="b7dcb4b" w14:textId="b7dcb4b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -650,50 +650,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу с даты его опубликования на официальном сайте Евразийского экономического союза); от 15.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 88</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу с даты его опубликования на официальном сайте Евразийского экономического союза); от 02.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 179</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу с даты его опубликования на официальном сайте Евразийского экономического союза).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -1125,69 +1145,87 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Черная</w:t>
-[...17 lines deleted...]
-Татьяна Викторовна</w:t>
+Вежновец</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Иван Валерьевич</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -1205,105 +1243,105 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель начальника Главного управления экономики промышленности – начальник управления развития промышленности Министерства экономики Республики Беларусь</w:t>
+первый заместитель Министра экономики Республики Беларусь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-Виталий Петрович </w:t>
+              <w:t>
+Колик</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Анастасия Олеговна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -1320,106 +1358,142 @@
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-начальник Главного управления внешнеэкономических связей Министерства промышленности Республики Беларусь </w:t>
+              <w:t>
+заместитель начальника Главного управления экономики промышленности – начальник управления развития промышленности Министерства экономики Республики Беларусь</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-Мария Александровна</w:t>
+              <w:t>
+Цыбулько</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Игорь Николаевич</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -1437,276 +1511,258 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель Министра экономики</w:t>
-[...17 lines deleted...]
-Республики Беларусь</w:t>
+начальник Управления маркетинга, тарифного, нетарифного регулирования и качества Министерства промышленности Республики Беларусь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...92 lines deleted...]
-заместитель Министра промышленности Республики Беларусь</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+От Республики Казахстан
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...13 lines deleted...]
-</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Досумов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Данияр Нуржанович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+заместитель директора Департамента экономической интеграции Министерства торговли и интеграции Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...18 lines deleted...]
-Данияр Нуржанович</w:t>
+              <w:t xml:space="preserve">
+Ербатыров </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кайрат Каирович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -1724,105 +1780,105 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель директора Департамента экономической интеграции Министерства торговли и интеграции Республики Казахстан</w:t>
+руководитель управления развития индустриального и инфраструктурного сотрудничества Департамента экономической интеграции Министерства торговли и интеграции Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-Кайрат Каирович</w:t>
+              <w:t>
+Байкадамова</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уасиля Тулеуовна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -1840,105 +1896,123 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-руководитель управления развития индустриального и инфраструктурного сотрудничества Департамента экономической интеграции Министерства торговли и интеграции Республики Казахстан</w:t>
+заместитель директора Департамента внешнеторговой деятельности Министерства торговли и интеграции Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...18 lines deleted...]
-Уасиля Тулеуовна</w:t>
+              <w:t xml:space="preserve">
+Сапарбеков </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Олжас Сапарбекович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -1955,52 +2029,69 @@
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-заместитель директора Департамента внешнеторговой деятельности Министерства торговли и интеграции Республики Казахстан</w:t>
+              <w:t xml:space="preserve">
+вице-министр промышленности </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и строительства Республики Казахстан</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -2010,69 +2101,69 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Сапарбеков </w:t>
-[...17 lines deleted...]
-Олжас Сапарбекович</w:t>
+Абдрасил </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Еркебулан Зауыткалиевич </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -2089,69 +2180,52 @@
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...17 lines deleted...]
-              <w:t>и строительства Республики Казахстан</w:t>
+              <w:t>
+руководитель управления защитных мер Департамента внешнеторговой деятельности Министерства торговли и интеграции Республики Казахстан</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -2160,70 +2234,70 @@
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-Еркебулан Зауыткалиевич </w:t>
+              <w:t>
+Бектибаев</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Адилбек Ауелбекович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -2241,123 +2315,105 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-руководитель управления защитных мер Департамента внешнеторговой деятельности Министерства торговли и интеграции Республики Казахстан</w:t>
-[...17 lines deleted...]
- </w:t>
+директор Департамента промышленной политики Министерства промышленности и строительства Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бектибаев</w:t>
-[...17 lines deleted...]
-Адилбек Ауелбекович</w:t>
+Закир</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Темирлан Жаксыбаевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -2374,106 +2430,142 @@
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-директор Департамента промышленной политики Министерства промышленности и строительства Республики Казахстан</w:t>
+              <w:t xml:space="preserve">
+руководитель управления интеграционных процессов в отраслях промышленности Департамента промышленной политики Министерства промышленности и строительства Республики Казахстан </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...18 lines deleted...]
-Темирлан Жаксыбаевич</w:t>
+              <w:t xml:space="preserve">
+Торебек </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Галымжан Нурланович </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -2490,124 +2582,106 @@
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
- </w:t>
+              <w:t>
+заместитель председателя Комитета промышленности Министерства промышленности и строительства Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-Галымжан Нурланович </w:t>
+              <w:t>
+Дюсенбаев</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Далел Байлакович</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
@@ -2643,51 +2717,51 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель председателя Комитета промышленности Министерства промышленности и строительства Республики Казахстан</w:t>
+заместитель директора Департамента промышленной политики Министерства промышленности и строительства Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
@@ -2832,69 +2906,69 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Кулматова </w:t>
-[...17 lines deleted...]
-Гульсина Усеновна</w:t>
+Асылкулов </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Искендер Эсенгельдиевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -2911,106 +2985,106 @@
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-заведующая отделом по работе с промышленными предприятиями Управления промышленности Министерства экономики и коммерции Кыргызской Республики;</w:t>
+              <w:t xml:space="preserve">
+заместитель Министра экономики и коммерции Кыргызской Республики </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Асылкулов </w:t>
-[...17 lines deleted...]
-Искендер Эсенгельдиевич</w:t>
+Ашымбеков </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нурсултан Нурланбекович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -3027,52 +3101,52 @@
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-заместитель Министра экономики и коммерции Кыргызской Республики </w:t>
+              <w:t>
+заведующий сектором международного сотрудничества в сфере промышленности Управления промышленности Министерства экономики и коммерции Кыргызской Республики;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
@@ -4971,55 +5045,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>