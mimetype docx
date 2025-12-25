--- v0 (2025-11-08)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="76ef31e" w14:textId="76ef31e">
+    <w:p w14:paraId="e5d8526" w14:textId="e5d8526">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,59 +100,53 @@
         </w:rPr>
         <w:t>О сведениях, относящихся к каждой отслеживаемой перевозке объектов отслеживания по территориям двух и более государств – членов Евразийского экономического союза с использованием навигационных пломб и подлежащих учету и хранению в информационных системах национальных операторов государств-членов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение Коллегии Евразийской экономической комиссии от 14 сентября 2023 года № 138.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с абзацем четвертым </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -161,270 +155,365 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 5 Соглашения о применении в Евразийском экономическом союзе навигационных пломб для отслеживания перевозок от 19 апреля 2022 года Коллегия Евразийской экономической комиссии </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решила</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Определить, что в отношении каждой отслеживаемой перевозки подлежат обязательному учету и хранению в информационных системах национальных операторов государств – членов Евразийского экономического союза (далее – государства-члены), применяемых для отслеживания перевозок объектов отслеживания по территориям двух и более государств-членов с использованием навигационных пломб (далее – перевозки), следующие сведения (сведения о времени указываются с точностью до 1 миллисекунды, сведения о географических координатах – с точностью до 1 угловой секунды):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       а) сведения о перевозке:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       уникальный номер перевозки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дата и время начала и завершения отслеживания перевозки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       наименование контролирующего органа государства-члена, принявшего решение о применении навигационной пломбы (при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       наименование контролирующего органа государства-члена, принявшего решение о разрешении активации (деактивации) навигационной пломбы (при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z11" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сведения о транспортном средстве, применяемом при перевозке (регистрационный номер, тип и страна регистрации (для автомобильных перевозок));</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z12" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       контактные данные водителя (для автомобильных перевозок), а также сведения о согласии на обработку персональных данных в случае, если в соответствии с законодательством государства-члена для учета и хранения контактных данных требуется такое согласие; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z13" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       сведения о перевозчике (наименование, страна регистрации, номер, присваиваемый при постановке на учет в налоговом органе государства-члена (при наличии), контактные данные), а также сведения о согласии на обработку персональных данных в случае, если в соответствии с законодательством государства-члена для учета и хранения контактных данных требуется такое согласие; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z14" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       маршрут (в случае его установления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z15" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт б) предусматривается изменение решением Коллегии Евразийской экономической комиссии от 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       б) сведения о каждой навигационной пломбе, применяемой при отслеживании перевозки:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       уникальный идентификационный номер навигационной пломбы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -481,166 +570,244 @@
         <w:t xml:space="preserve">
       дата и время снятия навигационной пломбы без прекращения наблюдения за объектом отслеживания; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дата и время возникновения нештатной ситуации и (или) осуществления несанкционированного действия с навигационной пломбой;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в) сведения о дате и времени получения от навигационной пломбы информации в соответствии с абзацем четвертым </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 5 Соглашения о применении в Евразийском экономическом союзе навигационных пломб для отслеживания перевозок от 19 апреля 2022 года. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Определить, что:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       а) сведения, указанные в пункте 1 настоящего Решения, подлежат учету и хранению в информационной системе национального оператора государства-члена, осуществляющего отслеживание перевозки, а также в информационных системах национальных операторов государств-членов, получивших сведения о перевозке от национального оператора государства-члена, осуществляющего отслеживание перевозки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт б) предусматривается изменение решением Коллегии Евразийской экономической комиссии от 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       б) сведения, указанные в подпункте "в" пункта 1 настоящего Решения, подлежат учету и хранению в информационной системе национального оператора государства-члена, в которой зарегистрирована навигационная пломба.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящее Решение вступает в силу по истечении 30 календарных дней с даты его официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
@@ -835,55 +1002,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -1209,31 +1376,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>