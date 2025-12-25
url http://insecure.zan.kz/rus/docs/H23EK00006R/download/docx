--- v0 (2025-11-08)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="799978b" w14:textId="799978b">
+    <w:p w14:paraId="b4e2218" w14:textId="b4e2218">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -572,61 +572,81 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>рабочей группы по вопросам предоставления промышленных субсидий</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Состав с изменениями, внесенными распоряжением Коллегии Евразийской экономической комиссии от 17.12.2024 </w:t>
+      Сноска. Состав с изменениями, внесенными распоряжениями Коллегии Евразийской экономической комиссии от 17.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу с даты его опубликования на официальном сайте Евразийского экономического союза); от 02.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 178</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу с даты его опубликования на официальном сайте Евразийского экономического союза).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
@@ -732,50 +752,184 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z12" w:id="6"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 директор Департамента промышленной политики Евразийской экономической комиссии (руководитель рабочей группы)</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="6"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Садыкова </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Лаура Умитбековна </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+заместитель директора Департамента промышленной политики Евразийской экономической комиссии (заместитель руководителя рабочей группы)</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -1138,88 +1292,70 @@
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z24" w:id="12"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="12"/>
+          <w:bookmarkStart w:name="z21" w:id="12"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Цыбулько </w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="12"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Игорь Николаевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -1254,51 +1390,51 @@
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z25" w:id="13"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-начальник отдела маркетинга, тарифного и нетарифного регулирования Главного управления внешнеэкономических связей Министерства промышленности Республики Беларусь</w:t>
+начальник Управления маркетинга, тарифного, нетарифного регулирования и качества Министерства промышленности Республики Беларусь</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="13"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
@@ -1361,109 +1497,95 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Татьяна Викторовна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z29" w:id="15"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель начальника Главного управления – начальник управления развития промышленности Министерства экономики Республики Беларусь</w:t>
+заместитель начальника Управления развития промышленности Министерства экономики Республики Беларусь</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="15"/>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -1552,50 +1674,184 @@
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 заместитель начальника Главного управления – начальник управления финансов промышленного комплекса Главного управления финансов промышленного и топливно-энергетического комплексов Министерства финансов Республики Беларусь </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Колик </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Анастасия Олеговна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+заместитель начальника Главного управления – начальник управления развития промышленности Министерства экономики Республики Беларусь</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z30" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       От Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
@@ -1914,200 +2170,222 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Сыздыкова </w:t>
+              <w:t xml:space="preserve">Байкадамова </w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="21"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Эльмира Жаксылыковна</w:t>
-[...57 lines deleted...]
-руководитель управления защитных мер Департамента внешнеторговой деятельности Министерства торговли и интеграции Республики Казахстан</w:t>
+Уасиля Тулеуовна</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+заместитель директора Департамента внешнеторговой деятельности Министерства торговли и интеграции Республики Казахстан </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">
-Байкадамова </w:t>
-[...35 lines deleted...]
- </w:t>
+Дюсенбаев </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Далел Байлакович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -2124,124 +2402,392 @@
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-заместитель директора Департамента внешнеторговой деятельности Министерства торговли и интеграции Республики Казахстан </w:t>
+              <w:t>
+заместитель директора Департамента промышленной политики Министерства промышленности и строительства Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+Абдрасил</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Еркебулан Зауыткалиевич</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+руководитель управления защитных мер Департамента внешнеторговой деятельности Министерства торговли и интеграции Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">
-Дюсенбаев </w:t>
+Бейсекеева </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Далел Байлакович </w:t>
+Индира Жомартовна </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+главный эксперт дирекции экономической интеграции акционерного общества "Казахстанский центр индустрии и экспорта "QazIndustry"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Закир</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Темирлан Жаксыбаевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -2491,71 +3037,89 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z44" w:id="25"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Бейшеналиева </w:t>
+              <w:t>
+Ашымбеков</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="25"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Айнура Таштанбековна</w:t>
+Нурсултан Нурланбекович</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -2572,157 +3136,965 @@
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-главный специалист отдела по работе с промышленными предприятиями Управления промышленности Министерства экономики и коммерции Кыргызской Республики </w:t>
+              <w:t>
+заведующий сектором международного сотрудничества в сфере промышленности Управления промышленности Министерства экономики и коммерции Кыргызской Республики</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Багышова </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Айдан Эрмековна</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+заведующая отделом реализации решений по экспорту и интеграции Министерства водных ресурсов, сельского хозяйства и перерабатывающей промышленности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кыргызской Республики</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бообекова </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кымбат Жакшылыковна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ведущий специалист сектора международного сотрудничества в сфере промышленности Управления промышленности Министерства экономки и коммерции Кыргызской Республики </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Джолоев</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нурланбек Медербекович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+главный специалист отдела межбюджетных отношений Министерства финансов Кыргызской Республики </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Максутов Нурбек Болотбекович </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+руководитель Представительства Министерства экономики и коммерции Кыргызской Республики по вопросам Всемирной торговой организации </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Мамбетов </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Урматбек Шаршенович </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+главный специалист сектора международного сотрудничества в сфере промышленности Управления промышленности Министерства экономики и коммерции Кыргызской Республики</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орозакунов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бакыт Орозакунович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+начальник отдела реализации решений в перерабатывающей промышленности Министерства водных ресурсов, сельского хозяйства и перерабатывающей промышленности Кыргызской Республики </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z47" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       От Российской Федерации</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:tbl>
@@ -2764,686 +4136,746 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Круглова </w:t>
+              <w:t xml:space="preserve">Ромазина </w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="27"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дарья Игоревна</w:t>
+Александра Андреевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z51" w:id="28"/>
-[...15 lines deleted...]
-заместитель директора Департамента стран Европы, Северной Америки, СНГ и многостороннего экономического сотрудничества Министерства промышленности и торговли Российской Федерации</w:t>
+          <w:bookmarkStart w:name="z55" w:id="28"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+заместитель директора Департамента международной кооперации и лицензирования в сфере внешней торговли Министерства промышленности и торговли Российской Федерации </w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="28"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z52" w:id="29"/>
-[...25 lines deleted...]
-              <w:t xml:space="preserve">Ромазина </w:t>
+          <w:bookmarkStart w:name="z56" w:id="29"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чухвичева</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="29"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Александра Андреевна</w:t>
-[...65 lines deleted...]
-          <w:bookmarkEnd w:id="30"/>
+Екатерина Владимировна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ведущий советник отдела обеспечения участия в ВТО Департамента торговых переговоров Министерства экономического развития Российской Федерации;</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z56" w:id="31"/>
-[...111 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Шапошникова </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ольга Сергеевна</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+советник отдела ЕАЭС Департамента международного сотрудничества Министерства промышленности и торговли Российской Федерации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z57" w:id="32"/>
-[...92 lines deleted...]
-консультант отдела стран СНГ Департамента стран Европы, Северной Америки, СНГ и многостороннего экономического сотрудничества Министерства промышленности и торговли Российской Федерации</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Ковзиридзе </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Александр Акакиевич</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+начальник отдела ЕАЭС Департамента международного сотрудничества Министерства промышленности и торговли Российской Федерации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...18 lines deleted...]
-Александр Акакиевич</w:t>
+              <w:t xml:space="preserve">
+Чаплин </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Анатолий Юрьевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -3461,293 +4893,159 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-начальник отдела евразийской интеграции Департамента стран Европы, Северной Америки, СНГ и многостороннего экономического сотрудничества Министерства промышленности и торговли Российской Федерации</w:t>
-[...133 lines deleted...]
-консультант отдела торговой защиты Департамента торговых переговоров Министерства экономического развития Российской Федерации </w:t>
+начальник отдела торговой защиты Департамента торговых переговоров Министерства экономического развития Российской Федерации;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z58" w:id="33"/>
+    <w:bookmarkStart w:name="z58" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       От Евразийской экономической комиссии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z59" w:id="34"/>
+          <w:bookmarkStart w:name="z59" w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Маринченко </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="34"/>
+          <w:bookmarkEnd w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Алена Юрьевна </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -3766,126 +5064,126 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z62" w:id="35"/>
+          <w:bookmarkStart w:name="z62" w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 консультант отдела мониторинга и анализа развития промышленных комплексов государств – членов ЕЭП Департамента промышленной политики </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="35"/>
+          <w:bookmarkEnd w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z63" w:id="36"/>
+          <w:bookmarkStart w:name="z63" w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Молочкова</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="36"/>
+          <w:bookmarkEnd w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Екатерина Александровна </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -3940,70 +5238,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 заместитель начальника отдела промышленных субсидий Департамента промышленной политики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z64" w:id="37"/>
+          <w:bookmarkStart w:name="z64" w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Павлова</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="37"/>
+          <w:bookmarkEnd w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мария Александровна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -4022,126 +5320,126 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z65" w:id="38"/>
+          <w:bookmarkStart w:name="z65" w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 советник отдела промышленных субсидий Департамента промышленной политики </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="38"/>
+          <w:bookmarkEnd w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z66" w:id="39"/>
+          <w:bookmarkStart w:name="z66" w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Пак </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="39"/>
+          <w:bookmarkEnd w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Анна Юрьевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -4160,126 +5458,126 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z67" w:id="40"/>
+          <w:bookmarkStart w:name="z67" w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 консультант отдела промышленных субсидий Департамента промышленной политики </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="40"/>
+          <w:bookmarkEnd w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z68" w:id="41"/>
+          <w:bookmarkStart w:name="z68" w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Цыбульник </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="41"/>
+          <w:bookmarkEnd w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Людмила Викторовна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -4298,126 +5596,126 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z69" w:id="42"/>
+          <w:bookmarkStart w:name="z69" w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 начальник отдела промышленных субсидий Департамента промышленной политики</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="42"/>
+          <w:bookmarkEnd w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z70" w:id="43"/>
+          <w:bookmarkStart w:name="z70" w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Шаматрин </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="43"/>
+          <w:bookmarkEnd w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Игорь Викторович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -4436,70 +5734,70 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z71" w:id="44"/>
+          <w:bookmarkStart w:name="z71" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 заместитель начальника отдела промышленных субсидий Департамента промышленной политики</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="44"/>
+          <w:bookmarkEnd w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>