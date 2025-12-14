--- v0 (2025-10-27)
+++ v1 (2025-12-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ab91155" w14:textId="ab91155">
+    <w:p w14:paraId="e569288" w14:textId="e569288">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -956,63 +956,50 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Решением Совета </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Евразийской экономической комиссии</w:t>
             </w:r>
-            <w:r>
-[...11 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1026,61 +1013,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      В план предусматривается изменение решением Совета Евразийской экономической комиссии от 01.08.2025 </w:t>
+        <w:t xml:space="preserve">      В план предусматривается изменения решением Совета Евразийской экономической комиссии от 26.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 59</w:t>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -1174,50 +1161,90 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования); от 24.09.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования); от 01.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 59</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования); от 12.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 73</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
@@ -1462,245 +1489,102 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Разработка технических регламентов Евразийского экономического союза</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...193 lines deleted...]
-21</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1. Исключена решением Совета Евразийской экономической комиссии от 12.09.2025 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 73</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1718,70 +1602,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2. О безопасности кормов и кормовых добавок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z15" w:id="10"/>
+          <w:bookmarkStart w:name="z15" w:id="9"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Республика Казахстан</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="10"/>
+          <w:bookmarkEnd w:id="9"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -1810,70 +1694,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 государства-члены </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z16" w:id="11"/>
+          <w:bookmarkStart w:name="z16" w:id="10"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 IV квартал </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="11"/>
+          <w:bookmarkEnd w:id="10"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2022 г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -2015,70 +1899,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 государства-члены </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z17" w:id="12"/>
+          <w:bookmarkStart w:name="z17" w:id="11"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 I квартал </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="12"/>
+          <w:bookmarkEnd w:id="11"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2016 г.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
@@ -2122,70 +2006,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z18" w:id="13"/>
+          <w:bookmarkStart w:name="z18" w:id="12"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4. О безопасности продукции, предназначенной для гражданской обороны и защиты населения при чрезвычайных ситуациях природного и техногенного характера</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="13"/>
+          <w:bookmarkEnd w:id="12"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -2250,70 +2134,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 государства-члены </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z19" w:id="14"/>
+          <w:bookmarkStart w:name="z19" w:id="13"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 I квартал </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="14"/>
+          <w:bookmarkEnd w:id="13"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2016 г.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
@@ -2357,70 +2241,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z20" w:id="15"/>
+          <w:bookmarkStart w:name="z20" w:id="14"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5. О безопасности материалов, контактирующих с пищевой продукцией</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="15"/>
+          <w:bookmarkEnd w:id="14"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -2485,70 +2369,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 государства-члены </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z21" w:id="16"/>
+          <w:bookmarkStart w:name="z21" w:id="15"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 IV квартал </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="16"/>
+          <w:bookmarkEnd w:id="15"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2021 г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -2582,198 +2466,198 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z22" w:id="17"/>
+          <w:bookmarkStart w:name="z22" w:id="16"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6. О безопасности высоковольтного оборудования</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="16"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Российская Федерация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+государства-члены</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z23" w:id="17"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV квартал</w:t>
+            </w:r>
+          </w:p>
           <w:bookmarkEnd w:id="17"/>
-          <w:p>
-[...126 lines deleted...]
-          <w:bookmarkEnd w:id="18"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2017 г.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
@@ -2817,70 +2701,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z24" w:id="19"/>
+          <w:bookmarkStart w:name="z24" w:id="18"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7. О безопасности подвижного состава метрополитена</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="19"/>
+          <w:bookmarkEnd w:id="18"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -2945,70 +2829,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 государства-члены</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z25" w:id="20"/>
+          <w:bookmarkStart w:name="z25" w:id="19"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 III квартал </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="20"/>
+          <w:bookmarkEnd w:id="19"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2020 г.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
@@ -3052,70 +2936,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z26" w:id="21"/>
+          <w:bookmarkStart w:name="z26" w:id="20"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8. О безопасности легкорельсового транспорта, трамваев</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="21"/>
+          <w:bookmarkEnd w:id="20"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -3180,70 +3064,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 государства-члены</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z27" w:id="22"/>
+          <w:bookmarkStart w:name="z27" w:id="21"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 I квартал </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="22"/>
+          <w:bookmarkEnd w:id="21"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2021 г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -3385,70 +3269,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 государства-члены</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z28" w:id="23"/>
+          <w:bookmarkStart w:name="z28" w:id="22"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 IV квартал </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="23"/>
+          <w:bookmarkEnd w:id="22"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -3618,98 +3502,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 государства-члены</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z30" w:id="24"/>
-[...46 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z30" w:id="23"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV квартал 2026 г.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="23"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -3851,70 +3707,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 государства-члены</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z32" w:id="25"/>
+          <w:bookmarkStart w:name="z32" w:id="24"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV квартал</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="25"/>
+          <w:bookmarkEnd w:id="24"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2022 г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -3990,218 +3846,218 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z33" w:id="26"/>
+          <w:bookmarkStart w:name="z33" w:id="25"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. О безопасности пищевой продукции (ТР ТС 021/2011) (изменения № 2 в части приведения к единообразию обязательных требований к пищевой продукции, установленных в техническом регламенте и Единых санитарно-эпидемиологических и гигиенических требованиях к товарам, подлежащим санитарно-эпидемиологическому надзору (контролю))</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="25"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z34" w:id="26"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Российская Федерация</w:t>
+            </w:r>
+          </w:p>
           <w:bookmarkEnd w:id="26"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z34" w:id="27"/>
-[...54 lines deleted...]
-          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 государства-члены</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z35" w:id="28"/>
+          <w:bookmarkStart w:name="z35" w:id="27"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 IV квартал </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="28"/>
+          <w:bookmarkEnd w:id="27"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2021 г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -4235,126 +4091,126 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z36" w:id="29"/>
+          <w:bookmarkStart w:name="z36" w:id="28"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2. О безопасности продукции, предназначенной для детей и подростков (ТР ТС 007/2011) (изменения № 2 в части уточнения области применения в отношении одежды и обуви спортивного ассортимента)</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="28"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z37" w:id="29"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Российская Федерация</w:t>
+            </w:r>
+          </w:p>
           <w:bookmarkEnd w:id="29"/>
-          <w:p>
-[...54 lines deleted...]
-          <w:bookmarkEnd w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -4383,70 +4239,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 государства-члены </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z38" w:id="31"/>
+          <w:bookmarkStart w:name="z38" w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III квартал</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="31"/>
+          <w:bookmarkEnd w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2021 г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -4588,70 +4444,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 государства-члены</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z39" w:id="32"/>
+          <w:bookmarkStart w:name="z39" w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II квартал</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="32"/>
+          <w:bookmarkEnd w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2016 г.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
@@ -4695,70 +4551,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z40" w:id="33"/>
+          <w:bookmarkStart w:name="z40" w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4. О безопасности маломерных судов (ТР ТС 026/2012) (изменения № 1 в части уточнения области распространения технического регламента)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="33"/>
+          <w:bookmarkEnd w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -4823,70 +4679,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 государства-члены </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z41" w:id="34"/>
+          <w:bookmarkStart w:name="z41" w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II квартал</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="34"/>
+          <w:bookmarkEnd w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2022 г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -4920,198 +4776,198 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z42" w:id="35"/>
+          <w:bookmarkStart w:name="z42" w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5. Требования безопасности пищевых добавок, ароматизаторов и технологических вспомогательных средств (ТР ТС 029/2012) (изменения № 2 в части приведения к единообразию требований к пищевым добавкам, установленных в техническом регламенте и Единых санитарно-эпидемиологических и гигиенических требованиях к товарам, подлежащим санитарно-эпидемиологическому надзору (контролю), а также в части содержания в мясной продукции фосфорной кислоты и пищевых фосфатов)</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="34"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республика Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+государства-члены</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z43" w:id="35"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II квартал</w:t>
+            </w:r>
+          </w:p>
           <w:bookmarkEnd w:id="35"/>
-          <w:p>
-[...126 lines deleted...]
-          <w:bookmarkEnd w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2021 г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -5145,215 +5001,215 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z44" w:id="37"/>
+          <w:bookmarkStart w:name="z44" w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6. О безопасности оборудования, работающего под избыточным давлением (ТР ТС 032/2013)</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="36"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(изменения № 1 в части введения новых терминов, уточнения отдельных положений технического регламента в части внесения технических правок по результатам практики применения технического регламента)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Российская Федерация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+государства-члены</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z45" w:id="37"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III квартал</w:t>
+            </w:r>
+          </w:p>
           <w:bookmarkEnd w:id="37"/>
-          <w:p>
-[...143 lines deleted...]
-          <w:bookmarkEnd w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2016 г.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
@@ -5397,70 +5253,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z46" w:id="39"/>
+          <w:bookmarkStart w:name="z46" w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7. О безопасности пищевой продукции (ТР ТС 021/2011) (изменения № 3 в части установления дополнительных требований к шоколаду, шоколадным изделиям и какао-продуктам)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="39"/>
+          <w:bookmarkEnd w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -5525,70 +5381,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 государства-члены</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z47" w:id="40"/>
+          <w:bookmarkStart w:name="z47" w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 IV квартал </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="40"/>
+          <w:bookmarkEnd w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2016 г.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
@@ -5632,70 +5488,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z48" w:id="41"/>
+          <w:bookmarkStart w:name="z48" w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8. О безопасности низковольтного оборудования (ТР ТС 004/2011) (изменения № 1 в части уточнения области применения технического регламента, исключения дублирования в техническом регламенте положений принятых технических регламентов Таможенного союза)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="41"/>
+          <w:bookmarkEnd w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -5760,70 +5616,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 государства-члены</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z49" w:id="42"/>
+          <w:bookmarkStart w:name="z49" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 IV квартал </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="42"/>
+          <w:bookmarkEnd w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2016 г.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
@@ -5867,70 +5723,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z50" w:id="43"/>
+          <w:bookmarkStart w:name="z50" w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 9. Электромагнитная совместимость технических средств (ТР ТС 020/2011) </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="43"/>
+          <w:bookmarkEnd w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(изменения № 1 в части уточнения области применения технического регламента, исключения дублирования в техническом регламенте положений принятых технических регламентов Таможенного союза)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -6012,70 +5868,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 государства-члены </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z51" w:id="44"/>
+          <w:bookmarkStart w:name="z51" w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 IV квартал </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="44"/>
+          <w:bookmarkEnd w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2016 г.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
@@ -6119,198 +5975,198 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z52" w:id="45"/>
+          <w:bookmarkStart w:name="z52" w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10. О безопасности сельскохозяйственных и лесохозяйственных тракторов и прицепов к ним (ТР ТС 031/2012) (изменения № 1 в части требований к экологической безопасности тракторов, идентификационной маркировке тракторов, требований к тракторам, работающим на сжатом природном и сжиженном углеводородном газе, актуализации ссылочных стандартов и правил Европейской экономической комиссии Организации Объединенных Наций)</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="44"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республика Беларусь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+государства-члены</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z53" w:id="45"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV квартал</w:t>
+            </w:r>
+          </w:p>
           <w:bookmarkEnd w:id="45"/>
-          <w:p>
-[...126 lines deleted...]
-          <w:bookmarkEnd w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2016 г.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
@@ -6354,198 +6210,198 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z54" w:id="47"/>
+          <w:bookmarkStart w:name="z54" w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11. О безопасности железнодорожного подвижного состава (ТР ТС 001/2011), О безопасности высокоскоростного железнодорожного транспорта (ТР ТС 002/2011), О безопасности инфраструктуры железнодорожного транспорта (ТР ТС 003/2011) (изменения № 1 в части уточнения определения термина "инновационная продукция", области применения, отдельных положений технических регламентов и приведения их в соответствие с Договором о Евразийском экономическом союзе от 29 мая 2014 года)</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="46"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Российская Федерация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+государства-члены</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z55" w:id="47"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV квартал</w:t>
+            </w:r>
+          </w:p>
           <w:bookmarkEnd w:id="47"/>
-          <w:p>
-[...126 lines deleted...]
-          <w:bookmarkEnd w:id="48"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2016 г.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
@@ -6589,198 +6445,198 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z56" w:id="49"/>
+          <w:bookmarkStart w:name="z56" w:id="48"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12. О безопасности машин и оборудования (ТР ТС 010/2011) (изменения № 3 в части дополнения требованиями к оборудованию для малых гидроэлектростанций)</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="48"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республика Армения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+государства-члены</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z57" w:id="49"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV квартал</w:t>
+            </w:r>
+          </w:p>
           <w:bookmarkEnd w:id="49"/>
-          <w:p>
-[...126 lines deleted...]
-          <w:bookmarkEnd w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2021 г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -6814,226 +6670,226 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z58" w:id="51"/>
+          <w:bookmarkStart w:name="z58" w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13. О безопасности пищевой продукции (ТР ТС 021/2011) (изменения № 4 в части исключения специальных требований к биологически активным добавкам к пище),</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="50"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Пищевая продукция в части ее маркировки (ТР ТС 022/2011) (изменения № 3 в части исключения специальных требований к маркировке биологически активных добавок к пище), О безопасности отдельных видов специализированной пищевой продукции, в том числе диетического лечебного и диетического профилактического питания (ТР ТС 027/2012) (изменения № 1 в части установления специальных требований к биологически активным добавкам к пище, их производству, реализации и маркировке)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Российская Федерация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+государства-члены</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z60" w:id="51"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV квартал</w:t>
+            </w:r>
+          </w:p>
           <w:bookmarkEnd w:id="51"/>
-          <w:p>
-[...154 lines deleted...]
-          <w:bookmarkEnd w:id="52"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2023 г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -7067,198 +6923,198 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z61" w:id="53"/>
+          <w:bookmarkStart w:name="z61" w:id="52"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14. Технический регламент на масложировую продукцию (ТР ТС 024/2011) (изменения № 2 в части уточнения отдельных положений технического регламента, в том числе касающихся транспортировки растительных масел)</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="52"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Российская Федерация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+государства-члены</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z62" w:id="53"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV квартал</w:t>
+            </w:r>
+          </w:p>
           <w:bookmarkEnd w:id="53"/>
-          <w:p>
-[...126 lines deleted...]
-          <w:bookmarkEnd w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2021 г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -7292,198 +7148,198 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z63" w:id="55"/>
+          <w:bookmarkStart w:name="z63" w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15. О безопасности колесных транспортных средств (ТР ТС 018/2011) (изменения № 3 в части актуализации, связанной с выполнением государствами-членами обязательств по участию в международных соглашениях по согласованию требований безопасности в отношении транспортных средств)</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="54"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Российская Федерация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+государства-члены</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z64" w:id="55"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV квартал</w:t>
+            </w:r>
+          </w:p>
           <w:bookmarkEnd w:id="55"/>
-          <w:p>
-[...126 lines deleted...]
-          <w:bookmarkEnd w:id="56"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -7545,198 +7401,198 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z66" w:id="57"/>
+          <w:bookmarkStart w:name="z66" w:id="56"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16. О безопасности пищевой продукции (ТР ТС 021/2011) (изменения № 5 в части приведения в соответствие с Договором о Евразийском экономическом союзе от 29 мая 2014 года и установления требований к средствам транспортировки пищевой продукции и продовольственного (пищевого) сырья наливом)</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="56"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Российская Федерация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+государства-члены</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z67" w:id="57"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III квартал</w:t>
+            </w:r>
+          </w:p>
           <w:bookmarkEnd w:id="57"/>
-          <w:p>
-[...126 lines deleted...]
-          <w:bookmarkEnd w:id="58"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2021 г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -7770,226 +7626,226 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z68" w:id="59"/>
+          <w:bookmarkStart w:name="z68" w:id="58"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17. О безопасности взрывчатых веществ</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="58"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(ТР ТС 028/2012) (изменения № 1 в части установления перечня показателей, требующихся для оценки безопасности взрывчатых веществ и изделий на их основе для подтверждения соответствия требованиям технического регламента)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Российская Федерация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+государства-члены</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z70" w:id="59"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III квартал</w:t>
+            </w:r>
+          </w:p>
           <w:bookmarkEnd w:id="59"/>
-          <w:p>
-[...154 lines deleted...]
-          <w:bookmarkEnd w:id="60"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2021 г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -8023,70 +7879,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z71" w:id="61"/>
+          <w:bookmarkStart w:name="z71" w:id="60"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18. О безопасности оборудования для работы во взрывоопасных средах (ТР ТС 012/2011)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="61"/>
+          <w:bookmarkEnd w:id="60"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -8273,70 +8129,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z73" w:id="62"/>
+          <w:bookmarkStart w:name="z73" w:id="61"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19. О безопасности парфюмерно-косметической продукции (ТР ТС 009/2011) (изменения в части актуализации приложений 1 – 5)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="62"/>
+          <w:bookmarkEnd w:id="61"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -8596,70 +8452,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 государства-члены</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z74" w:id="63"/>
+          <w:bookmarkStart w:name="z74" w:id="62"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III квартал</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="63"/>
+          <w:bookmarkEnd w:id="62"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2021 г.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
@@ -8703,70 +8559,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z75" w:id="64"/>
+          <w:bookmarkStart w:name="z75" w:id="63"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21. Технические регламенты Евразийского экономического союза (технические регламенты Таможенного союза) (изменения в части установления форм, схем и процедур оценки соответствия на основе типовых схем оценки соответствия, утвержденных Решением Совета Евразийской экономической комиссии от 18 апреля 2018 г. № 44)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="64"/>
+          <w:bookmarkEnd w:id="63"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -8959,70 +8815,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z76" w:id="65"/>
+          <w:bookmarkStart w:name="z76" w:id="64"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22. О безопасности машин и оборудования</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="65"/>
+          <w:bookmarkEnd w:id="64"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(ТР ТС 010/2011)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -9226,70 +9082,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z78" w:id="66"/>
+          <w:bookmarkStart w:name="z78" w:id="65"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23. О требованиях к смазочным материалам, маслам и специальным жидкостям (ТР ТС 030/2012) (изменения в части уточнения отдельных положений технического регламента)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="66"/>
+          <w:bookmarkEnd w:id="65"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -9448,70 +9304,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z79" w:id="67"/>
+          <w:bookmarkStart w:name="z79" w:id="66"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24. О безопасности упаковки (ТР ТС 005/2011) (изменения № 4 в части уточнения отдельных требований технического регламента по результатам практики его применения)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="67"/>
+          <w:bookmarkEnd w:id="66"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -9670,70 +9526,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z80" w:id="68"/>
+          <w:bookmarkStart w:name="z80" w:id="67"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25. О безопасности парфюмерно-косметической продукции (ТР ТС 009/2011) (изменения № 3 в части уточнения области применения, правил идентификации продукции, дополнения терминами, дополнения правилами обращения на рынке, установления требований к токсикологическим показателям, полученным на основе анализа токсикологических характеристик ингредиентов, установления оценки раздражающего действия на слизистые альтернативными методами in vitro, установления требований к упаковке, установления требований к маркировке и оценке соответствия продукции, подпадающей одновременно под действие нескольких технических регламентов Евразийского экономического союза (Таможенного союза))</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="68"/>
+          <w:bookmarkEnd w:id="67"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -9892,70 +9748,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z81" w:id="69"/>
+          <w:bookmarkStart w:name="z81" w:id="68"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26. О безопасности средств индивидуальной защиты (ТР ТС 019/2011) (изменения № 2 в части уточнения области применения и отдельных положений технического регламента, уточнения требований к отдельным объектам технического регулирования, внесения изменений в приложения к техническому регламенту)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="69"/>
+          <w:bookmarkEnd w:id="68"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -10114,70 +9970,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z82" w:id="70"/>
+          <w:bookmarkStart w:name="z82" w:id="69"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27. Пищевая продукция в части ее маркировки (ТР ТС 022/2011) (изменения № 4 в части уточнения отдельных положений технического регламента с учетом практики его применения, в том числе указания в составе продукции применяемого при ее изготовлении вида растительных (животных) масла, жира)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="70"/>
+          <w:bookmarkEnd w:id="69"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -10336,70 +10192,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z83" w:id="71"/>
+          <w:bookmarkStart w:name="z83" w:id="70"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28. О безопасности мяса и мясной продукции (ТР ТС 034/2013)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="71"/>
+          <w:bookmarkEnd w:id="70"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -10586,70 +10442,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z85" w:id="72"/>
+          <w:bookmarkStart w:name="z85" w:id="71"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29. О безопасности мяса и мясной продукции (ТР ТС 034/2013) (изменения № 2 в части уточнения отдельных позиций понятийного аппарата технического регламента)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="72"/>
+          <w:bookmarkEnd w:id="71"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -10808,70 +10664,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z86" w:id="73"/>
+          <w:bookmarkStart w:name="z86" w:id="72"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30. Об ограничении применения опасных веществ в изделиях электротехники и радиоэлектроники (ТР ЕАЭС 037/2016) (изменения № 1 в части расширения области применения технического регламента (средств измерений, химических источников тока и в целом открытой области применения с указанием исключений), актуализации требований по контролируемой номенклатуре опасных веществ и ограничению их содержания в изделиях электротехники и радиоэлектроники, включения требований по утилизации изделий электротехники и радиоэлектроники, утративших потребительские свойства)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="73"/>
+          <w:bookmarkEnd w:id="72"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -11030,70 +10886,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z87" w:id="74"/>
+          <w:bookmarkStart w:name="z87" w:id="73"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31. О безопасности мебельной продукции (ТР ТС 025/2012) (изменения в части уточнения области применения и требований к мебельной продукции)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="74"/>
+          <w:bookmarkEnd w:id="73"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -11252,232 +11108,232 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z88" w:id="75"/>
+          <w:bookmarkStart w:name="z88" w:id="74"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32. О безопасности аппаратов, работающих</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="74"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на газообразном топливе (ТР ТС 016/2011) (изменения № 1 в части, касающейся обязательного наличия у газоиспользующего оборудования, предназначенного для применения во внутренних пространствах и помещениях, устройства, обеспечивающего предотвращение скопления несгоревшего газа)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Российская Федерация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+государства-</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>члены</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z89" w:id="75"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV квартал</w:t>
+            </w:r>
+          </w:p>
           <w:bookmarkEnd w:id="75"/>
-          <w:p>
-[...160 lines deleted...]
-          <w:bookmarkEnd w:id="76"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2021 г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -11511,70 +11367,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z90" w:id="77"/>
+          <w:bookmarkStart w:name="z90" w:id="76"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33. Безопасность автомобильных дорог (ТР ТС 014/2011)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="77"/>
+          <w:bookmarkEnd w:id="76"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -11778,70 +11634,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z92" w:id="78"/>
+          <w:bookmarkStart w:name="z92" w:id="77"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34. О безопасности рыбы и рыбной продукции (ТР ЕАЭС 040/2016)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="78"/>
+          <w:bookmarkEnd w:id="77"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -12045,70 +11901,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z94" w:id="79"/>
+          <w:bookmarkStart w:name="z94" w:id="78"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35. О безопасности пищевой продукции (ТР ТС 021/2011)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="79"/>
+          <w:bookmarkEnd w:id="78"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (изменения № 7 в части обязательности обоснования сроков годности пищевой продукции, уточнения терминологии</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -12301,198 +12157,198 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z95" w:id="80"/>
+          <w:bookmarkStart w:name="z95" w:id="79"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36. О безопасности колесных транспортных средств (ТР ТС 018/2011) (изменения № 5 в части формирования понятийного аппарата в отношении информационных систем автотранспортной телематики и их компонентов, введения обязательных требований к таким системам, устанавливаемым на колесные транспортные средства, установления форм и порядка оценки указанных систем и компонентов установленным требованиям)</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="79"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Российская Федерация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+государства-члены</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z96" w:id="80"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV квартал</w:t>
+            </w:r>
+          </w:p>
           <w:bookmarkEnd w:id="80"/>
-          <w:p>
-[...126 lines deleted...]
-          <w:bookmarkEnd w:id="81"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2021 г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -12526,215 +12382,215 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z97" w:id="82"/>
+          <w:bookmarkStart w:name="z97" w:id="81"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37. О безопасности колесных транспортных средств (ТР ТС 018/2011)</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="81"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(изменения № 6 в части введения требований экологического класса 6)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Российская Федерация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+государства-члены</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z98" w:id="82"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV квартал</w:t>
+            </w:r>
+          </w:p>
           <w:bookmarkEnd w:id="82"/>
-          <w:p>
-[...143 lines deleted...]
-          <w:bookmarkEnd w:id="83"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2022 г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -12876,70 +12732,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 государства-члены</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z99" w:id="84"/>
+          <w:bookmarkStart w:name="z99" w:id="83"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV квартал</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="84"/>
+          <w:bookmarkEnd w:id="83"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2023 г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -12973,198 +12829,198 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z100" w:id="85"/>
+          <w:bookmarkStart w:name="z100" w:id="84"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39. О безопасности колесных транспортных средств (ТР ТС 018/2011) (изменения № 8 в части модификации процедур оценки соответствия и других положений с учетом практики применения технического регламента)</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="84"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Российская Федерация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+государства-члены</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z101" w:id="85"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV квартал</w:t>
+            </w:r>
+          </w:p>
           <w:bookmarkEnd w:id="85"/>
-          <w:p>
-[...126 lines deleted...]
-          <w:bookmarkEnd w:id="86"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2025 г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -13198,80 +13054,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z102" w:id="87"/>
+          <w:bookmarkStart w:name="z102" w:id="86"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40. О безопасности пищевой продукции (ТР ТС 021/2011) (изменения № 8 в части приведения в соответствие с требованиями технического регламента Евразийского экономического союза "О безопасности алкогольной продукции" (ТР ЕАЭС 047/2018))</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="87"/>
+          <w:bookmarkEnd w:id="86"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -13447,70 +13303,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z103" w:id="88"/>
+          <w:bookmarkStart w:name="z103" w:id="87"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41. О безопасности игрушек (ТР ТС 008/2011)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="88"/>
+          <w:bookmarkEnd w:id="87"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -14755,112 +14611,482 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47. О безопасности оборудования, работающего под избыточным давлением (ТР ТС 032/2013) (изменение в части ограничения возможности изготовления стальных баллонов способом формоизменения концов сварных труб (обечаек))</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Российская Федерация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+государства-члены</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III квартал 2026 г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48. О безопасности оборудования, работающего под избыточным давлением (ТР ТС 032/2013) (изменения в части установления требований к идентификации, технической документации в части технического освидетельствования, комплексному устройству, а также уточнения отдельных положений по результатам практики применения технического регламента)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Российская Федерация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+государства-члены</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV квартал 2027 г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z105" w:id="89"/>
+    <w:bookmarkStart w:name="z105" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z106" w:id="90"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z106" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t> Наименования технических регламентов Евразийского экономического союза, предусмотренных разделом I настоящего плана, а также предмет изменений, предусмотренных разделом II настоящего плана, могут быть изменены в процессе их разработки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z107" w:id="91"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z107" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
@@ -14875,52 +15101,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Срок представления в Евразийскую экономическую комиссию решений государств-членов по итогам внутригосударственного согласования проекта технического регламента Евразийского экономического союза в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Порядка разработки, принятия, изменения и отмены технических регламентов Евразийского экономического союза, утвержденного Решением Совета Евразийской экономической комиссии от 20 июня 2012 г. № 48.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z108" w:id="92"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z108" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
@@ -14935,52 +15161,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Единый перечень продукции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, в отношении которой устанавливаются обязательные требования в рамках Таможенного союза, утвержденный Решением Комиссии Таможенного союза от 28 января 2011 г. № 526.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z109" w:id="93"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z109" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
@@ -14995,52 +15221,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Решения государств-членов по итогам внутригосударственного согласования проекта технического регламента Евразийского экономического союза представлены в Евразийскую экономическую комиссию в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Порядка разработки, принятия, изменения и отмены технических регламентов Евразийского экономического союза.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z110" w:id="94"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z110" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
@@ -15065,51 +15291,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Изменения разрабатываются в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Порядка разработки, принятия, изменения и отмены технических регламентов Евразийского экономического союза.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -15188,1174 +15414,1174 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Евразийской экономической комиссии</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 23 апреля 2021 г. № 57</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z112" w:id="95"/>
+    <w:bookmarkStart w:name="z112" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ПЕРЕЧЕНЬ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>решений Совета Евразийской экономической комиссии, признанных утратившими силу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z113" w:id="96"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z113" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Совета Евразийской экономической комиссии от 1 октября 2014 г. № 79 "О плане разработки технических регламентов Таможенного союза и внесения изменений в технические регламенты Таможенного союза".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z114" w:id="97"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z114" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Совета Евразийской экономической комиссии от 28 апреля 2015 г. № 36 "О внесении изменений в План разработки технических регламентов Таможенного союза и внесения изменений в технические регламенты Таможенного союза, утвержденный Решением Совета Евразийской экономической комиссии от 1 октября 2014 года № 79".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z115" w:id="98"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z115" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Совета Евразийской экономической комиссии от 2 декабря 2015 г. № 81 "О внесении изменений в Решение Совета Евразийской экономической комиссии от 1 октября 2014 г. № 79".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z116" w:id="99"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z116" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Совета Евразийской экономической комиссии от 12 февраля 2016 г. № 43 "О внесении изменений в Решение Совета Евразийской экономической комиссии от 1 октября 2014 г. № 79".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z117" w:id="100"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z117" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Совета Евразийской экономической комиссии от 18 октября 2016 г. № 99 "О внесении изменений в план разработки технических регламентов Евразийского экономического союза и внесения изменений в технические регламенты Таможенного союза".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z118" w:id="101"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z118" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Совета Евразийской экономической комиссии от 30 ноября 2016 г. № 125 "О внесении изменения в план разработки технических регламентов Евразийского экономического союза и внесения изменений в технические регламенты Таможенного союза".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z119" w:id="102"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z119" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Совета Евразийской экономической комиссии от 13 июля 2017 г. № 69 "О внесении изменения в план разработки технических регламентов Евразийского экономического союза и внесения изменений в технические регламенты Таможенного союза".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z120" w:id="103"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z120" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Совета Евразийской экономической комиссии от 15 сентября 2017 г. № 66 "О внесении изменения в план разработки технических регламентов Евразийского экономического союза и внесения изменений в технические регламенты Таможенного союза".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z121" w:id="104"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z121" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Совета Евразийской экономической комиссии от 10 ноября 2017 г. № 74 "О внесении изменения в план разработки технических регламентов Евразийского экономического союза и внесения изменений в технические регламенты Таможенного союза".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z122" w:id="105"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z122" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Совета Евразийской экономической комиссии от 16 февраля 2018 г. № 3 "О внесении изменений в план разработки технических регламентов Евразийского экономического союза и внесения изменений в технические регламенты Таможенного союза".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z123" w:id="106"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z123" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Совета Евразийской экономической комиссии от 16 февраля 2018 г. № 4 "О внесении изменения в план разработки технических регламентов Евразийского экономического союза и внесения изменений в технические регламенты Таможенного союза".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z124" w:id="107"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z124" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Совета Евразийской экономической комиссии от 18 января 2019 г. № 1 "О внесении изменения в раздел II плана разработки технических регламентов Евразийского экономического союза и внесения изменений в технические регламенты Таможенного союза".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z125" w:id="108"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z125" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Совета Евразийской экономической комиссии от 22 февраля 2019 г. № 9 "О внесении изменения в раздел II плана разработки технических регламентов Евразийского экономического союза и внесения изменений в технические регламенты Таможенного союза".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z126" w:id="109"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z126" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Совета Евразийской экономической комиссии от 22 февраля 2019 г. № 10 "О внесении изменения в позицию 31 раздела II плана разработки технических регламентов Евразийского экономического союза и внесения изменений в технические регламенты Таможенного союза".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z127" w:id="110"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z127" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Совета Евразийской экономической комиссии от 29 марта 2019 г. № 17 "О внесении изменения в раздел II плана разработки технических регламентов Евразийского экономического союза и внесения изменений в технические регламенты Таможенного союза".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z128" w:id="111"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z128" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Совета Евразийской экономической комиссии от 28 мая 2019 г. № 56 "О внесении изменения в раздел II плана разработки технических регламентов Евразийского экономического союза и внесения изменений в технические регламенты Таможенного союза".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z129" w:id="112"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z129" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Совета Евразийской экономической комиссии от 30 сентября 2019 г. № 85 "О внесении изменения в позицию 26 раздела II плана разработки технических регламентов Евразийского экономического союза и внесения изменений в технические регламенты Таможенного союза".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z130" w:id="113"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z130" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Совета Евразийской экономической комиссии от 18 ноября 2019 г. № 102 "О внесении изменения в раздел II плана разработки технических регламентов Евразийского экономического союза и внесения изменений в технические регламенты Таможенного союза".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z131" w:id="114"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z131" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Совета Евразийской экономической комиссии от 19 декабря 2019 г. № 113 "О внесении изменения в план разработки технических регламентов Евразийского экономического союза и внесения изменений в технические регламенты Таможенного союза".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z132" w:id="115"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z132" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Совета Евразийской экономической комиссии от 30 января 2020 г. № 7 "О внесении изменения в раздел II плана разработки технических регламентов Евразийского экономического союза и внесения изменений в технические регламенты Таможенного союза".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z133" w:id="116"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z133" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Совета Евразийской экономической комиссии от 30 января 2020 г. № 8 "О внесении изменения в раздел II плана разработки технических регламентов Евразийского экономического союза и внесения изменений в технические регламенты Таможенного союза".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z134" w:id="117"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z134" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Совета Евразийской экономической комиссии от 21 февраля 2020 г. № 14 "О внесении изменения в раздел II плана разработки технических регламентов Евразийского экономического союза и внесения изменений в технические регламенты Таможенного союза".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z135" w:id="118"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z135" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Совета Евразийской экономической комиссии от 16 марта 2020 г. № 25 "О внесении изменения в раздел II плана разработки технических регламентов Евразийского экономического союза и внесения изменений в технические регламенты Таможенного союза".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z136" w:id="119"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z136" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Совета Евразийской экономической комиссии от 16 марта 2020 г. № 26 "О внесении изменения в раздел II плана разработки технических регламентов Евразийского экономического союза и внесения изменений в технические регламенты Таможенного союза".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z137" w:id="120"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z137" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Совета Евразийской экономической комиссии от 10 июля 2020 г. № 61 "О внесении изменения в раздел II плана разработки технических регламентов Евразийского экономического союза и внесения изменений в технические регламенты Таможенного союза".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z138" w:id="121"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z138" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Совета Евразийской экономической комиссии от 4 сентября 2020 г. № 68 "О внесении изменения в раздел II плана разработки технических регламентов Евразийского экономического союза и внесения изменений в технические регламенты Таможенного союза".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>