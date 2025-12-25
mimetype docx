--- v0 (2025-11-08)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ba80637" w14:textId="ba80637">
+    <w:p w14:paraId="91ffae4" w14:textId="91ffae4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -713,50 +713,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу с даты его опубликования на официальном сайте Евразийского экономического союза); от 13.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу с даты его опубликования на официальном сайте Евразийского экономического союза); от 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 167</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу с даты его опубликования на официальном сайте Евразийского экономического союза).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -868,68 +888,50 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 директор Департамента Евразийского экономического союза и внешней торговли Министерства экономики Республики Армения</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -1017,51 +1019,51 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тамразян Владимир Оганесович</w:t>
+Гарибян Лилит Левоновна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -1079,87 +1081,87 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-начальник Управления по надзору за требованиями, установленными техническими регламентами, и драгоценными металлами Инспекционного органа по надзору за рынком Республики Армения</w:t>
+начальник Управления по анализу и оценке риска Инспекционного органа градостроительной, технической и пожарной безопасности Республики Армения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Гарибян Лилит Левоновна</w:t>
+Овакимян Нарек Патваканович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -1177,240 +1179,222 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-начальник Управления по анализу и оценке риска Инспекционного органа градостроительной, технической и пожарной безопасности Республики Армения</w:t>
-[...17 lines deleted...]
- </w:t>
+заместитель Министра экономики Республики Армения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...86 lines deleted...]
-заместитель Министра экономики Республики Армения</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+От Республики Беларусь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...25 lines deleted...]
-От Республики Беларусь</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гаврильчик Инна Анатольевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+начальник Управления защиты прав потребителей и контроля за рекламой Министерства антимонопольного регулирования и торговли Республики Беларусь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Гаврильчик Инна Анатольевна</w:t>
+Малец Дмитрий Андреевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -1428,87 +1412,87 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-начальник Управления защиты прав потребителей и контроля за рекламой Министерства антимонопольного регулирования и торговли Республики Беларусь</w:t>
+заместитель председателя правления общественного объединения "Региональное общество защиты потребителей"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Малец Дмитрий Андреевич</w:t>
+Суша Анна Владимировна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -1526,87 +1510,87 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель председателя правления общественного объединения "Региональное общество защиты потребителей"</w:t>
+председатель общественного объединения "Белорусское общество защиты потребителей"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Суша Анна Владимировна</w:t>
+Емельянова Нина Алексеевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -1624,203 +1608,124 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-председатель общественного объединения "Белорусское общество защиты потребителей"</w:t>
+заместитель Министра антимонопольного регулирования и торговли Республики Беларусь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...104 lines deleted...]
- </w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+От Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мажейка Ольга Александровна</w:t>
+Айтмаганбетов Жаслан Болатович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -1838,124 +1743,185 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель начальника Управления государственного надзора за техническими регламентами и метрологического контроля Государственного комитета по стандартизации Республики Беларусь</w:t>
+руководитель объединения юридических лиц "Республиканская ассоциация потребителей Казахстана"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...25 lines deleted...]
-От Республики Казахстан</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ерубаев Нуртуган Жаканович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+руководитель Управления координации деятельности санитарной охраны на государственной границе Комитета санитарно-эпидемиологического контроля Министерства здравоохранения Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Айтмаганбетов Жаслан Болатович</w:t>
+Романовская Светлана Юрьевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -1973,87 +1939,87 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-руководитель объединения юридических лиц "Республиканская ассоциация потребителей Казахстана"</w:t>
+президент Республиканского общественного объединения "Национальная Лига Потребителей" Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Досумов Данияр Нуржанович</w:t>
+Садвакасов Нуркан Олжабаевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -2071,87 +2037,87 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель директора Департамента экономической интеграции Министерства торговли и интеграции Республики Казахстан</w:t>
+председатель Комитета санитарно- эпидемиологического контроля Министерства здравоохранения Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ерубаев Нуртуган Жаканович</w:t>
+Токкулиева Жанна Урмерхановна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -2169,105 +2135,87 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-руководитель Управления координации деятельности санитарной охраны на государственной границе Комитета санитарно-эпидемиологического контроля Министерства здравоохранения Республики Казахстан</w:t>
-[...17 lines deleted...]
- </w:t>
+член общественного объединения "Агентство по защите прав потребителей "Гасыр сапасы"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Романовская Светлана Юрьевна</w:t>
+Тынысбеков Аскар Станиславович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -2285,87 +2233,87 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-президент Республиканского общественного объединения "Национальная Лига Потребителей" Республики Казахстан</w:t>
+председатель Комитета по защите прав потребителей Министерства торговли и интеграции Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Садвакасов Нуркан Олжабаевич</w:t>
+Башимов Марат Советович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -2383,105 +2331,87 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-председатель Комитета санитарно- эпидемиологического контроля Министерства здравоохранения Республики Казахстан</w:t>
-[...17 lines deleted...]
- </w:t>
+член Национального совета общественного доверия при Президенте Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Токкулиева Жанна Урмерхановна</w:t>
+Дауешев Айдос Нурланович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -2499,87 +2429,105 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-член общественного объединения "Агентство по защите прав потребителей "Гасыр сапасы"</w:t>
+руководитель Управления контроля и обеспечения реализации защиты прав потребителей Комитета по защите прав потребителей Министерства торговли и интеграции Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Тынысбеков Аскар Станиславович</w:t>
+              <w:t xml:space="preserve">
+Махамбетжан </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Айдана Калыбайкызы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -2597,417 +2545,432 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-председатель Комитета по защите прав потребителей Министерства торговли и интеграции Республики Казахстан</w:t>
+заместитель директора Департамента экономической интеграции Министерства торговли и интеграции Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Башимов Марат Советович</w:t>
-[...79 lines deleted...]
- </w:t>
+Зекенова Айжан Жаксылыковна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+заместитель директора департамента экономической интеграции Национальной палаты предпринимателей Республики Казахстан "Атамекен"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дауешев Айдос Нурланович</w:t>
-[...79 lines deleted...]
- </w:t>
+Исмаилов Даурен Дулатович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+руководитель Управления контроля и координации Комитета по защите прав потребителей Министерства торговли и интеграции Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Махамбетжан Айдана Калыбайкызы</w:t>
-[...61 lines deleted...]
-руководитель управления развития торговли Департамента экономической интеграции Министерства торговли и интеграции Республики Казахстан</w:t>
+Касымов Бауыржан Толегенович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+заместитель председателя Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Зекенова Айжан Жаксылыковна</w:t>
+Китибаева</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алтынай Дынкуаткызы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -3025,105 +2988,105 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель директора департамента экономической интеграции Национальной палаты предпринимателей Республики Казахстан "Атамекен"</w:t>
-[...17 lines deleted...]
- </w:t>
+руководитель управления развития торговли Департамента экономической интеграции Министерства торговли и интеграции Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Исмаилов Даурен Дулатович</w:t>
+Тагашов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Еркебулан Бакытжанович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -3141,105 +3104,105 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-руководитель Управления контроля и координации Комитета по защите прав потребителей Министерства торговли и интеграции Республики Казахстан</w:t>
-[...17 lines deleted...]
- </w:t>
+руководитель Управления по формированию государственной политики Комитета по защите прав потребителей Министерства торговли и интеграции Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Касымов Бауыржан Толегенович</w:t>
+              <w:t xml:space="preserve">
+Танабергенов </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Булат Амангельдыевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -3256,52 +3219,52 @@
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-заместитель председателя Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан;</w:t>
+              <w:t xml:space="preserve">
+председатель Комитета по защите прав потребителей Министерства торговли и интеграции Республики Казахстан </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -3330,51 +3293,51 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мамыралиев Айбек Абасканович</w:t>
+Казаков Руслан Темирович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -3392,105 +3355,105 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель председателя Службы антимонопольного регулирования при Министерстве экономики и коммерции Кыргызской Республики</w:t>
-[...17 lines deleted...]
- </w:t>
+заведующий отделом защиты прав потребителей и недобросовестной конкуренции Службы антимонопольного регулирования при Министерстве экономики и коммерции Кыргызской Республики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Казаков Руслан Темирович</w:t>
+Иманкулов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Муратбек Муканович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -3507,106 +3470,122 @@
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...18 lines deleted...]
- </w:t>
+              <w:t xml:space="preserve">
+заместитель председателя Службы антимонопольного регулирования при Министерстве экономики </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и коммерции Кыргызской Республики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-УсенбековаАйнура Доктурбаевна</w:t>
+              <w:t xml:space="preserve">
+Нурланова </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Беназир Нурлановна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -3623,52 +3602,69 @@
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-заместитель Министра экономики и коммерции Кыргызской Республики</w:t>
+              <w:t xml:space="preserve">
+заместитель Министра экономики </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и коммерции Кыргызской Республики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4285,51 +4281,51 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Пучковский Андрей Евгеньевич</w:t>
+Склярова Яна Вячеславовна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -4347,87 +4343,87 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель начальника Управления федерального государственного надзора в области защиты прав потребителей Федеральной службы по надзору в сфере защиты прав потребителей и благополучия человека</w:t>
+заместитель начальника Управления контроля рекламы и недобросовестной конкуренции Федеральной антимонопольной службы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Склярова Яна Вячеславовна</w:t>
+Стариков Андрей Викторович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -4445,87 +4441,105 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель начальника Управления контроля рекламы и недобросовестной конкуренции Федеральной антимонопольной службы</w:t>
+директор Департамента регуляторной политики и оценки регулирующего воздействия Министерства экономического развития Российской Федерации;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Стариков Андрей Викторович</w:t>
+Шелищ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Петр Борисович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -4543,87 +4557,87 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-директор Департамента регуляторной политики и оценки регулирующего воздействия Министерства экономического развития Российской Федерации;</w:t>
+представитель по связям с Евразийской экономической комиссией объединения юридических лиц "Евразийский союз потребителей</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Шелищ Петр Борисович</w:t>
+Янин Дмитрий Дмитриевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -4641,89 +4655,91 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-председатель Общероссийского союза общественных объединений "Союз потребителей Российской Федерации", член Экспертного совета при Правительстве Российской Федерации</w:t>
+председатель правления Международной конфедерации обществ потребителей (КонфОП)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z24" w:id="4"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Минаев Алексей Владимирович</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="4"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
@@ -4739,91 +4755,89 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-председатель правления Международной конфедерации обществ потребителей (КонфОП)</w:t>
+заместитель управляющего директора общества с ограниченной ответственностью "Интернет Решения" (OZON)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z24" w:id="4"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="4"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Койтов Алексей Владимирович</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
@@ -4839,105 +4853,87 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель управляющего директора общества с ограниченной ответственностью "Интернет Решения" (OZON)</w:t>
-[...17 lines deleted...]
- </w:t>
+председатель Общероссийского союза общественных объединений "Союз потребителей Российской Федерации"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ращуков Сергей Александрович</w:t>
+Павлюченко Наталья Сергеевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -4954,70 +4950,69 @@
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...18 lines deleted...]
- </w:t>
+              <w:t xml:space="preserve">
+заместитель начальника Управления федерального государственного надзора в области защиты прав потребителей Федеральной службы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по надзору в сфере защиты прав потребителей и благополучия человека</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -5433,31 +5428,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>