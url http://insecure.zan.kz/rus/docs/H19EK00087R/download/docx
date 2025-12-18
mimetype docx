--- v0 (2025-10-14)
+++ v1 (2025-12-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f4c88fb" w14:textId="f4c88fb">
+    <w:p w14:paraId="a871bf7" w14:textId="a871bf7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1209,50 +1209,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу с даты его опубликования на официальном сайте Евразийского экономического союза); от 08.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу с даты его опубликования на официальном сайте Евразийского экономического союза); от 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 161</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу с даты его опубликования на официальном сайте Евразийского экономического союза).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
@@ -4052,69 +4072,69 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Шваюнов</w:t>
-[...17 lines deleted...]
-Александр Олегович</w:t>
+Долголевец</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Анатолий Владимирович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -4134,51 +4154,51 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель Министра строительства и архитектуры Республики Беларусь</w:t>
+заместитель Министра по чрезвычайным ситуациям Республики Беларусь</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -4188,69 +4208,69 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Выжиковский</w:t>
-[...17 lines deleted...]
-Юрий Чеславович</w:t>
+Моргунова</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елена Михайловна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -4270,51 +4290,51 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-начальник Главного управления архитектуры, градостроительства, проектной, научно-технической, инновационной политики и цифровой трансформации Министерства архитектуры и строительства Республики Беларусь</w:t>
+Председатель Государственного комитета по стандартизации Республики Беларусь</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -4324,69 +4344,69 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Долголевец</w:t>
-[...17 lines deleted...]
-Анатолий Владимирович</w:t>
+Шедко</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Татьяна Павловна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -4406,123 +4426,105 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель Министра по чрезвычайным ситуациям Республики Беларусь</w:t>
-[...17 lines deleted...]
- </w:t>
+первый заместитель председателя Белорусского государственного концерна пищевой промышленности "Белгоспищепром"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Моргунова</w:t>
-[...17 lines deleted...]
-Елена Михайловна</w:t>
+Нечай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Светлана Владимировна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -4542,123 +4544,105 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Председатель Государственного комитета по стандартизации Республики Беларусь</w:t>
-[...17 lines deleted...]
- </w:t>
+заместитель Министра здравоохранения – главный государственный санитарный врач Республики Беларусь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Шедко</w:t>
-[...17 lines deleted...]
-Татьяна Павловна</w:t>
+Балашенко</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Александр Анатольевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -4678,105 +4662,123 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-первый заместитель председателя Белорусского государственного концерна пищевой промышленности "Белгоспищепром"</w:t>
+заместитель Министра архитектуры и строительства Республики Беларусь</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Нечай</w:t>
-[...17 lines deleted...]
-Светлана Владимировна</w:t>
+Рыжковский</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Леонид Владимирович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -4796,51 +4798,69 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель Министра здравоохранения – главный государственный санитарный врач Республики Беларусь</w:t>
+заместитель Министра промышленности Республики Беларусь</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4869,51 +4889,51 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Амирханова Еркежан Магауиновна</w:t>
+Бейспеков Омирзак Кубегенович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -4933,105 +4953,87 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-генеральный директор Республиканского государственного предприятия "Казахстанский институт стандартизации и метрологии"</w:t>
-[...17 lines deleted...]
- </w:t>
+заместитель председателя Комитета государственных доходов Министерства финансов Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бейспеков Омирзак Кубегенович</w:t>
+Калиев Бауржан Рамазанович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -5051,87 +5053,87 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель председателя Комитета государственных доходов Министерства финансов Республики Казахстан</w:t>
+заместитель руководителя государственного учреждения "Республиканский центр карантина растений" Комитета государственной инспекции в агропромышленном комплексе Министерства сельского хозяйства Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Досумов Данияр Нуржанович</w:t>
+Перуашев Азат Турлыбекулы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -5151,87 +5153,87 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель директора Департамента экономической интеграции Министерства торговли и интеграции Республики Казахстан</w:t>
+член Комитета по экономической реформе и региональному развитию Мажилиса Парламента Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Калиев Бауржан Рамазанович</w:t>
+Садвакасов Нуркан Олжабаевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -5251,87 +5253,87 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель руководителя государственного учреждения "Республиканский центр карантина растений" Комитета государственной инспекции в агропромышленном комплексе Министерства сельского хозяйства Республики Казахстан</w:t>
+заместитель председателя Комитета санитарно-эпидемиологического контроля Министерства здравоохранения Республики Казахстан, заместитель главного государственного санитарного врача Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Перуашев Азат Турлыбекулы</w:t>
+Сарбасов Акмади Адилович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -5351,87 +5353,87 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-член Комитета по экономической реформе и региональному развитию Мажилиса Парламента Республики Казахстан</w:t>
+первый вице-министр труда и социальной защиты населения Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Садвакасов Нуркан Олжабаевич</w:t>
+Шуйкебаева Жазира Саулебековна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -5451,87 +5453,123 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель председателя Комитета санитарно-эпидемиологического контроля Министерства здравоохранения Республики Казахстан, заместитель главного государственного санитарного врача Республики Казахстан</w:t>
+управляющий директор – директор департамента технического регулирования Национальной палаты предпринимателей Республики Казахстан "Атамекен"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Сарбасов Акмади Адилович</w:t>
+              <w:t xml:space="preserve">
+Есенбекова </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жанна Рашидовна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -5551,87 +5589,122 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-первый вице-министр труда и социальной защиты населения Республики Казахстан</w:t>
+председатель Комитета технического регулирования</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и метрологии Министерства торговли и интеграции Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Шуйкебаева Жазира Саулебековна</w:t>
+              <w:t xml:space="preserve">
+Раззаренов </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Александр Александрович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -5651,51 +5724,51 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-управляющий директор – директор департамента технического регулирования Национальной палаты предпринимателей Республики Казахстан "Атамекен"</w:t>
+заместитель генерального директора Республиканского государственного предприятия "Казахстанский институт стандартизации и метрологии";</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -5705,69 +5778,87 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Есенбекова </w:t>
-[...17 lines deleted...]
-Жанна Рашидовна</w:t>
+Амирханова </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Еркежан Магауиновна</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -5787,122 +5878,125 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-председатель Комитета технического регулирования</w:t>
-[...16 lines deleted...]
-              <w:t>и метрологии Министерства торговли и интеграции Республики Казахстан</w:t>
+генеральный директор Республиканского государственного предприятия "Казахстанский институт стандартизации и метрологии"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...32 lines deleted...]
-Александр Александрович</w:t>
+          <w:bookmarkStart w:name="z24" w:id="4"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Джумагулов</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="4"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кайрат Каримович</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -5922,261 +6016,259 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-руководитель Координационного центра по техническому регулированию Республиканского государственного предприятия "Казахстанский институт стандартизации и метрологии"</w:t>
+заместитель председателя Комитета государственных доходов Министерства финансов Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-Еркежан Магауиновна</w:t>
+              <w:t>
+Куантай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мирас Серикулы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+руководитель Управления железнодорожной логистики Комитета железнодорожного и водного транспорта Министерства транспорта Республики Казахстан</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
-            </w:r>
-[...62 lines deleted...]
-генеральный директор Республиканского государственного предприятия "Казахстанский институт стандартизации и метрологии"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z24" w:id="4"/>
-[...52 lines deleted...]
- </w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кунаков</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алмат Шамильевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -6196,51 +6288,51 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель председателя Комитета государственных доходов Министерства финансов Республики Казахстан</w:t>
+руководитель управления сертификации сельскохозяйственной продукции Департамента агропродовольственных рынков и переработки сельхозпродукции Министерства сельского хозяйства Республики Казахстан</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6250,69 +6342,69 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Куантай</w:t>
-[...17 lines deleted...]
-Мирас Серикулы</w:t>
+Наурзбеков</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Еркен Бахытжанович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -6332,51 +6424,51 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-руководитель Управления железнодорожной логистики Комитета железнодорожного и водного транспорта Министерства транспорта Республики Казахстан</w:t>
+управляющий директор – директор департамента агропромышленного комплекса и пищевой промышленности Национальной палаты предпринимателей Республики Казахстан "Атамекен"</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6386,693 +6478,693 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кунаков</w:t>
-[...17 lines deleted...]
-Алмат Шамильевич</w:t>
+Оразбеков</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шалкар Бакытович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...32 lines deleted...]
- </w:t>
+          <w:bookmarkStart w:name="z36" w:id="5"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+руководитель управления охраны</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="5"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+труда Департамента труда и социального партнерства Министерства труда и</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+социальной защиты населения Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...32 lines deleted...]
-Еркен Бахытжанович</w:t>
+          <w:bookmarkStart w:name="z38" w:id="6"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саудабаев</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="6"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елдос Ермагамбетович</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...14 lines deleted...]
-управляющий директор – директор департамента агропромышленного комплекса и пищевой промышленности Национальной палаты предпринимателей Республики Казахстан "Атамекен"</w:t>
+          <w:bookmarkStart w:name="z40" w:id="7"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+директор Департамента контроля Комитета государственных доходов Министерства финансов</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="7"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республики Казахстан</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...32 lines deleted...]
-Шалкар Бакытович</w:t>
+          <w:bookmarkStart w:name="z42" w:id="8"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тюлегенов</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="8"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Самат Бексултанович</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z36" w:id="5"/>
-[...52 lines deleted...]
-социальной защиты населения Республики Казахстан</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+заместитель председателя Комитета ветеринарного контроля и надзора Министерства сельского хозяйства Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z38" w:id="6"/>
-[...52 lines deleted...]
- </w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Узбеков</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сатжан Куанышулы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z40" w:id="7"/>
-[...34 lines deleted...]
-Республики Казахстан</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+руководитель Управления железнодорожной инфраструктуры Комитета железнодорожного и водного транспорта Министерства транспорта Республики Казахстан</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z42" w:id="8"/>
-[...52 lines deleted...]
- </w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Абдикаримов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дархан Есентемирович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -7092,123 +7184,105 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель председателя Комитета ветеринарного контроля и надзора Министерства сельского хозяйства Республики Казахстан</w:t>
-[...17 lines deleted...]
- </w:t>
+и. о. председателя Комитета государственной инспекции в агропромышленном комплексе Министерства сельского хозяйства Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Узбеков</w:t>
-[...17 lines deleted...]
-Сатжан Куанышулы</w:t>
+Махамбетжан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Айдана Калыбайкызы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -7228,51 +7302,51 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-руководитель Управления железнодорожной инфраструктуры Комитета железнодорожного и водного транспорта Министерства транспорта Республики Казахстан</w:t>
+заместитель директора Департамента экономической интеграции Министерства торговли и интеграции Республики Казахстан</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -7282,69 +7356,87 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Абдикаримов</w:t>
-[...17 lines deleted...]
-Дархан Есентемирович</w:t>
+Саулебай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Малик Оралулы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -7363,52 +7455,70 @@
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-и. о. председателя Комитета государственной инспекции в агропромышленном комплексе Министерства сельского хозяйства Республики Казахстан</w:t>
+              <w:t xml:space="preserve">
+генеральный директор </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканского государственного предприятия "Казахстанский институт стандартизации и метрологии"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -7946,69 +8056,69 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Каарбаева </w:t>
-[...17 lines deleted...]
-Назгуль Токтогуловна</w:t>
+Сатылганов </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Айбек Салаватович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -8027,51 +8137,51 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заведующая отделом реализации решений по экспорту и интеграции Министерства водных ресурсов, сельского хозяйства и перерабатывающей промышленности Кыргызской Республики</w:t>
+начальник отделения радиационно-химической (бактериологической) защиты Управления защиты населения и территории Министерства чрезвычайных ситуаций Кыргызской Республики</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -8082,69 +8192,69 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Сатылганов </w:t>
-[...17 lines deleted...]
-Айбек Салаватович</w:t>
+Табалдиев </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тилек Кылычбекович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -8163,51 +8273,51 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-начальник отделения радиационно-химической (бактериологической) защиты Управления защиты населения и территории Министерства чрезвычайных ситуаций Кыргызской Республики</w:t>
+заведующий отделом внутреннего ветеринарного надзора Ветеринарной службы при Министерстве сельского хозяйства Кыргызской Республики</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -8218,69 +8328,69 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Табалдиев </w:t>
-[...17 lines deleted...]
-Тилек Кылычбекович</w:t>
+Шабданов </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бакытбек Касмалиевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -8298,243 +8408,243 @@
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...18 lines deleted...]
- </w:t>
+              <w:t xml:space="preserve">
+начальник Управления технического регулирования и метрологии Министерства экономики и коммерции Кыргызской Республики; </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Чекирбаев</w:t>
-[...49 lines deleted...]
--</w:t>
+Арыкбаева</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бубужан Камчыбековна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель директора Департамента перерабатывающей промышленности и органического сельского хозяйства Министерства водных ресурсов, сельского хозяйства и перерабатывающей промышленности Кыргызской Республики</w:t>
+заместитель Министра здравоохранения – главный государственный санитарный врач Кыргызской Республики</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-Бакытбек Касмалиевич</w:t>
+              <w:t>
+Жаркынай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нуржан кызы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -8552,107 +8662,107 @@
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-начальник Управления технического регулирования и метрологии Министерства экономики и коммерции Кыргызской Республики; </w:t>
+              <w:t>
+специалист отдела реализации решений по экспорту и интеграции Министерства водных ресурсов, сельского хозяйства и перерабатывающей промышленности Кыргызской Республики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Нурматов</w:t>
-[...17 lines deleted...]
-Болотбек Асанович</w:t>
+Базиев</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Арсланбек Таланбекович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -8671,51 +8781,51 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-директор Центра по стандартизации и метрологии при Министерстве экономики и коммерции Кыргызской Республики</w:t>
+начальник Управления промышленности Министерства экономики и коммерции Кыргызской Республики</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -8726,69 +8836,69 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Арыкбаева</w:t>
-[...17 lines deleted...]
-Бубужан Камчыбековна</w:t>
+Жороев</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Абдыкадыр Абдалиевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -8807,124 +8917,106 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель Министра здравоохранения – главный государственный санитарный врач Кыргызской Республики</w:t>
-[...17 lines deleted...]
- </w:t>
+директор Департамента профилактики заболеваний государственного санитарно-эпидемиологического надзора Министерства здравоохранения Кыргызской Республики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жаркынай</w:t>
-[...17 lines deleted...]
-Нуржан кызы</w:t>
+Балтабаев</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рустам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -8943,106 +9035,124 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-специалист отдела реализации решений по экспорту и интеграции Министерства водных ресурсов, сельского хозяйства и перерабатывающей промышленности Кыргызской Республики</w:t>
+директор Ассоциации развития агропромышленного комплекса Кыргызской Республики</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Базиев</w:t>
-[...17 lines deleted...]
-Арсланбек Таланбекович</w:t>
+Имакеев</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Азамат Кыпчакович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -9061,124 +9171,106 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-начальник Управления промышленности Министерства экономики и коммерции Кыргызской Республики</w:t>
-[...17 lines deleted...]
- </w:t>
+начальник управления профилактики неинфекционных заболеваний и государственного санитарного надзора Департамента профилактики заболеваний и санитарно-эпидемиологического надзора Министерства здравоохранения Кыргызской Республики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жороев</w:t>
-[...17 lines deleted...]
-Абдыкадыр Абдалиевич</w:t>
+Мамырбаев</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Канай Абдыракунович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -9197,106 +9289,106 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-директор Департамента профилактики заболеваний государственного санитарно-эпидемиологического надзора Министерства здравоохранения Кыргызской Республики</w:t>
+ведущий специалист отдела реализации решений по перерабатывающей промышленности Министерства водных ресурсов, сельского хозяйства и перерабатывающей промышленности Кыргызской Республики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Балтабаев</w:t>
-[...17 lines deleted...]
-Рустам</w:t>
+Мундузбаев</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доолотбек Ормонович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -9315,124 +9407,126 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-директор Ассоциации развития агропромышленного комплекса Кыргызской Республики</w:t>
-[...17 lines deleted...]
- </w:t>
+заведующий отделом промышленной безопасности Службы экологического и технического надзора при Министерстве природных ресурсов, экологии и технического надзора Кыргызской Республики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...32 lines deleted...]
-Азамат Кыпчакович</w:t>
+          <w:bookmarkStart w:name="z75" w:id="9"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Матеев</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="9"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Азиз Уларбекович</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -9451,106 +9545,106 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-начальник управления профилактики неинфекционных заболеваний и государственного санитарного надзора Департамента профилактики заболеваний и санитарно-эпидемиологического надзора Министерства здравоохранения Кыргызской Республики</w:t>
+главный специалист отдела международного сотрудничества и по работе с ЕАЭС Ветеринарной службы при Министерстве водных ресурсов, сельского хозяйства и перерабатывающей промышленности Кыргызской Республики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Давлетов</w:t>
-[...17 lines deleted...]
-Алмаз</w:t>
+Оторбаева</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Динагуль Сатаровна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -9569,126 +9663,124 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-независимый эксперт-консультант в сфере пищевой безопасности Кыргызской Республики</w:t>
+начальник управления профилактики инфекционных заболеваний и государственного санитарно-эпидемиологического надзора Департамента профилактики заболеваний и санитарно-эпидемиологического надзора Министерства здравоохранения Кыргызской Республики</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z65" w:id="9"/>
-[...52 lines deleted...]
- </w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шарапов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бакыт Долосович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -9707,51 +9799,51 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заведующая отделом стандартизации Управления стандартизации Центра по стандартизации и метрологии при Министерстве экономики и коммерции Кыргызской Республики</w:t>
+заместитель директора Ветеринарной службы при Министерстве водных ресурсов, сельского хозяйства и перерабатывающей промышленности Кыргызской Республики</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -9762,69 +9854,69 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кожобеков</w:t>
-[...17 lines deleted...]
-Кубанычбек Маликович</w:t>
+Ташкулов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бекболот Белекбаевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -9843,106 +9935,106 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-директор Республиканского центра сертификации в строительстве при Министерстве строительства, архитектуры и жилищно-коммунального хозяйства Кыргызской Республики</w:t>
+заместитель директора Департамента государственного регулирования в сфере охраны окружающей среды и экологической безопасности при Министерстве природных ресурсов, экологии и технического надзора Кыргызской Республики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мамырбаев</w:t>
-[...17 lines deleted...]
-Канай Абдыракунович</w:t>
+Тургунбаев</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алмаз Абдылдаевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -9961,106 +10053,124 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ведущий специалист отдела реализации решений по перерабатывающей промышленности Министерства водных ресурсов, сельского хозяйства и перерабатывающей промышленности Кыргызской Республики</w:t>
+заместитель Министра транспорта и коммуникаций Кыргызской Республики</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мундузбаев</w:t>
-[...17 lines deleted...]
-Доолотбек Ормонович</w:t>
+Усенова</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Назгуль Жоробековна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -10079,126 +10189,124 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заведующий отделом промышленной безопасности Службы экологического и технического надзора при Министерстве природных ресурсов, экологии и технического надзора Кыргызской Республики</w:t>
+заместитель Министра энергетики Кыргызской Республики</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z75" w:id="10"/>
-[...52 lines deleted...]
- </w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шамсутдин</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чолпон</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -10217,106 +10325,106 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-главный специалист отдела международного сотрудничества и по работе с ЕАЭС Ветеринарной службы при Министерстве водных ресурсов, сельского хозяйства и перерабатывающей промышленности Кыргызской Республики</w:t>
+заместитель директора Департамента профилактики заболеваний государственного санитарно-эпидемиологического надзора Министерства здравоохранения Кыргызской Республики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Момукулова</w:t>
-[...17 lines deleted...]
-Атыркул Джумамидиновна</w:t>
+Абасбекова</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Эльмира Шабданбековна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -10335,126 +10443,124 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заведующая отделом аккредитации лабораторий Кыргызского центра аккредитации при Министерстве экономики и коммерции Кыргызской Республики</w:t>
+заведующая отделом стандартизации Центра по стандартизации и метрологии при Министерстве экономики и коммерции Кыргызской Республики</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z78" w:id="11"/>
-[...34 lines deleted...]
-Самат Насирдинович</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ахматов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Султан Маматович</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
@@ -10491,244 +10597,260 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель Министра водных ресурсов, сельского хозяйства и перерабатывающей промышленности Кыргызской Республики</w:t>
+заместитель Министра экономики и коммерции Кыргызской Республики</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z81" w:id="12"/>
-[...34 lines deleted...]
-Адилет Шершенбекович</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Багышова</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Айдан Эрмековна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+заведующая отделом реализации решений по экспорту и интеграции Министерства водных ресурсов, сельского хозяйства и перерабатывающей промышленности Кыргызской Республики</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
-            </w:r>
-[...61 lines deleted...]
-начальник Управления противоэпизоотического надзора Ветеринарной службы при Министерстве водных ресурсов, сельского хозяйства и перерабатывающей промышленности Кыргызской Республики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оторбаева</w:t>
-[...17 lines deleted...]
-Динагуль Сатаровна</w:t>
+Бекболотов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бектен Турсунбекович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -10747,51 +10869,51 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-начальник управления профилактики инфекционных заболеваний и государственного санитарно-эпидемиологического надзора Департамента профилактики заболеваний и санитарно-эпидемиологического надзора Министерства здравоохранения Кыргызской Республики</w:t>
+заместитель Министра водных ресурсов, сельского хозяйства и перерабатывающей промышленности Кыргызской Республики</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -10802,69 +10924,69 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Шарапов</w:t>
-[...17 lines deleted...]
-Бакыт Долосович</w:t>
+Замирбекова</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гулзар Замирбековна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -10883,51 +11005,51 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель директора Ветеринарной службы при Министерстве водных ресурсов, сельского хозяйства и перерабатывающей промышленности Кыргызской Республики</w:t>
+главный специалист отдела экспорта и интеграции Управления международного сотрудничества, экспорта и инвестиции Министерства водных ресурсов, сельского хозяйства и перерабатывающей промышленности Кыргызской Республики</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -10938,69 +11060,69 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Малаев</w:t>
-[...17 lines deleted...]
-Назарбек Камалдинович</w:t>
+Котова</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Екатерина Витальевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -11019,51 +11141,51 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель Министра экономики и коммерции Кыргызской Республики</w:t>
+заведующая отделом аккредитации испытательных лабораторий Кыргызского центра аккредитации при Министерстве экономики и коммерции Кыргызской Республики</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -11074,69 +11196,69 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Султаналиева</w:t>
-[...17 lines deleted...]
-Жазгуль Кадырбековна</w:t>
+Орозакунов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бакутбек Орозакунович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -11155,51 +11277,51 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ведущий специалист отдела по реализации решений по экспорту и интеграции Министерства водных ресурсов, сельского хозяйства и перерабатывающей промышленности Кыргызской Республики</w:t>
+заведующий отделом перерабатывающей промышленности и органики Управления продовольственной безопасности, перерабатывающей промышленности и органики Министерства водных ресурсов, сельского хозяйства и перерабатывающей промышленности Кыргызской Республики</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -11210,69 +11332,69 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ташкулов</w:t>
-[...17 lines deleted...]
-Бекболот Белекбаевич</w:t>
+Токтогараев</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чынгызбек Самарбекович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -11291,106 +11413,124 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель директора Департамента государственного регулирования в сфере охраны окружающей среды и экологической безопасности при Министерстве природных ресурсов, экологии и технического надзора Кыргызской Республики</w:t>
+директор Республиканского центра сертификации в строительстве при Министерстве строительства, архитектуры и жилищно-коммунального хозяйства Кыргызской Республики</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тургунбаев</w:t>
-[...17 lines deleted...]
-Алмаз Абдылдаевич</w:t>
+Шарапов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бакыт Доолосович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -11409,417 +11549,387 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель Министра транспорта и коммуникаций Кыргызской Республики</w:t>
+заместитель директора Службы ветеринарии, развития животноводства, пастбищ и кормов при Министерстве водных ресурсов, сельского хозяйства и перерабатывающей промышленности Кыргызской Республики</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...59 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...27 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...105 lines deleted...]
-заместитель директора Департамента профилактики заболеваний государственного санитарно-эпидемиологического надзора Министерства здравоохранения Кыргызской Республики</w:t>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>От Российской Федерации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...44 lines deleted...]
-              <w:t>От Российской Федерации</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Брагина Ирина Викторовна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+заместитель руководителя Федеральной службы по надзору в сфере защиты прав потребителей и благополучия человека</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Брагина Ирина Викторовна</w:t>
+Веснина</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елена Николаевна</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -11838,124 +11948,88 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель руководителя Федеральной службы по надзору в сфере защиты прав потребителей и благополучия человека</w:t>
+начальник Управления государственной политики в сфере технического регулирования, стандартизации и обеспечения единства измерений Министерства промышленности и торговли Российской Федерации;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Веснина</w:t>
-[...35 lines deleted...]
- </w:t>
+Данкверт Сергей Алексеевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -11974,88 +12048,124 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-начальник Управления государственной политики в сфере технического регулирования, стандартизации и обеспечения единства измерений Министерства промышленности и торговли Российской Федерации;</w:t>
+руководитель Федеральной службы по ветеринарному и фитосанитарному надзору</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Данкверт Сергей Алексеевич</w:t>
+Залазаев</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Максим Борисович</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -12074,124 +12184,88 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-руководитель Федеральной службы по ветеринарному и фитосанитарному надзору</w:t>
+заместитель руководителя Федеральной службы по аккредитации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Залазаев</w:t>
-[...35 lines deleted...]
- </w:t>
+Орлов Михаил Сергеевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -12210,88 +12284,88 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель руководителя Федеральной службы по аккредитации</w:t>
+статс-секретарь – заместитель руководителя Федеральной службы по надзору в сфере защиты прав потребителей и благополучия человека</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Орлов Михаил Сергеевич</w:t>
+Петров Дмитрий Юльевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -12310,88 +12384,88 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-статс-секретарь – заместитель руководителя Федеральной службы по надзору в сфере защиты прав потребителей и благополучия человека</w:t>
+общественный представитель Уполномоченного при Президенте Российской Федерации по защите прав предпринимателей по вопросам сертификации, лицензирования и технического регулирования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Петров Дмитрий Юльевич</w:t>
+Попова Анна Юрьевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -12410,88 +12484,88 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-общественный представитель Уполномоченного при Президенте Российской Федерации по защите прав предпринимателей по вопросам сертификации, лицензирования и технического регулирования</w:t>
+руководитель Федеральной службы по надзору в сфере защиты прав потребителей и благополучия человека – главный государственный санитарный врач Российской Федерации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Попова Анна Юрьевна</w:t>
+Степанов Александр Юрьевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -12510,88 +12584,88 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-руководитель Федеральной службы по надзору в сфере защиты прав потребителей и благополучия человека – главный государственный санитарный врач Российской Федерации</w:t>
+заместитель директора Департамента градостроительной деятельности и архитектуры Министерства строительства и жилищно-коммунального хозяйства Российской Федерации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Степанов Александр Юрьевич</w:t>
+Ферапонтов Алексей Викторович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -12610,88 +12684,88 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель директора Департамента градостроительной деятельности и архитектуры Министерства строительства и жилищно-коммунального хозяйства Российской Федерации</w:t>
+заместитель руководителя Федеральной службы по экологическому, технологическому и атомному надзору</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ферапонтов Алексей Викторович</w:t>
+Шалаев Антон Павлович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -12710,88 +12784,106 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель руководителя Федеральной службы по экологическому, технологическому и атомному надзору</w:t>
+руководитель Федерального агентства по техническому регулированию и метрологии</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Шалаев Антон Павлович</w:t>
+              <w:t xml:space="preserve">
+Добкин </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алексей Геннадьевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -12810,307 +12902,325 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-руководитель Федерального агентства по техническому регулированию и метрологии</w:t>
+директор Департамента евразийской интеграции Министерства экономического развития Российской Федерации;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Добкин </w:t>
-[...17 lines deleted...]
-Алексей Геннадьевич</w:t>
+Музыченко </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сергей Григорьевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...14 lines deleted...]
-директор Департамента евразийской интеграции Министерства экономического развития Российской Федерации;</w:t>
+          <w:bookmarkStart w:name="z47" w:id="10"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+директор федерального автономного учреждения "Федеральный центр нормирования, стандартизации </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="10"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+и технической оценки соответствия в строительстве"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Музыченко </w:t>
-[...17 lines deleted...]
-Сергей Григорьевич</w:t>
+Новикова </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мария Викторовна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z47" w:id="13"/>
-[...34 lines deleted...]
-и технической оценки соответствия в строительстве"</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+директор Департамента ветеринарии Министерства сельского хозяйства Российской Федерации</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -13121,69 +13231,69 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Новикова </w:t>
-[...17 lines deleted...]
-Мария Викторовна</w:t>
+Медников </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алексей Анатольевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -13202,51 +13312,51 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-директор Департамента ветеринарии Министерства сельского хозяйства Российской Федерации</w:t>
+помощник Заместителя Председателя Правительства Российской Федерации</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -13257,69 +13367,69 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Медников </w:t>
-[...17 lines deleted...]
-Алексей Анатольевич</w:t>
+Савельева </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наталья Анатольевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -13338,124 +13448,144 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-помощник Заместителя Председателя Правительства Российской Федерации</w:t>
+заместитель директора Департамента государственной политики в сфере лицензирования, контрольно-надзорной деятельности, аккредитации и саморегулирования Министерства экономического развития Российской Федерации</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z33" w:id="11"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Савельева </w:t>
-[...17 lines deleted...]
-Наталья Анатольевна</w:t>
+Стариков </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="11"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Андрей Викторович </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -13474,144 +13604,124 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель директора Департамента государственной политики в сфере лицензирования, контрольно-надзорной деятельности, аккредитации и саморегулирования Министерства экономического развития Российской Федерации</w:t>
+директор Департамента регуляторной политики и оценки регулирующего воздействия Министерства экономического развития Российской Федерации;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z33" w:id="14"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Стариков </w:t>
-[...36 lines deleted...]
- </w:t>
+Музыченко </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сергей Григорьевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -13630,51 +13740,51 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-директор Департамента регуляторной политики и оценки регулирующего воздействия Министерства экономического развития Российской Федерации;</w:t>
+заместитель Министра строительства и жилищно-коммунального хозяйства Российской Федерации;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -13685,69 +13795,69 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Музыченко </w:t>
-[...17 lines deleted...]
-Сергей Григорьевич</w:t>
+Швабаускене </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Юлия Александровна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -13766,124 +13876,106 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель Министра строительства и жилищно-коммунального хозяйства Российской Федерации;</w:t>
-[...17 lines deleted...]
- </w:t>
+заместитель руководителя Федеральной службы по ветеринарному и фитосанитарному надзору;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кармазин</w:t>
-[...17 lines deleted...]
-Антон Павлович</w:t>
+Белов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Артем Сергеевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -13901,107 +13993,143 @@
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-заместитель руководителя Федеральной службы по ветеринарному и фитосанитарному надзору </w:t>
+              <w:t>
+член общественного совета при Министерстве сельского хозяйства Российской Федерации, генеральный директор Национального союза производителей молока</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-Юлия Александровна</w:t>
+              <w:t>
+Ращуков</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сергей Александрович</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -14020,106 +14148,124 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель руководителя Федеральной службы по ветеринарному и фитосанитарному надзору;</w:t>
+заместитель директора Департамента евразийской интеграции Министерства экономического развития Российской Федерации</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Белов</w:t>
-[...17 lines deleted...]
-Артем Сергеевич</w:t>
+Федина</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ирина Анатольевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -14138,51 +14284,68 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-член общественного совета при Министерстве сельского хозяйства Российской Федерации, генеральный директор Национального союза производителей молока</w:t>
+заместитель директора Департамента пищевой</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и перерабатывающей промышленности Министерства сельского хозяйства Российской Федерации;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -14193,87 +14356,69 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ращуков</w:t>
-[...35 lines deleted...]
- </w:t>
+Котова</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Евгения Григорьевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -14292,51 +14437,51 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель директора Департамента евразийской интеграции Министерства экономического развития Российской Федерации</w:t>
+заместитель Министра здравоохранения Российской Федерации</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -14347,69 +14492,69 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Федина</w:t>
-[...17 lines deleted...]
-Ирина Анатольевна</w:t>
+Хвоинский</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сергей Леонидович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -14428,68 +14573,51 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель директора Департамента пищевой</w:t>
-[...16 lines deleted...]
-              <w:t>и перерабатывающей промышленности Министерства сельского хозяйства Российской Федерации;</w:t>
+советник директора по техническому регулированию федерального автономного учреждения "Федеральный центр нормирования, стандартизации и технической оценки соответствия в строительстве"</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -14500,132 +14628,152 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Котова</w:t>
-[...17 lines deleted...]
-Евгения Григорьевна</w:t>
+Широкова</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ирина Алексеевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...14 lines deleted...]
-заместитель Министра здравоохранения Российской Федерации</w:t>
+          <w:bookmarkStart w:name="z97" w:id="12"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+заместитель директора Департамента растениеводства, механизации, химизации и защиты растений Министерства</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="12"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сельского хозяйства Российской Федерации</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -14636,69 +14784,69 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Хвоинский</w:t>
-[...17 lines deleted...]
-Сергей Леонидович</w:t>
+Ягодкина</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елена Владимировна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -14717,51 +14865,51 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-советник директора по техническому регулированию федерального автономного учреждения "Федеральный центр нормирования, стандартизации и технической оценки соответствия в строительстве"</w:t>
+заместитель руководителя Федеральной таможенной службы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -14771,289 +14919,150 @@
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...18 lines deleted...]
-Ирина Алексеевна</w:t>
+              <w:t xml:space="preserve">
+Савенков </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Константин Аркадьевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z97" w:id="15"/>
-[...170 lines deleted...]
-заместитель руководителя Федеральной таможенной службы;</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+заместитель руководителя Федеральной службы по ветеринарному</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и фитосанитарному надзору;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
@@ -15103,55 +15112,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>