--- v0 (2025-10-14)
+++ v1 (2026-01-15)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="73bb755" w14:textId="73bb755">
+    <w:p w14:paraId="47576ee" w14:textId="47576ee">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1100,3599 +1100,4061 @@
         </w:rPr>
         <w:t xml:space="preserve"> I. Область применения  </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящий технический регламент распространяется на выпускаемые в обращение и находящиеся в обращении на таможенной территории Евразийского экономического союза (далее – Союз) газ горючий природный, подготовленный к транспортированию по магистральным газопроводам, газ горючий природный промышленного и коммунально-бытового назначения, газ горючий природный компримированный и газ горючий природный сжиженный, подготовленные к использованию (далее – продукция).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Настоящий технический регламент не распространяется на продукцию, поставляемую по государственному оборонному заказу и находящуюся на хранении в организациях, обеспечивающих сохранность государственного материального резерва, на продукцию, используемую изготовителем исключительно для собственных нужд, на продукцию, экспортируемую за пределы таможенной территории Союза, а также на продукцию иностранных изготовителей, транспортируемую через таможенную территорию Союза потребителям третьих государств. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для газа горючего природного, подготовленного к транспортированию, иностранных изготовителей допускается транспортировка через таможенную территорию Союза при условии, что воздействие в ходе транспортировки на продукцию, находящуюся в обращении на таможенной территории Союза, не приводит к несоответствию показателей указанной продукции требованиям настоящего технического регламента.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменением, внесенным решением Совета Евразийской экономической комиссии от 23.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...42 lines deleted...]
-      </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      2. Настоящий технический регламент не распространяется на продукцию, поставляемую по государственному оборонному заказу и находящуюся на хранении в организациях, обеспечивающих сохранность государственного материального резерва, а также на продукцию, экспортируемую за пределы таможенной территории Союза. </w:t>
+        <w:t>
+      3. Настоящий технический регламент устанавливает требования к продукции в целях защиты жизни и здоровья человека, имущества, окружающей среды, жизни и (или) здоровья животных и растений, предупреждения действий, вводящих в заблуждение потребителей (пользователей), а также обеспечения энергетической эффективности и ресурсосбережения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> II. Основные понятия </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      3. Настоящий технический регламент устанавливает требования к продукции в целях защиты жизни и здоровья человека, имущества, окружающей среды, жизни и (или) здоровья животных и растений, предупреждения действий, вводящих в заблуждение потребителей (пользователей), а также обеспечения энергетической эффективности и ресурсосбережения.</w:t>
+        <w:t xml:space="preserve">
+      4. Для целей применения настоящего технического регламента используются понятия, установленные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Протоколом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о техническом регулировании в рамках Евразийского экономического союза (приложение № 9 к Договору о Евразийском экономическом союзе от 29 мая 2014 года), типовыми схемами оценки соответствия, утвержденными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Решением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Совета Евразийской экономической комиссии от 18 апреля 2018 г. № 44 (далее – Типовые схемы), а также понятия, которые означают следующее:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-[...17 lines deleted...]
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...19 lines deleted...]
-        <w:t>Примечание ИЗПИ!</w:t>
+      "газ горючий природный" (ГГП) – газообразная смесь, добытая из всех видов месторождений (залежей) углеводородного сырья, состоящая преимущественно из метана и содержащая более тяжелые углеводороды, азот, диоксид углерода, водяные пары, серосодержащие соединения, инертные газы, а также следовые количества других компонентов;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
+      "газ горючий природный компримированный" – газ горючий природный, прошедший специальную подготовку для использования в качестве топлива, в том числе для двигателей внутреннего сгорания;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. Для целей настоящего технического регламента используются понятия, которые означают следующее: </w:t>
+      "газ горючий природный, подготовленный к транспортированию" – газ горючий природный, прошедший технологические операции для обеспечения его безопасного транспортирования по магистральным газопроводам; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "выпуск продукции в обращение" – поставка или ввоз продукции (в том числе поставка с хранилищ газа) с целью ее распространения на таможенной территории Союза в ходе коммерческой деятельности на безвозмездной или возмездной основе;</w:t>
+      "газ горючий природный промышленного и коммунально-бытового назначения" – газ горючий природный, подготовленный для использования в качестве сырья и (или) топлива промышленного и коммунально-бытового назначения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "газ горючий природный" (ГГП) – газообразная смесь, добытая из всех видов месторождений (залежей) углеводородного сырья, состоящая преимущественно из метана и содержащая более тяжелые углеводороды, азот, диоксид углерода, водяные пары, серосодержащие соединения, инертные газы, а также следовые количества других компонентов;</w:t>
-[...99 lines deleted...]
-      "изготовитель"  юридическое лицо или физическое лицо, зарегистрированное в качестве индивидуального предпринимателя, в том числе иностранный изготовитель, осуществляющие от своего имени производство или производство и реализацию продукции и ответственные за ее соответствие требованиям настоящего технического регламента;</w:t>
+      "газ горючий природный сжиженный" (СПГ) – газ горючий природный, приведенный в жидкое состояние с целью его транспортирования, хранения и использования в качестве топлива;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z24" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "обращение продукции на рынке" – этапы движения продукции от изготовителя к потребителю, которые проходит продукция начиная с выпуска ее в обращение;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z25" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "партия" – количество продукции одного целевого назначения и марки (при наличии), сопровождаемое одним паспортом качества продукции;</w:t>
+      "партия продукции" – количество продукции одного целевого назначения и марки (при наличии), сопровождаемое одним паспортом качества продукции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z26" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "паспорт качества продукции" – документ, содержащий сведения об организации, его оформляющей и осуществляющей либо производство, либо транспортирование, либо хранение, либо продажу продукции, и фактические значения показателей качества продукции, полученные в результате лабораторных испытаний;</w:t>
+      "паспорт качества продукции" – документ, содержащий сведения о выпускаемой в обращение и находящейся в обращении продукции и устанавливающий соответствие значений показателей продукции, полученных в результате испытаний (измерений), требованиям настоящего технического регламента и документа, в соответствии с которым произведена продукция (при наличии);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "потоковое средство измерений" – средство измерений, отвечающее требованиям, установленным законодательством государств – членов Союза в области обеспечения единства измерений, предназначенное для выполнения непрерывного измерения показателей движущейся в потоке продукции в автоматическом режиме;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z27" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      "потребитель" – юридическое лицо или физическое лицо, имеющие намерение приобрести или приобретающие продукцию исключительно для собственных нужд; </w:t>
+        <w:t>
+      "потребитель" – юридическое лицо или физическое лицо, имеющие намерение приобрести или приобретающие продукцию исключительно для собственных нужд.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z28" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Пункт 4 с изменением, внесенным решением Совета Евразийской экономической комиссии от 23.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 38</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> III. Правила обращения продукции на рынке Союза </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z31" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "продавец" – юридическое лицо или физическое лицо, зарегистрированное в качестве индивидуального предпринимателя, являющиеся резидентами государства – члена Союза, осуществляющие реализацию продукции потребителю и ответственные за размещение на рынке Союза продукции, соответствующей требованиям настоящего технического регламента;</w:t>
+      5. Продукция выпускается в обращение при ее соответствии требованиям настоящего технического регламента, а также других технических регламентов Союза, действие которых на нее распространяется, при условии, что она прошла оценку соответствия согласно разделу VI настоящего технического регламента, а также согласно другим техническим регламентам Союза, действие которых на нее распространяется.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z142" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "уполномоченное изготовителем лицо" – зарегистрированные в установленном законодательством государства – члена Союза порядке на его территории юридическое лицо или физическое лицо в качестве индивидуального предпринимателя, которые на основании договора с изготовителем осуществляют действия от имени этого изготовителя при оценке соответствия и выпуске продукции в обращение, а также несут ответственность за несоответствие продукции требованиям настоящего технического регламента.</w:t>
+      5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. В отношении продукции, произведенной и прошедшей процедуры оценки соответствия согласно разделу VI настоящего технического регламента на одной части таможенной территории Союза, поставляемой на другую часть таможенной территории Союза через территории государств, не являющихся членами Союза, перед выпуском ее в обращение дополнительная оценка соответствия не проводится.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z30" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> III. Правила обращения продукции на рынке Союза </w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Глава ІІІ дополнена пунктом 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в соответствии с решением Совета Евразийской экономической комиссии от 23.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 38</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z31" w:id="24"/>
+    <w:bookmarkStart w:name="z32" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Продукция выпускается в обращение при ее соответствии требованиям настоящего технического регламента, а также других технических регламентов Союза, действие которых на нее распространяется, при условии, что она прошла оценку соответствия согласно разделу VI настоящего технического регламента, а также согласно другим техническим регламентам Союза, действие которых на нее распространяется.</w:t>
+      6. По требованию потребителя изготовитель (уполномоченное изготовителем лицо) или продавец (импортер) обязаны представить документы, подтверждающие соответствие продукции требованиям настоящего технического регламента (копии декларации о соответствии продукции и (или) паспорта качества продукции).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 с изменением,  внесенным решением Совета Евразийской экономической комиссии от 23.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 38</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...140 lines deleted...]
-      </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z33" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. По требованию потребителя изготовитель (уполномоченное изготовителем лицо) или продавец обязаны представить документы, подтверждающие соответствие продукции требованиям настоящего технического регламента (копии декларации о соответствии продукции требованиям настоящего технического регламента и паспорта качества продукции).</w:t>
+      7. Не допускается обращение продукции, не маркированной единым знаком обращения на рынке Союза.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 – в редакции решения Совета Евразийской экономической комиссии от 23.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...42 lines deleted...]
-      </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z34" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IV. Требования безопасности к продукции </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z35" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      7. Не допускается к выпуску в обращение продукция, не маркированная единым знаком обращения продукции на рынке Союза. </w:t>
+        <w:t>
+      8. Газ горючий природный, подготовленный к транспортированию, должен соответствовать требованиям согласно приложению № 1.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="25"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z35" w:id="26"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z36" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Газ горючий природный, подготовленный к транспортированию, должен соответствовать требованиям согласно приложению № 1.</w:t>
+      9. Газ горючий природный промышленного и коммунально-бытового назначения должен соответствовать требованиям согласно приложению № 2.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z36" w:id="27"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z37" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Газ горючий природный промышленного и коммунально-бытового назначения должен соответствовать требованиям согласно приложению № 2.</w:t>
+      10. Газ горючий природный компримированный должен соответствовать требованиям согласно приложению № 3.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z37" w:id="28"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z38" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Газ горючий природный компримированный должен соответствовать требованиям согласно приложению № 3.</w:t>
+      11. Газ горючий природный сжиженный должен соответствовать требованиям согласно приложению № 4.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z38" w:id="29"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z39" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Газ горючий природный сжиженный должен соответствовать требованиям согласно приложению № 4.</w:t>
+      12. Каждая партия продукции должна сопровождаться паспортом качества продукции, содержащим следующую информацию:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-[...95 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z40" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Каждая партия продукции, выпускаемая в обращение и (или) находящаяся в обращении, должна сопровождаться паспортом качества продукции, содержащим следующую информацию:</w:t>
+      а) наименование, марка (при наличии) и условное обозначение продукции (при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="30"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z41" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      а) наименование, марка (при наличии) и условное обозначение продукции (при наличии);</w:t>
+      б) наименование организации, оформляющей паспорт и осуществляющей либо производство, либо транспортирование, либо хранение, либо продажу продукции, место нахождения (адрес юридического лица) – для юридического лица или фамилия, имя и отчество (при наличии), место жительства – для физического лица, зарегистрированного в качестве индивидуального предпринимателя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z41" w:id="31"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z42" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      б) наименование организации, оформляющей паспорт и осуществляющей либо производство, либо транспортирование, либо хранение, либо продажу продукции, место нахождения (адрес юридического лица) – для юридического лица или фамилия, имя и отчество (при наличии), место жительства – для физического лица, зарегистрированного в качестве индивидуального предпринимателя;</w:t>
+        <w:t xml:space="preserve">
+      в) товарный знак изготовителя (при наличии) (проставляется в паспорте); </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z42" w:id="32"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z43" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      в) товарный знак изготовителя (при наличии) (проставляется в паспорте); </w:t>
+        <w:t>
+      г) наименование уполномоченного изготовителем лица либо импортера, его место нахождения (адрес юридического лица) – для юридического лица или фамилия, имя и отчество (при наличии), место жительства – для физического лица, зарегистрированного в качестве индивидуального предпринимателя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z43" w:id="33"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z44" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      г) наименование уполномоченного изготовителем лица, его место нахождения (адрес юридического лица) – для юридического лица или фамилия, имя и отчество (при наличии), место жительства – для физического лица, зарегистрированного в качестве индивидуального предпринимателя;</w:t>
+      д) обозначение и наименование документа, в соответствии с которым произведена продукция;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z44" w:id="34"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z45" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      д) обозначение и наименование документа, в соответствии с которым произведена продукция;</w:t>
+      е) нормативные значения и результаты лабораторных испытаний (измерений) или измерений, полученных с использованием потоковых средств измерений, подтверждающие соответствие продукции требованиям настоящего технического регламента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z45" w:id="35"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z46" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      е) нормативные значения и фактические результаты испытаний, подтверждающие соответствие продукции требованиям настоящего технического регламента;</w:t>
+      ж) номер партии (при наличии), период (дата) поставки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z46" w:id="36"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z47" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ж) номер партии (при наличии), период (дата) поставки;</w:t>
+      з) единый знак обращения продукции на рынке Союза (проставляется в паспорте);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z47" w:id="37"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z48" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      з) единый знак обращения продукции на рынке Союза (проставляется в паспорте);</w:t>
+      и) номер и дата выдачи паспорта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z48" w:id="38"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z49" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      и) номер и дата выдачи паспорта;</w:t>
-[...18 lines deleted...]
-        <w:t>
       к) подпись и расшифровка подписи лица, оформившего паспорт.</w:t>
-      </w:r>
-[...268 lines deleted...]
-      14. Безопасность продукции обеспечивается соблюдением требований, установленных настоящим техническим регламентом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 12 с изменением, внесенным решением Совета Евразийской экономической комиссии от 23.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...42 lines deleted...]
-      </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z143" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> VI. Оценка соответствия продукции требованиям технического регламента</w:t>
+        <w:t>
+      12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. Паспорт качества на газ горючий природный, подготовленный к транспортированию, газ горючий природный промышленного и коммунально-бытового назначения, газ горючий природный компримированный серийного производства оформляется на каждую периодически повторяющуюся партию не реже 1 раза в месяц.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...85 lines deleted...]
-      16. Перед выпуском продукции в обращение проводится оценка соответствия продукции требованиям настоящего технического регламента в форме подтверждения соответствия (декларирования соответствия). Декларирование соответствия проводится заявителем. Заявителем могут быть зарегистрированные в соответствии с законодательством государства-члена на его территории юридическое лицо или физическое лицо в качестве индивидуального предпринимателя, являющиеся изготовителем или продавцом либо уполномоченным изготовителем лицом.</w:t>
+      На территории Республики Казахстан оформление паспорта качества на газ горючий природный промышленного и коммунально-бытового назначения, выпускаемый в обращение в соответствии с пунктом 17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>настоящего технического регламента, осуществляется на каждую партию не реже 1 раза в 6 месяцев.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t>      Сноска. Глава IV дополнена пунктом 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-        <w:t>Примечание ИЗПИ!</w:t>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в соответствии с решением Совета Евразийской экономической комиссии от 23.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 38</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...42 lines deleted...]
-      </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z144" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      17. Декларирование соответствия продукции требованиям настоящего технического регламента осуществляется по типовым схемам оценки соответствия, утверждаемым Евразийской экономической комиссией: </w:t>
+        <w:t>
+      12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. Проведение испытаний (измерений) при приеме (передаче) партии продукции, а также определение их периодичности осуществляются в соответствии со стандартами, указанными в пункте 15 настоящего технического регламента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Глава IV дополнена пунктом 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в соответствии с решением Совета Евразийской экономической комиссии от 23.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 38</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z145" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      а) для газа горючего природного, подготовленного к транспортированию, – по схеме 1д, или 3д, или 6д; </w:t>
+        <w:t>
+      12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. В паспорт качества газа горючего природного компримированного допускается вносить результаты испытаний (измерений), указанные в паспорте качества газа горючего природного, поступающего на компримирование, соответствующего требованиям настоящего технического регламента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z58" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Глава IV дополнена пунктом 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в соответствии с решением Совета Евразийской экономической комиссии от 23.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 38</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z146" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      б) для газа горючего природного промышленного и коммунально-бытового назначения и газа горючего природного компримированного, выпускаемых серийно, – по схеме 1д, или 3 д, или 6д; </w:t>
+        <w:t>
+      12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. В паспорт качества газа горючего природного промышленного и коммунально-бытового назначения, получаемого при регазификации газа горючего природного сжиженного, допускается вносить результаты испытаний исходного газа горючего природного сжиженного, соответствующего требованиям настоящего технического регламента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z59" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Глава IV дополнена пунктом 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в соответствии с решением Совета Евразийской экономической комиссии от 23.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 38</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в) для газа горючего природного промышленного и коммунально-бытового назначения и газа горючего природного компримированного, выпускаемых или ввозимых партиями, – по схеме 4д;</w:t>
-[...19 lines deleted...]
-      г) для газа горючего природного сжиженного – по схеме 3д или 6д. </w:t>
+      13. Сопроводительная документация на партию продукции составляется на русском языке и при наличии соответствующих требований в законодательстве государств – членов Союза (далее – государства-члены) на государственном языке (государственных языках) государства-члена, на территории которого данная партия будет находиться в обращении.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 13 с изменением, внесенным решением Совета Евразийской экономической комиссии от 23.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 38</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...170 lines deleted...]
-      </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z51" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> V. Обеспечение соответствия продукции требованиям технического регламента </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z52" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18. При проведении подтверждения соответствия продукции требованиям настоящего технического регламента заявитель формирует для регистрации декларации о соответствии комплект документов, который включает в себя:</w:t>
+      14. Безопасность продукции обеспечивается соблюдением требований, установленных настоящим техническим регламентом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="47"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z53" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      15. Методы и периодичность испытаний (измерений), правила приемки (передачи) продукции, необходимые для исполнения требований настоящего технического регламента и осуществления оценки соответствия продукции, устанавливаются в стандартах, включенных в перечень международных и региональных (межгосударственных) стандартов, а в случае их отсутствия – национальных (государственных) стандартов, содержащих правила и методы исследований (испытаний) и измерений, в том числе правила отбора образцов, необходимые для применения и исполнения требований настоящего технического регламента и осуществления оценки соответствия объектов технического регулирования. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      а) декларацию о соответствии продукции требованиям настоящего технического регламента, оформленную по единой форме, утверждаемой Евразийской экономической комиссией;</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 с изменением, внесенным решением Совета Евразийской экономической комиссии от 23.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 38</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z63" w:id="48"/>
+    <w:bookmarkStart w:name="z54" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> VI. Оценка соответствия продукции требованиям технического регламента</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z55" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      б) протоколы испытаний, подтверждающих соответствие продукции требованиям настоящего технического регламента;</w:t>
-[...59 lines deleted...]
-      д) договор на поставку партии продукции (при декларировании по схеме 4д).</w:t>
+      16. Перед выпуском продукции в обращение проводится оценка соответствия продукции требованиям настоящего технического регламента в форме подтверждения соответствия (декларирования соответствия). Декларирование соответствия проводится заявителем. Заявителем могут быть зарегистрированные в соответствии с законодательством государства-члена на его территории юридическое лицо или физическое лицо в качестве индивидуального предпринимателя, являющиеся изготовителем (уполномоченным изготовителем лицом) или продавцом (импортером).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 16 с изменением, внесенным решением Совета Евразийской экономической комиссии от 23.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
+      17. Декларирование соответствия продукции требованиям настоящего технического регламента проводится в соответствии с Типовыми схемами с учетом особенностей, установленных настоящим техническим регламентом:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      а) для газа горючего природного, подготовленного к транспортированию, газа горючего природного промышленного и коммунально-бытового назначения и газа горючего природного компримированного, выпускаемых в обращение серийно, – по схеме 1д, или 3д, или 6д;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19. Декларация о соответствии подлежит регистрации в порядке, утверждаемом Евразийской экономической комиссией.</w:t>
-[...175 lines deleted...]
-</w:t>
+      б) для газа горючего природного промышленного и коммунально-бытового назначения и газа горючего природного компримированного, выпускаемых в обращение на территории Союза партиями, – по схеме 4д;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20. Комплект документов, предусмотренных пунктом 18 настоящего раздела, должен храниться:</w:t>
-[...155 lines deleted...]
-</w:t>
+      в) для газа горючего природного сжиженного, выпускаемого серийно, – по схеме 3д или 6д;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21. Продукция, находящаяся в обращении, подлежит испытаниям.</w:t>
+      г) для газа горючего природного, подготовленного к транспортированию, и газа горючего природного сжиженного, выпускаемых в обращение на территории Союза партиями, – по схеме 2д.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 17 – в редакции решения Совета Евразийской экономической комиссии от 23.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z147" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. Для газа горючего природного промышленного и коммунально-бытового назначения, произведенного из газа горючего природного, транспортируемого по магистральным газопроводам, допускается перед выпуском в обращение проводить оценку соответствия в форме испытаний с оформлением паспорта качества.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Глава VI дополнена пунктом 17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в соответствии с решением Совета Евразийской экономической комиссии от 23.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 38</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z148" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. Оценка соответствия газа горючего природного промышленного и коммунально-бытового назначения, произведенного из газа горючего природного, транспортируемого по магистральным газопроводам, осуществляется заявителем (юридическим лицом или физическим лицом, зарегистрированным в качестве индивидуального предпринимателя), зарегистрированным на территории государства-члена в соответствии с его законодательством, являющимся продавцом газа горючего природного промышленного и коммунально-бытового назначения, произведенного из газа горючего природного, транспортируемого по магистральным газопроводам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Глава VI дополнена пунктом 17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в соответствии с решением Совета Евразийской экономической комиссии от 23.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 38</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z149" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Испытания газа горючего природного промышленного и коммунально-бытового назначения, произведенного из газа горючего природного, транспортируемого по магистральным газопроводам, проводятся на соответствие требованиям, предусмотренным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложением № 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему техническому регламенту, и включают в себя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      а) отбор образцов (проб);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22. Испытания продукции, находящейся в обращении, проводятся на соответствие требованиям настоящего технического регламента и осуществляются продавцом.</w:t>
+      б) проведение испытаний (измерений) образцов (проб) в собственной испытательной лаборатории, или с использованием потоковых средств измерений заявителя или организации, осуществляющей транспортирование по магистральным газопроводам, или в аккредитованной испытательной лаборатории (центре), включенной в единый реестр органов по оценке соответствия Союза;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в) внесение результатов испытаний (измерений) и заключения о соответствии газа горючего природного промышленного и коммунально-бытового назначения, произведенного из газа горючего природного, транспортируемого по магистральным газопроводам, требованиям настоящего технического регламента, в паспорт качества.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t>      Сноска. Глава VI дополнена пунктом 17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-        <w:t>Примечание ИЗПИ!</w:t>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в соответствии с решением Совета Евразийской экономической комиссии от 23.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 38</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z61" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. При проведении подтверждения соответствия продукции требованиям настоящего технического регламента заявитель формирует для регистрации декларации о соответствии комплект документов и сведений, который включает в себя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z62" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      а) декларацию о соответствии продукции требованиям настоящего технического регламента, оформленную по единой форме, утверждаемой Евразийской экономической комиссией;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z63" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      б) протоколы испытаний (измерений), подтверждающих соответствие продукции требованиям настоящего технического регламента;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z64" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в) копию сертификата на систему менеджмента качества (при декларировании по схеме 6д); </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z65" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      г) сведения о регистрационном или учетном (индивидуальном, идентификационном) номере заявителя, присваиваемом при государственной регистрации юридического лица или физического лица в качестве индивидуального предпринимателя в соответствии с законодательством государства-члена;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z66" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      д) договор на поставку партии продукции и товаросопроводительные документы, идентифицирующие партию продукции, в том числе размер (при наличии) (при декларировании по схемам 2д и 4д).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 18 с изменением, внесенным решением Совета Евразийской экономической комиссии от 23.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 38</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z67" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Декларация о соответствии подлежит регистрации в порядке, утверждаемом Евразийской экономической комиссией.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z68" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Срок действия декларации о соответствии составляет: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z69" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при декларировании по схемам 1д и 3д – не более 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z70" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при декларировании по схемам 2д и 4д – срок не устанавливается;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z71" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при декларировании по схеме 6д – не более 5 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 19 с изменением, внесенным решением Совета Евразийской экономической комиссии от 23.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 38</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Комплект документов и сведений, предусмотренный пунктом 18 настоящего технического регламента, должен храниться:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z73" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      у изготовителя или уполномоченного изготовителем лица – в течение не менее 10 лет со дня окончания срока действия декларации о соответствии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z74" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      у продавца или импортера – в течение не менее 10 лет со дня реализации продукции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z75" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комплект документов и сведений должен представляться органам государственного контроля (надзора) государств-членов по их требованию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Допускается хранение комплекта документов и сведений в электронном виде в соответствии с законодательством государств-членов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 20 с изменением, внесенным решением Совета Евразийской экономической комиссии от 23.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 38</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z76" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Газ горючий природный, подготовленный к транспортированию, находящийся в обращении, при его передаче между хозяйствующими субъектами подлежит оценке соответствия в форме испытаний с оформлением паспорта качества.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 21 - в редакции решения Совета Евразийской экономической комиссии от 23.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 38</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z77" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      22. Испытания, указанные в пункте 21 настоящего технического регламента, проводятся на соответствие требованиям, предусмотренным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложением № 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему техническому регламенту, организациями, осуществляющими хранение и (или) транспортирование продукции по магистральным газопроводам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 22 - в редакции решения Совета Евразийской экономической комиссии от 23.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 38</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z81" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Порядок проведения испытаний, предусмотренных пунктом 21 настоящего технического регламента, включает в себя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      а) отбор образцов (проб);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...57 lines deleted...]
-        </w:rPr>
         <w:t>
-      в) внесение результатов испытаний и заключения о том, что продукция продолжает соответствовать требованиям настоящего технического регламента, в паспорт качества продукции.</w:t>
-[...56 lines deleted...]
-        <w:t>Примечание ИЗПИ!</w:t>
+      б) проведение испытаний (измерений) образцов (проб) в собственной испытательной лаборатории, или с использованием потоковых средств измерений организации, осуществляющей хранение и (или) транспортирование по магистральным газопроводам, или в аккредитованной испытательной лаборатории (центре), включенной в единый реестр органов по оценке соответствия Союза;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...47 lines deleted...]
-      24. Продукция, соответствующая требованиям настоящего технического регламента и прошедшая процедуры подтверждения соответствия согласно разделу VI настоящего технического регламента, должна иметь маркировку единым знаком обращения продукции на рынке Союза.</w:t>
+      в) внесение результатов испытаний (измерений) и заключения о том, что газ горючий природный, подготовленный к транспортированию, продолжает соответствовать требованиям настоящего технического регламента, в паспорт качества продукции.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 23 - в редакции решения Совета Евразийской экономической комиссии от 23.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...42 lines deleted...]
-      </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z82" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> VII. Маркировка единым знаком обращения продукции на рынке Союза</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z83" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      25. Маркировка единым знаком обращения продукции на рынке Союза осуществляется заявителем перед выпуском продукции в обращение.</w:t>
+      24. Продукция, соответствующая требованиям настоящего технического регламента и прошедшая процедуры оценки соответствия в форме декларирования соответствия или испытаний с оформлением паспорта качества согласно разделу VI настоящего технического регламента, должна иметь маркировку единым знаком обращения продукции на рынке Союза.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 24 с изменением, внесенным решением Совета Евразийской экономической комиссии от 23.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      В пункт 26 предусматриваются изменения решением Совета Евразийской экономической комиссии от 23.05.2025 </w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">25. Утратил силу решением Совета Евразийской экономической комиссии от 23.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z85" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      26. Графическое изображение единого знака обращения продукции на рынке Союза наносится на сопроводительную документацию (паспорт качества продукции).</w:t>
+      26. Графическое изображение единого знака обращения продукции на рынке Союза наносится на сопроводительную документацию (декларацию о соответствии продукции и (или) паспорт качества продукции).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z86" w:id="63"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 26 с изменением, внесенным решением Совета Евразийской экономической комиссии от 23.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 38</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z86" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> VIII. Защитительная оговорка</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z87" w:id="64"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z87" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27. Государства-члены обязаны принять все меры для ограничения или запрета выпуска в обращение продукции, не соответствующей требованиям настоящего технического регламента. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z88" w:id="65"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z88" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Уполномоченный орган государства-члена, принявший решение об ограничении или запрете выпуска продукции в обращение, обязан не позднее 1 месяца уведомить о принятом решении уполномоченные органы других государств-членов с обоснованием необходимости принятия таких мер. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z150" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Допускается использование газа горючего природного, подготовленного к транспортированию, соответствующего требованиям настоящего технического регламента и прошедшего процедуры оценки соответствия согласно разделу VI настоящего технического регламента, для собственных нужд организациями, осуществляющими транспортирование и (или) хранение, в качестве топлива промышленного назначения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">      Сноска. Глава VIII дополнена пунктом 28 в соответствии с решением Совета Евразийской экономической комиссии от 23.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 38</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z151" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Допускается поставка газа горючего природного, подготовленного к транспортированию, соответствующего требованиям настоящего технического регламента и прошедшего процедуры оценки соответствия согласно разделу VI настоящего технического регламента, потребителю непосредственно из магистрального газопровода в качестве сырья и (или) топлива промышленного назначения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Главу VIII предусматривается дополнить пунктами 28 – 31 в соответствии с решением Совета Евразийской экономической комиссии от 23.05.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Глава VIII дополнена пунктом 29 в соответствии с решением Совета Евразийской экономической комиссии от 23.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z152" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Допускается розничная реализация регазифицированного газа горючего природного сжиженного для двигателей внутреннего сгорания (марка Б), соответствующего требованиям настоящего технического регламента и прошедшего процедуры оценки соответствия согласно разделу VI настоящего технического регламента, в качестве газа горючего природного компримированного.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава VIII дополнена пунктом 30 в соответствии с решением Совета Евразийской экономической комиссии от 23.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 38</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z153" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Допускается поставка регазифицированного сжиженного природного газа для энергетических установок (марка В), соответствующего требованиям настоящего технического регламента и прошедшего процедуры оценки соответствия согласно разделу VI настоящего технического регламента, в качестве сырья и (или) топлива промышленного назначения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава VIII дополнена пунктом 31 в соответствии с решением Совета Евразийской экономической комиссии от 23.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4768,253 +5230,202 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ПРИЛОЖЕНИЕ № 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">к техническому регламенту </w:t>
+              <w:t>к техническому регламенту</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Евразийского экономического </w:t>
+              <w:t>Евразийского экономического</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">союза "О безопасности газа </w:t>
+              <w:t>союза "О безопасности газа</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">горючего природного, </w:t>
+              <w:t>горючего природного,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">подготовленного к </w:t>
+              <w:t>подготовленного к</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">транспортированию и (или) </w:t>
+              <w:t>транспортированию и (или)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">использованию" (ТР ЕАЭС </w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">046/2018) </w:t>
+              <w:t>использованию" (ТР ЕАЭС 046/2018)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z90" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ТРЕБОВАНИЯ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>к газу горючему природному, подготовленному к транспортированию по магистральным газопроводам</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 - в редакции решения Совета Евразийской экономической комиссии от 23.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 38</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...76 lines deleted...]
-    <w:bookmarkEnd w:id="66"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -5030,125 +5441,160 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ п/п</w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование показателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование показателя</w:t>
-[...36 lines deleted...]
-Единица измерения</w:t>
+Единица</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+измерения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -5165,60 +5611,79 @@
               <w:t>
 Норма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...8 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -5333,125 +5798,160 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Молярная доля компонентов (компонентный состав)</w:t>
+              <w:t xml:space="preserve">
+Молярная доля кислорода </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-не нормируют, определение обязательно </w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5483,52 +5983,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Молярная доля кислорода</w:t>
+              <w:t xml:space="preserve">
+Молярная доля диоксида углерода </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5592,51 +6092,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,020</w:t>
+2,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5668,88 +6168,98 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Молярная доля диоксида углерода</w:t>
+              <w:t xml:space="preserve">
+Массовая концентрация сероводорода </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-%</w:t>
+г/м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5777,51 +6287,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2,5</w:t>
+0,007</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5853,52 +6363,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Массовая концентрация сероводорода</w:t>
+              <w:t xml:space="preserve">
+Массовая концентрация меркаптановой серы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5972,51 +6482,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,007</w:t>
+0,016</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6048,52 +6558,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Массовая концентрация меркаптановой серы</w:t>
+              <w:t xml:space="preserve">
+Массовая концентрация общей серы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6167,51 +6677,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,016</w:t>
+0,030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6243,170 +6753,226 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Массовая концентрация общей серы</w:t>
+              <w:t xml:space="preserve">
+Объемная теплота сгорания низшая </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-г/м</w:t>
+МДж/м</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(ккал/м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+31,80</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(7600)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 –</w:t>
-            </w:r>
-[...34 lines deleted...]
-0,030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6438,200 +7004,322 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Объемная теплота сгорания низшая</w:t>
+              <w:t xml:space="preserve">
+Температура точки росы по воде: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+для умеренного климата: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+зимний период </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+летний период </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+для холодного климата: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+зимний период </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+летний период </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-МДж/м</w:t>
-[...39 lines deleted...]
-              <w:t>)</w:t>
+°С</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31,80 (7600)</w:t>
+–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-–</w:t>
+-10,0 (-5,0)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-10,0 (-3,0)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-20,0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-14,0 (-10,0)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6663,135 +7351,322 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Плотность</w:t>
+              <w:t xml:space="preserve">
+Температура точки росы по углеводородам: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+для умеренного климата: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+зимний период </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+летний период </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+для холодного климата: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+зимний период </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+летний период </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-кг/м</w:t>
-[...46 lines deleted...]
-не нормируют, определение обязательно </w:t>
+°С</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-2,0 (0,0)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-2,0 (0,0)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-10,0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-5,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6809,908 +7684,66 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z91" w:id="67"/>
-[...856 lines deleted...]
-Массовая концентрация механических примесей</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Массовая концентрация механических примесей </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7798,50 +7831,61 @@
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,001</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -7856,745 +7900,1955 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Примечания:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z109" w:id="71"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="71"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1. Летний период – с 1 мая по 30 сентября. Зимний период – с 1 октября </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по 30 апреля. Периоды могут быть уточнены по согласованию между государствами – членами Евразийского экономического союза.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2. Нормы показателей 3 – 6 и 9 установлены при стандартном давлении 101,325 кПа и стандартной температуре 20,0 °С. Стандартная температура сгорания при расчете объемной теплоты сгорания составляет 25,0 °С. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. На территории Республики Казахстан до 1 января 2030 г. допускается выпуск в обращение газа горючего природного, подготовленного</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к транспортированию, с нормами показателей 3 и 4, не превышающими следующие значения, в соответствии с требованиями, установленными</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на территории Республики Казахстан, при условии его обращения исключительно на территории Республики Казахстан:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+массовая концентрация сероводорода, г/м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>, не более – 0,020;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+массовая концентрация меркаптановой серы, г/м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>, не более – 0,036.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Показатель 5 вводится в действие на территории Республики Казахстан с 1 января 2030 г.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. При расчете показателя 6 принимают 1 калорию равной 4,1868 Дж.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+6. Нормы показателя 7 установлены при абсолютном давлении </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3,92 МПа.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7. По согласованию с принимающей стороной и при условии обязательного нормирования показателя 7 не выше минус 20 °С допускается до 1 января 2030 г. выпуск в обращение и обращение</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на территории Российской Федерации газа горючего природного с молярной долей диоксида углерода до 3,2 %.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+8. Для показателей 7 и 8 нормы, приведенные в скобках, применяются </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по согласованию между поставляющей и принимающей сторонами для месторождений и подземных хранилищ, введенных в действие до </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2000 года (в Республике Казахстан – до 2005 года) включительно. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Для месторождений Российской Федерации, расположенных</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в районах с умеренным климатом и введенных в действие до 2000 года, норму показателей 7 и 8 допускается устанавливать по согласованию между поставляющей и принимающей сторонами, но не выше значения температуры газа при рабочем давлении в точке отбора пробы, при условии его обращения исключительно на территории Российской Федерации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9. Нормы показателя 8 установлены при рабочем давлении в точке отбора пробы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+10. Для газа горючего природного, в котором массовая концентрация углеводородов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>5+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не превышает 1,0 г/м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>, определение показателя 8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не проводят.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Массовая концентрация углеводородов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>5+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>, г/м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>, рассчитывается</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на основе измеренных значений молярной доли компонентов газа горючего природного по следующей формуле:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="2171700" cy="711200"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId4"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="2171700" cy="711200"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+где:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 – коэффициент пересчета процентов в доли и дм</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>, дм</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>/(м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>·%);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24,05 – объем 1 моля газа горючего природного (принимаемого идеальным) при стандартных условиях (20,0 °С и 101,325 кПа), дм</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>/моль;</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
-                <w:i w:val="false"/>
-[...44 lines deleted...]
-            </w:r>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="254000" cy="279400"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId5"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="254000" cy="279400"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– молярная масса </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-го компонента газа горючего природного, г/моль;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
-                <w:i w:val="false"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>X</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="215900" cy="279400"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId6"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="215900" cy="279400"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– молярная доля </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>го компонента в газе горючем природном, %;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
-                <w:i w:val="false"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – индекс суммирования компонентов газа горючего природного, используемых для вычисления массовой концентрации углеводородов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>5+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="304800" cy="279400"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId7"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="304800" cy="279400"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
-                <w:i w:val="false"/>
-[...59 lines deleted...]
-              <w:t>7. Для газа горючего природного, в котором содержание углеводородов С</w:t>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – количество компонентов газа горючего природного, используемых для вычисления массовой концентрации углеводородов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>5+</w:t>
             </w:r>
-            <w:r>
-[...45 lines deleted...]
-Массовая концентрация углеводородов С</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="304800" cy="279400"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId8"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="304800" cy="279400"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+В случае измерения углеводородных компонентов газа горючего природного до псевдокомпонента </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>С</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
+              <w:t>6+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, при вычислении массовой концентрации углеводородов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
               <w:t>5+</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> г/м</w:t>
-[...21 lines deleted...]
-          </w:p>
+              <w:t xml:space="preserve"> используют молярные доли пентанов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и псевдокомпонента </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>6+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:br/>
-[...60 lines deleted...]
-        <w:t>, где:</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...272 lines deleted...]
-        <w:t>– молярная доля суммы октанов в исследуемом газе, %.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8643,499 +9897,509 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ПРИЛОЖЕНИЕ № 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">к техническому регламенту </w:t>
+              <w:t>к техническому регламенту</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Евразийского экономического </w:t>
+              <w:t>Евразийского экономического</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">союза </w:t>
+              <w:t>союза "О безопасности газа</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"О безопасности газа горючего </w:t>
+              <w:t>горючего природного,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">природного, подготовленного к </w:t>
+              <w:t>подготовленного к</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">транспортированию и (или) </w:t>
+              <w:t>транспортированию и (или)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">использованию" (ТР ЕАЭС </w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">046/2018) </w:t>
+              <w:t>использованию" (ТР ЕАЭС 046/2018)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z122" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ТРЕБОВАНИЯ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>к газу горючему природному промышленного и коммунально-бытового назначения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 2 - в редакции решения Совета Евразийской экономической комиссии от 23.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 38</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...76 lines deleted...]
-    <w:bookmarkEnd w:id="73"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...35 lines deleted...]
-</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование показателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...37 lines deleted...]
-Единица измерения</w:t>
+              <w:t>
+Единица</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+измерения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Норма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...34 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+минимальная</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -9201,125 +10465,160 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Молярная доля компонентов (компонентный состав)</w:t>
+              <w:t xml:space="preserve">
+Молярная доля кислорода </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-не нормируют, определение обязательно</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,050</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9351,52 +10650,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Молярная доля кислорода</w:t>
+              <w:t xml:space="preserve">
+Молярная доля диоксида углерода </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9460,51 +10759,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,050</w:t>
+2,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9536,88 +10835,98 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Молярная доля диоксида углерода</w:t>
+              <w:t xml:space="preserve">
+Массовая концентрация сероводорода </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-%</w:t>
+г/м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9645,51 +10954,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2,5</w:t>
+0,020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9721,52 +11030,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Массовая концентрация сероводорода</w:t>
+              <w:t xml:space="preserve">
+Массовая концентрация меркаптановой серы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9840,51 +11149,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,020</w:t>
+0,036</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9916,170 +11225,226 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Массовая концентрация меркаптановой серы</w:t>
+              <w:t xml:space="preserve">
+Объемная теплота сгорания низшая </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-г/м</w:t>
+МДж/м</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(ккал/м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+31,80</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(7600)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 –</w:t>
-            </w:r>
-[...34 lines deleted...]
-0,036</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10111,108 +11476,116 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Объемная теплота сгорания низшая</w:t>
+              <w:t xml:space="preserve">
+Число Воббе высшее </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МДж/м</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t xml:space="preserve">3 </w:t>
-[...9 lines deleted...]
-              <w:t>(ккал/м</w:t>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(ккал/м</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -10224,87 +11597,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31,80 (7600)</w:t>
+41,20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(9840)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-–</w:t>
+54,50</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(13020)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10336,200 +11745,125 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Число Воббе высшее</w:t>
+              <w:t xml:space="preserve">
+Температура точки росы по воде </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-МДж/м</w:t>
-[...111 lines deleted...]
-54,50 (13020)</w:t>
+°С</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ниже температуры газа в точке отбора пробы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10561,160 +11895,125 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Отклонение числа Воббе от номинального значения</w:t>
+              <w:t xml:space="preserve">
+Температура точки росы по углеводородам </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-%</w:t>
-[...71 lines deleted...]
-±5</w:t>
+°С</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ниже температуры газа в точке отбора пробы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10746,135 +12045,170 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Плотность</w:t>
+              <w:t xml:space="preserve">
+Массовая концентрация механических примесей </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-кг/м</w:t>
+г/м</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-не нормируют, определение обязательно</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,001</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10906,4184 +12240,1974 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Температура точки росы по воде</w:t>
+              <w:t xml:space="preserve">
+Интенсивность запаха </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-С</w:t>
+балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 –</w:t>
             </w:r>
-          </w:p>
-[...1414 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...2458 lines deleted...]
-        <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Примечания:</w:t>
+              <w:t xml:space="preserve">
+Примечания: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z139" w:id="76"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1. Значения показателей 2, 5, 6, 9 и 10 установлены при стандартном давлении 101,325 кПа и стандартной температуре 20,0 </w:t>
+1. Нормы показателей 3 – 6 и 9 установлены при стандартном давлении 101,325 кПа и стандартной температуре 20,0 °С. Стандартная температура сгорания при расчете объемной теплоты сгорания составляет 25,0 °С. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. При расчете показателей 5 и 6 принимают 1 калорию равной</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4,1868 Дж. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Показатели 5 и 6 распространяются только на газ горючий природный, используемый в качестве топлива.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Нормы показателей 7 и 8 установлены при давлении в точке отбора пробы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+5. Для газа горючего природного, в котором массовая концентрация углеводородов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>5+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не превышает 1,0 г/м</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>о</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">С. Стандартная температура сгорания при расчете объемной теплоты сгорания составляет 25,0 </w:t>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>, определение показателя 8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не проводят.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Массовая концентрация углеводородов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>5+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>, г/м</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>о</w:t>
-[...12 lines deleted...]
-          <w:bookmarkEnd w:id="76"/>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>, рассчитывается</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на основе измеренных значений молярной доли компонентов газа горючего природного по следующей формуле:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblCellSpacing w:w="0" w:type="auto"/>
+              <w:tblBorders>
+                <w:top w:val="none"/>
+                <w:left w:val="none"/>
+                <w:bottom w:val="none"/>
+                <w:right w:val="none"/>
+                <w:insideH w:val="none"/>
+                <w:insideV w:val="none"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="6150"/>
+              <w:gridCol w:w="6150"/>
+            </w:tblGrid>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="6150" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                  </w:pPr>
+                </w:p>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                  </w:pPr>
+                </w:p>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:drawing>
+                      <wp:inline distT="0" distB="0" distL="0" distR="0">
+                        <wp:extent cx="3810000" cy="1028700"/>
+                        <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                        <wp:docPr id="0" name="" descr=""/>
+                        <wp:cNvGraphicFramePr>
+                          <a:graphicFrameLocks noChangeAspect="true"/>
+                        </wp:cNvGraphicFramePr>
+                        <a:graphic>
+                          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                            <pic:pic>
+                              <pic:nvPicPr>
+                                <pic:cNvPr id="1" name=""/>
+                                <pic:cNvPicPr/>
+                              </pic:nvPicPr>
+                              <pic:blipFill>
+                                <a:blip r:embed="rId9"/>
+                                <a:stretch>
+                                  <a:fillRect/>
+                                </a:stretch>
+                              </pic:blipFill>
+                              <pic:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="0"/>
+                                  <a:ext cx="3810000" cy="1028700"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="rect">
+                                  <a:avLst/>
+                                </a:prstGeom>
+                              </pic:spPr>
+                            </pic:pic>
+                          </a:graphicData>
+                        </a:graphic>
+                      </wp:inline>
+                    </w:drawing>
+                  </w:r>
+                </w:p>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                  </w:pPr>
+                </w:p>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="6150" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>
+ </w:t>
+                  </w:r>
+                </w:p>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>
+,</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+где:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 – коэффициент пересчета процентов в доли и дм</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>, дм</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>/(м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>·%);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24,05 – объем 1 моля газа горючего природного (принимаемого идеальным) при стандартных условиях (20,0 °С и 101,325 кПа), дм</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>/моль;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="254000" cy="279400"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId10"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="254000" cy="279400"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– молярная масса </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-го компонента газа горючего природного, г/моль;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>X</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="215900" cy="279400"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId11"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="215900" cy="279400"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– молярная доля </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>го компонента в газе горючем природном, %;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – индекс суммирования компонентов газа горючего природного, используемых для вычисления массовой концентрации углеводородов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>5+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="304800" cy="279400"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId12"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="304800" cy="279400"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – количество компонентов газа горючего природного, используемых для вычисления массовой концентрации углеводородов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>5+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-2. Температура ГГП, заправляемого в баллон, может превышать температуру окружающего воздуха не более чем на 15,0 °С, но не должна быть выше 60,0 °С. </w:t>
+В случае измерения углеводородных компонентов газа горючего природного до псевдокомпонента </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>6+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, при вычислении массовой концентрации углеводородов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>5+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> используют молярные доли пентанов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и псевдокомпонента </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>6+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+6. Норма показателя 10 установлена для газовоздушной смеси, в которой объемная доля газа горючего природного равна 1 %. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Показатель 10 распространяется только на газ горючий природный коммунально-бытового назначения (в том числе получаемый при регазификации СПГ). </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Для газа горючего природного промышленного назначения (в том числе получаемого при регазификации СПГ) необходимость его одоризации</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и нормирования по показателю 10 определяют по согласованию</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">с принимающей стороной. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+По согласованию с потребителем и при условии обязательного обеспечения нормируемого значения показателя 7 допускается подача газа горючего природного с молярной долей диоксида углерода до 4 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по газопроводам, ведущим исключительно к данному потребителю.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7. Для газа горючего природного промышленного и коммунально-бытового назначения, полученного в результате регазификации СПГ, определению подлежат только показатели 4 и 10 в случае его одоризации. В паспорт качества газа горючего природного промышленного</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и коммунально-бытового назначения допускается вносить результаты испытаний исходного СПГ, соответствующего требованиям</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложения № 4 к техническому регламенту Евразийского экономического союза "О безопасности газа горючего природного, подготовленного к транспортированию и (или) использованию"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(ТР ЕАЭС 046/2018).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
@@ -15136,412 +14260,395 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ПРИЛОЖЕНИЕ № 4</w:t>
+              <w:t>ПРИЛОЖЕНИЕ № 3</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">к техническому регламенту </w:t>
+              <w:t>к техническому регламенту</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Евразийского экономического </w:t>
+              <w:t>Евразийского экономического</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">союза </w:t>
+              <w:t>союза "О безопасности газа</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> "О безопасности газа горючего </w:t>
+              <w:t>горючего природного,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">природного, подготовленного к </w:t>
+              <w:t>подготовленного к</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">транспортированию и (или) </w:t>
+              <w:t>транспортированию и (или)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">использованию" (ТР ЕАЭС </w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">046/2018) </w:t>
+              <w:t>использованию" (ТР ЕАЭС 046/2018)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z138" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ТРЕБОВАНИЯ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>к газу горючему природному компримированному</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 3 - в редакции решения Совета Евразийской экономической комиссии от 23.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 38</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...76 lines deleted...]
-    <w:bookmarkEnd w:id="77"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1230"/>
-[...8 lines deleted...]
-        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ п/п</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1230" w:type="dxa"/>
+№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование показателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование показателя</w:t>
-[...36 lines deleted...]
-Единица измерения</w:t>
+Единица</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+измерения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15552,3456 +14659,6093 @@
 Норма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...121 lines deleted...]
-СПГ для энергетических установок (марка В)</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+минимальная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+максимальная</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...176 lines deleted...]
-макс.</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...36 lines deleted...]
-макс.</w:t>
+              <w:t xml:space="preserve">
+Объемная теплота сгорания низшая </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+МДж/м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31,80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...101 lines deleted...]
-%</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-не нормируют, определение обязательно</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Относительная плотность к воздуху </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,70</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...209 lines deleted...]
-80,0</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+Расчетное метановое число </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Число Воббе высшее </w:t>
-[...35 lines deleted...]
-МДж/м</w:t>
+Массовая концентрация сероводорода </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+г/м</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...65 lines deleted...]
-54,5</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,02</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...111 lines deleted...]
-              <w:t>3</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+Массовая концентрация меркаптановой серы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+г/м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...138 lines deleted...]
-–</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,036</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...101 lines deleted...]
-%</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+Молярная доля негорючих компонентов (суммарная) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...138 lines deleted...]
-5,0</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...209 lines deleted...]
-–</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...6 lines deleted...]
-            <w:tcW w:w="1230" w:type="dxa"/>
+              <w:t xml:space="preserve">
+Молярная доля кислорода </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...29 lines deleted...]
-0,030</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...209 lines deleted...]
-–</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...6 lines deleted...]
-            <w:tcW w:w="1230" w:type="dxa"/>
+              <w:t xml:space="preserve">
+Массовая концентрация паров воды </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+г/м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...29 lines deleted...]
-0,020</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,009</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...219 lines deleted...]
-–</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...6 lines deleted...]
-            <w:tcW w:w="1230" w:type="dxa"/>
+              <w:t xml:space="preserve">
+Массовая концентрация механических примесей </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+г/м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...29 lines deleted...]
-0,020</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,001</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...224 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...101 lines deleted...]
-0,036</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Примечания:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Значения показателей 1, 4, 5, 8 и 9 установлены при стандартном давлении 101,325 кПа и стандартной температуре 20,0 °С. Стандартная температура сгорания при расчете объемной теплоты сгорания составляет 25,0 °С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...106 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...32 lines deleted...]
-        </w:tc>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Для газа горючего природного компримированного, полученного</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>из СПГ для двигателей внутреннего сгорания (марка Б), показатели 8 и 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не определяют.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-–</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. В паспорт качества газа горючего природного компримированного</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по показателям 1 – 7 и 9 допускается вносить результаты испытаний (измерений), приведенные в паспорте качества газа горючего природного, поступающего на компримирование, соответствующего требованиям приложения № 1 или приложения № 2 к техническому регламенту Евразийского экономического союза "О безопасности газа горючего природного, подготовленного к транспортированию и (или) использованию" (ТР ЕАЭС 046/2018).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
         <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ПРИЛОЖЕНИЕ № 4</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к техническому регламенту</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Евразийского экономического</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>союза "О безопасности газа</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>горючего природного,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подготовленного к</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>транспортированию и (или)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>использованию" (ТР ЕАЭС 046/2018)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z141" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ТРЕБОВАНИЯ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>к газу горючему природному сжиженному</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 4 - в редакции решения Совета Евразийской экономической комиссии от 23.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 38</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование показателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единица</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+измерения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Норма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+СПГ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+для авиационных газотурбинных двигателей (марка А)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+СПГ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+для двигателей внутреннего сгорания</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(марка Б)*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+СПГ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+для энергетических установок</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(марка В)**</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мин.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+макс.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мин.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+макс.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мин.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+макс.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Молярная доля метана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+99,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+75,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Число Воббе высшее </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+МДж/м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+54,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Объемная теплота сгорания низшая </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+МДж/м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Молярная доля азота </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Молярная доля диоксида углерода </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,030</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Молярная доля кислорода </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,020</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,020</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,020</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Массовая концентрация сероводорода </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+г/м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,020</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,020</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,020</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Массовая концентрация меркаптановой серы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+г/м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,036</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,036</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,036</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Расчетное метановое число </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      * В том числе для использования в качестве топлива для двигателей внутреннего сгорания после регазификации и компримирования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ** В том числе для использования в качестве топлива промышленного и сырья для производства газа коммунально-бытового назначения после регазификации.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -19039,109 +20783,83 @@
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...40 lines deleted...]
-              <w:t>С.</w:t>
+              <w:t>
+Нормы показателей 2, 3, 7 и 8 установлены при стандартном давлении 101,325 кПа и стандартной температуре 20,0 °С. Стандартная температура сгорания при расчете объемной теплоты сгорания составляет 25,0 °С.".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -19536,35 +21254,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>