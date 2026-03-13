--- v0 (2025-11-08)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7a7e3a1" w14:textId="7a7e3a1">
+    <w:p w14:paraId="8ada13b" w14:textId="8ada13b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -580,156 +580,118 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>комиссии</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">от 16 октября 2018 г. № 168 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...74 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ПЕРЕЧЕНЬ </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">международных и региональных (межгосударственных) стандартов, а в случае их отсутствия – национальных (государственных) стандартов, содержащих правила и методы исследований (испытаний) и измерений, в том числе правила отбора образцов, необходимые для применения и исполнения требований технического регламента Таможенного союза "О безопасности отдельных видов специализированной пищевой продукции, в том числе диетического лечебного и диетического профилактического питания" (ТР ТС 027/2012) и осуществления оценки соответствия объектов технического регулирования </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Перечень с изменениями, внесенными решением Коллегии Евразийской экономической комиссии от 17.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 53</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -4398,1120 +4360,973 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...98 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Исключена решением Коллегии Евразийской экономической комиссии от 17.06.2025 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 53</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25</w:t>
-[...67 lines deleted...]
-ГОСТ 5904-82 "Изделия кондитерские. Правила приемки, методы отбора и подготовки проб"</w:t>
+24</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+пункты 5 и 6 ГОСТ 5667-2022 </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Изделия хлебобулочные. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Правила приемки, методы отбора образцов, методы определения </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">органолептических показателей </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и массы изделий"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
-            <w:tcBorders>
-[...133 lines deleted...]
-            </w:r>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пункты 6 и 10 статьи 4, пункты 9 и 10 статьи 6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 5904-82 "Изделия кондитерские. Правила приемки, методы отбора и подготовки проб"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...131 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...135 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29</w:t>
-[...100 lines deleted...]
-            </w:pPr>
+26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Исключена решением Коллегии Евразийской экономической комиссии от 17.06.2025 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 53</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30</w:t>
-[...104 lines deleted...]
-            </w:r>
+27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+СТБ 2397-2015 "Изделия кондитерские. Правила приемки, методы отбора и подготовки проб"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31</w:t>
-[...71 lines deleted...]
-ГОСТ 15113.7-77 "Концентраты пищевые. Методы определения поваренной соли"</w:t>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+подпункт 10 статьи 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 32799-2014 "Продукция соковая. Определение свободных аминокислот методом ионообменной хроматографии"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5540,124 +5355,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32</w:t>
-[...72 lines deleted...]
-ГОСТ ISO/TS 17728-2017 "Микробиология пищевой цепи. Методы отбора проб пищевой продукции и кормов для микробиологического анализа"</w:t>
+29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ Р 51198-98 "Мясо и мясные продукты. Метод определения L-(+)-глутаминовой кислоты"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5686,241 +5496,268 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33</w:t>
-[...81 lines deleted...]
-            </w:pPr>
+30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+МВИ.МН 1363-2000 "Методика по определению аминокислот в продуктах питания с помощью высокоэффективной жидкостной хроматографии" (свидетельство об аттестации № 236/2002 от 06.03.2002)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+применяется до разработки соответст-вующего межгосудар-ственного стандарта и внесения его в настоящий перечень</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34</w:t>
-[...67 lines deleted...]
-ГОСТ 31904-2012 "Продукты пищевые. Методы отбора проб для микробиологических испытаний"</w:t>
+31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+статья 6, пункт 7 статьи 7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 15113.7-77 "Концентраты пищевые. Методы определения поваренной соли"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5949,119 +5786,124 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35</w:t>
-[...67 lines deleted...]
-ГОСТ Р ИСО 7002-2012 "Продукты сельскохозяйственные пищевые. Схема стандартного метода отбора проб из партии"</w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+статья 6, приложение 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ ISO/TS 17728-2017 "Микробиология пищевой цепи. Методы отбора проб пищевой продукции и кормов для микробиологического анализа"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6090,119 +5932,100 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36</w:t>
-[...67 lines deleted...]
-СТБ 1036-97 "Продукты пищевые и продовольственное сырье. Методы отбора проб для определения показателей безопасности"</w:t>
+33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 31413-2010 "Водоросли, травы морские и продукция из них. Правила приемки и методы отбора проб"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6231,123 +6054,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37</w:t>
-[...71 lines deleted...]
-ГОСТ 31467-2012 "Мясо птицы, субпродукты и полуфабрикаты из мяса птицы. Методы отбора проб и подготовка их к испытаниям"</w:t>
+34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 31904-2012 "Продукты пищевые. Методы отбора проб для микробиологических испытаний"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6376,119 +6195,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38</w:t>
-[...67 lines deleted...]
-ГОСТ Р 54374-2011 "Мясо птицы, субпродукты и полуфабрикаты из мяса птицы. Методы выявления и определения количества бактерий группы кишечных палочек (колиформных бактерий)"</w:t>
+35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ Р ИСО 7002-2012 "Продукты сельскохозяйственные пищевые. Схема стандартного метода отбора проб из партии"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6517,124 +6336,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39</w:t>
-[...72 lines deleted...]
-СТБ ГОСТ Р 51447-99 (ИСО 3100-1-91) "Мясо и мясные продукты. Методы отбора проб"</w:t>
+36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+СТБ 1036-97 "Продукты пищевые и продовольственное сырье. Методы отбора проб для определения показателей безопасности"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6663,100 +6477,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40</w:t>
-[...48 lines deleted...]
-СТ РК ГОСТ Р 51448-2010 "Мясо и мясные продукты. Методы подготовки проб для микробиологических исследований"</w:t>
+37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+статья 6, раздел 2.1 таблицы 2 приложения 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 31467-2012 "Мясо птицы, субпродукты и полуфабрикаты из мяса птицы. Методы отбора проб и подготовка их к испытаниям"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6785,100 +6622,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41</w:t>
-[...48 lines deleted...]
-ГОСТ Р 50396.0-2013 "Мясо птицы, субпродукты и полуфабрикаты из мяса птицы. Методы отбора проб и подготовка к микробиологическим исследованиям"</w:t>
+38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ Р 54374-2011 "Мясо птицы, субпродукты и полуфабрикаты из мяса птицы. Методы выявления и определения количества бактерий группы кишечных палочек (колиформных бактерий)"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6907,119 +6763,124 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42</w:t>
-[...67 lines deleted...]
-ГОСТ Р 51447-99 "Мясо и мясные продукты. Методы отбора проб"</w:t>
+39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+статья 6, разделы 2.1, 2.2 и 2.4 таблицы 2 приложения 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+СТБ ГОСТ Р 51447-99 (ИСО 3100-1-91) "Мясо и мясные продукты. Методы отбора проб"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7048,119 +6909,100 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43</w:t>
-[...67 lines deleted...]
-ГОСТ Р 51448-99 "Мясо и мясные продукты. Методы подготовки проб для микробиологических исследований"</w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+СТ РК ГОСТ Р 51448-2010 "Мясо и мясные продукты. Методы подготовки проб для микробиологических исследований"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7189,123 +7031,100 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44</w:t>
-[...71 lines deleted...]
-ГОСТ ISO 22119-2013 "Микробиология пищевых продуктов и кормов для животных. Полимеразная цепная реакция (ПЦР) в режиме реального времени для определения патогенных микроорганизмов в пищевых продуктах. Общие требования и определения"</w:t>
+41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ Р 50396.0-2013 "Мясо птицы, субпродукты и полуфабрикаты из мяса птицы. Методы отбора проб и подготовка к микробиологическим исследованиям"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7334,120 +7153,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45</w:t>
-[...68 lines deleted...]
-ГОСТ ИСО 21569-2009 "Продукты пищевые. Методы анализа для обнаружения генетически модифицированных организмов и производных продуктов. Методы качественного обнаружения на основе анализа нуклеиновых кислот"</w:t>
+42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ Р 51447-99 "Мясо и мясные продукты. Методы отбора проб"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7476,100 +7294,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46</w:t>
-[...48 lines deleted...]
-ГОСТ ИСО 21570-2009 "Продукты пищевые. Методы анализа для обнаружения генетически модифицированных организмов и производных продуктов. Количественные методы, основанные на нуклеиновой кислоте"</w:t>
+43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ Р 51448-99 "Мясо и мясные продукты. Методы подготовки проб для микробиологических исследований"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7598,100 +7435,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47</w:t>
-[...48 lines deleted...]
-ГОСТ ИСО 21571-2009 "Продукты пищевые. Методы анализа для обнаружения генетически модифицированных организмов и производных продуктов. Экстрагирование нуклеиновых кислот"</w:t>
+44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+подпункт 2 пункта 3 статьи 6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ ISO 22119-2013 "Микробиология пищевых продуктов и кормов для животных. Полимеразная цепная реакция (ПЦР) в режиме реального времени для определения патогенных микроорганизмов в пищевых продуктах. Общие требования и определения"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7720,119 +7580,120 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48</w:t>
-[...67 lines deleted...]
-ГОСТ ИСО 21572-2009 "Продукты пищевые. Методы анализа для обнаружения генетически модифицированных организмов и производных продуктов. Методы, основанные на протеине"</w:t>
+45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ ИСО 21569-2009 "Продукты пищевые. Методы анализа для обнаружения генетически модифицированных организмов и производных продуктов. Методы качественного обнаружения на основе анализа нуклеиновых кислот"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7861,120 +7722,100 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49</w:t>
-[...68 lines deleted...]
-ГОСТ CEN/TS 15568-2015 "Пищевые продукты. Методы анализа для обнаружения генетически модифицированных организмов и производных продуктов. Стратегии отбора проб"</w:t>
+46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ ИСО 21570-2009 "Продукты пищевые. Методы анализа для обнаружения генетически модифицированных организмов и производных продуктов. Количественные методы, основанные на нуклеиновой кислоте"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8003,100 +7844,100 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50</w:t>
+47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-СТБ ISO 24276-2012 "Продукция пищевая. Методы анализа для обнаружения генетически модифицированных организмов и производных продуктов. Общие требования и определения"</w:t>
+ГОСТ ИСО 21571-2009 "Продукты пищевые. Методы анализа для обнаружения генетически модифицированных организмов и производных продуктов. Экстрагирование нуклеиновых кислот"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8125,100 +7966,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51</w:t>
-[...48 lines deleted...]
-СТ РК ИСО 24276-2010 "Продукты пищевые. Методы выявления генетически модифицированных организмов и полученных из их продуктов. Основные требования и определения"</w:t>
+48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ ИСО 21572-2009 "Продукты пищевые. Методы анализа для обнаружения генетически модифицированных организмов и производных продуктов. Методы, основанные на протеине"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8247,119 +8107,120 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52</w:t>
-[...67 lines deleted...]
-ГОСТ Р ИСО 21571-2014 "Продукты пищевые. Методы анализа для обнаружения генетически модифицированных организмов и полученных из них продуктов. Экстракция нуклеиновых кислот"</w:t>
+49</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ CEN/TS 15568-2015 "Пищевые продукты. Методы анализа для обнаружения генетически модифицированных организмов и производных продуктов. Стратегии отбора проб"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8388,119 +8249,100 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53</w:t>
-[...67 lines deleted...]
-СТБ ГОСТ Р 52173-2005 "Сырье и продукты пищевые. Метод идентификации генетически модифицированных источников (ГМИ) растительного происхождения"</w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+СТБ ISO 24276-2012 "Продукция пищевая. Методы анализа для обнаружения генетически модифицированных организмов и производных продуктов. Общие требования и определения"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8529,119 +8371,100 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-54</w:t>
-[...67 lines deleted...]
-СТБ ГОСТ Р 52174-2005 "Биологическая безопасность. Сырье и продукты пищевые. Метод идентификации генетически модифицированных источников (ГМИ) растительного происхождения с применением биологического микрочипа"</w:t>
+51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+СТ РК ИСО 24276-2010 "Продукты пищевые. Методы выявления генетически модифицированных организмов и полученных из их продуктов. Основные требования и определения"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8670,119 +8493,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55</w:t>
-[...67 lines deleted...]
-СТ РК 1345-2005 "Биологическая безопасность. Сырье и продукты пищевые. Метод идентификации генетически модифицированных источников (ГМИ) растительного происхождения с применением биологического микрочипа"</w:t>
+52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ Р ИСО 21571-2014 "Продукты пищевые. Методы анализа для обнаружения генетически модифицированных организмов и полученных из них продуктов. Экстракция нуклеиновых кислот"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8811,120 +8634,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-56</w:t>
-[...68 lines deleted...]
-СТ РК 1346-2005 "Биологическая безопасность. Сырье и продукты пищевые. Метод идентификации генетически модифицированных источников (ГМИ) растительного происхождения"</w:t>
+53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+СТБ ГОСТ Р 52173-2005 "Сырье и продукты пищевые. Метод идентификации генетически модифицированных источников (ГМИ) растительного происхождения"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8953,100 +8775,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57</w:t>
-[...48 lines deleted...]
-ГОСТ Р 53214-2008 (ISO 24276:2006) "Продукты пищевые. Методы анализа для обнаружения генетически модифицированных организмов и полученных из них продуктов. Общие требования и определения"</w:t>
+54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+СТБ ГОСТ Р 52174-2005 "Биологическая безопасность. Сырье и продукты пищевые. Метод идентификации генетически модифицированных источников (ГМИ) растительного происхождения с применением биологического микрочипа"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9075,100 +8916,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-58</w:t>
-[...48 lines deleted...]
-ГОСТ Р 53244-2008 (ISO 21570:2005) "Продукты пищевые. Методы анализа для обнаружения генетически модифицированных организмов и полученных из них продуктов. Методы, основанные на количественном определении нуклеиновых кислот"</w:t>
+55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+СТ РК 1345-2005 "Биологическая безопасность. Сырье и продукты пищевые. Метод идентификации генетически модифицированных источников (ГМИ) растительного происхождения с применением биологического микрочипа"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9197,119 +9057,120 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59</w:t>
-[...67 lines deleted...]
-ГОСТ Р 52173-2003 "Сырье и продукты пищевые. Метод идентификации генетически модифицированных источников (ГМИ) растительного происхождения"</w:t>
+56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+СТ РК 1346-2005 "Биологическая безопасность. Сырье и продукты пищевые. Метод идентификации генетически модифицированных источников (ГМИ) растительного происхождения"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9338,288 +9199,222 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60</w:t>
-[...104 lines deleted...]
-            </w:r>
+57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ Р 53214-2008 (ISO 24276:2006) "Продукты пищевые. Методы анализа для обнаружения генетически модифицированных организмов и полученных из них продуктов. Общие требования и определения"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61</w:t>
-[...91 lines deleted...]
-              <w:t>С"</w:t>
+58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ Р 53244-2008 (ISO 21570:2005) "Продукты пищевые. Методы анализа для обнаружения генетически модифицированных организмов и полученных из них продуктов. Методы, основанные на количественном определении нуклеиновых кислот"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9648,139 +9443,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-62</w:t>
-[...87 lines deleted...]
-              <w:t>С"</w:t>
+59</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ Р 52173-2003 "Сырье и продукты пищевые. Метод идентификации генетически модифицированных источников (ГМИ) растительного происхождения"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9809,260 +9584,288 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-63</w:t>
-[...100 lines deleted...]
-            </w:pPr>
+60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ Р 52174-2003 "Биологическая безопасность. Сырье и продукты пищевые. Метод идентификации генетически модифицированных источников (ГМИ) растительного происхождения с применением биологического микрочипа"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Применяется до 01.07.2019</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-64</w:t>
-[...67 lines deleted...]
-пункт 7.17 ГОСТ 33491-2015 "Продукты кисломолочные, обогащенные бифидобактериями бифидум. Технические условия"</w:t>
+61</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пункт 4 статьи 6, таблица 1 приложения 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ГОСТ ISO 7889-2015 "Йогурт. Подсчет характерных микроорганизмов. Методика подсчета колоний микроорганизмов после инкубации при температуре 37 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>С"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10091,119 +9894,139 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-65</w:t>
-[...67 lines deleted...]
-ГОСТ Р 56201-2014 "Продукты пищевые функциональные. Методы определения бифидогенных свойств"</w:t>
+62</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ГОСТ ISO 29981-2013 "Продукты молочные. Подсчет презумптивных бифидобактерий. Метод определения количества колоний при температуре 37 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>С"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10232,119 +10055,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66</w:t>
-[...67 lines deleted...]
-ГОСТ Р 56139-2014 "Продукты пищевые функциональные. Методы определения и подсчета пробиотических микроорганизмов"</w:t>
+63</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 10444.11-2013 "Микробиология пищевых продуктов и кормов для животных. Методы выявления и подсчета количества мезофильных молочнокислых микроорганизмов"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10373,123 +10196,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-67</w:t>
-[...71 lines deleted...]
-ГОСТ ISO 4833-2015 "Микробиология пищевой продукции и кормов. Горизонтальный метод подсчета микроорганизмов. Методика подсчета колоний после инкубации при температуре 30 °C"</w:t>
+64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пункт 7.17 ГОСТ 33491-2015 "Продукты кисломолочные, обогащенные бифидобактериями бифидум. Технические условия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10518,120 +10337,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-68</w:t>
-[...68 lines deleted...]
-ГОСТ ISO 6887-1-2015 "Микробиология пищевой продукции и кормов. Подготовка образцов для испытания, исходной суспензии и десятикратных разведений для микробиологического исследования. Часть 1. Общие правила подготовки исходной суспензии и десятикратных разведений"</w:t>
+65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ Р 56201-2014 "Продукты пищевые функциональные. Методы определения бифидогенных свойств"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10660,100 +10478,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-69</w:t>
-[...48 lines deleted...]
-ГОСТ ISO 6887-6-2015 "Микробиология пищевых продуктов и кормов для животных. Подготовка проб для анализа, исходной суспензии и десятичных разведений для микробиологического исследования. Часть 6. Специальные правила приготовления проб, отобранных на начальной стадии производства"</w:t>
+66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ Р 56139-2014 "Продукты пищевые функциональные. Методы определения и подсчета пробиотических микроорганизмов"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10782,119 +10619,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70</w:t>
-[...67 lines deleted...]
-ГОСТ ISO 7218-2015 "Микробиология пищевых продуктов и кормов для животных. Общие требования и рекомендации по микробиологическим исследованиям"</w:t>
+67</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пункт 4 статьи 6, таблица 2 приложения 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ ISO 4833-2015 "Микробиология пищевой продукции и кормов. Горизонтальный метод подсчета микроорганизмов. Методика подсчета колоний после инкубации при температуре 30 °C"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10923,119 +10764,120 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-71</w:t>
-[...67 lines deleted...]
-ГОСТ 26669-85 "Продукты пищевые и вкусовые. Подготовка проб для микробиологических анализов"</w:t>
+68</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ ISO 6887-1-2015 "Микробиология пищевой продукции и кормов. Подготовка образцов для испытания, исходной суспензии и десятикратных разведений для микробиологического исследования. Часть 1. Общие правила подготовки исходной суспензии и десятикратных разведений"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11064,124 +10906,100 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-72</w:t>
-[...72 lines deleted...]
-ГОСТ 7702.2.7-2013 "Мясо птицы, субпродукты и полуфабрикаты из мяса птицы. Методы выявления бактерий рода Proteus" </w:t>
+69</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ ISO 6887-6-2015 "Микробиология пищевых продуктов и кормов для животных. Подготовка проб для анализа, исходной суспензии и десятичных разведений для микробиологического исследования. Часть 6. Специальные правила приготовления проб, отобранных на начальной стадии производства"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11210,100 +11028,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-73</w:t>
-[...48 lines deleted...]
-ГОСТ Р 50396.1-2010 "Мясо птицы, субпродукты и полуфабрикаты из мяса птицы. Метод определения количества мезофильных аэробных и факультативно-анаэробных микроорганизмов"</w:t>
+70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ ISO 7218-2015 "Микробиология пищевых продуктов и кормов для животных. Общие требования и рекомендации по микробиологическим исследованиям"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11332,124 +11169,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-74</w:t>
-[...72 lines deleted...]
-ГОСТ 10444.15-94 "Продукты пищевые. Методы определения количества мезофильных аэробных и факультативно-анаэробных микроорганизмов"</w:t>
+71</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 26669-85 "Продукты пищевые и вкусовые. Подготовка проб для микробиологических анализов"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11478,100 +11310,124 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-75</w:t>
-[...48 lines deleted...]
-ГОСТ 31747-2012 (ISO 4831:2006, ISO 4832:2006) "Продукты пищевые. Методы выявления и определения количества бактерий группы кишечных палочек (колиформных бактерий)"</w:t>
+72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пункт 4 статьи 6, раздел 2.1 таблицы 2 приложения 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ГОСТ 7702.2.7-2013 "Мясо птицы, субпродукты и полуфабрикаты из мяса птицы. Методы выявления бактерий рода Proteus" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11600,123 +11456,100 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-76</w:t>
-[...71 lines deleted...]
-ГОСТ 7702.2.0-2016 "Продукты убоя птицы, полуфабрикаты из мяса птицы и объекты окружающей производственной среды. Методы отбора проб и подготовка к микробиологическим исследованиям"</w:t>
+73</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ Р 50396.1-2010 "Мясо птицы, субпродукты и полуфабрикаты из мяса птицы. Метод определения количества мезофильных аэробных и факультативно-анаэробных микроорганизмов"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11745,124 +11578,124 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-77</w:t>
+74</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пункты 4 и 5 статьи 6, таблица 1 и разделы 2.2 – 2.4 таблицы 2 приложения 1, приложение 3</w:t>
-[...35 lines deleted...]
-ГОСТ ISO 707-2013 "Молоко и молочные продукты. Руководство по отбору проб"</w:t>
+пункт 4 статьи 6, разделы 2.1 – 2.4 таблицы 2 приложения 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 10444.15-94 "Продукты пищевые. Методы определения количества мезофильных аэробных и факультативно-анаэробных микроорганизмов"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11891,226 +11724,245 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-78</w:t>
+75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ГОСТ 3622-68 "Молоко и молочные продукты. Отбор проб и подготовка их к испытанию"</w:t>
-[...36 lines deleted...]
-            </w:r>
+ГОСТ 31747-2012 (ISO 4831:2006, ISO 4832:2006) "Продукты пищевые. Методы выявления и определения количества бактерий группы кишечных палочек (колиформных бактерий)"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-79</w:t>
-[...48 lines deleted...]
-ГОСТ 26809.1-2014 "Молоко и молочная продукция. Правила приемки, методы отбора и подготовки проб к анализу. Часть 1. Молоко, молочные, молочные составные и молокосодержащие продукты"</w:t>
+76</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пункт 4 статьи 6, разделы 2.1, 2.3 и 2.4 таблицы 2 приложения 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 7702.2.0-2016 "Продукты убоя птицы, полуфабрикаты из мяса птицы и объекты окружающей производственной среды. Методы отбора проб и подготовка к микробиологическим исследованиям"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12139,119 +11991,124 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-80</w:t>
-[...67 lines deleted...]
-ГОСТ Р ИСО 24333-2011 "Зерно и продукты его переработки. Отбор проб"</w:t>
+77</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пункты 4 и 5 статьи 6, таблица 1 и разделы 2.2 – 2.4 таблицы 2 приложения 1, приложение 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ ISO 707-2013 "Молоко и молочные продукты. Руководство по отбору проб"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12280,268 +12137,226 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-81</w:t>
-[...104 lines deleted...]
-            </w:pPr>
+78</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 3622-68 "Молоко и молочные продукты. Отбор проб и подготовка их к испытанию"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+применяется до 01.07.2019</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-82</w:t>
-[...71 lines deleted...]
-ГОСТ ISO 6611-2013 "Молоко и молочные продукты. Подсчет колониеобразующих единиц дрожжей и/или плесневых грибов. Методика определения количества колоний при температуре 25 °С"</w:t>
+79</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 26809.1-2014 "Молоко и молочная продукция. Правила приемки, методы отбора и подготовки проб к анализу. Часть 1. Молоко, молочные, молочные составные и молокосодержащие продукты"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12570,136 +12385,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-83</w:t>
-[...84 lines deleted...]
-              <w:t>Подготовка образцов для испытания, исходной суспензии и десятикратных разведений для микробиологического исследования. Часть 5. Специальные правила подготовки молока и молочной продукции"</w:t>
+80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ Р ИСО 24333-2011 "Зерно и продукты его переработки. Отбор проб"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12728,119 +12526,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-84</w:t>
-[...67 lines deleted...]
-ГОСТ ISO 21527-1-2013 "Микробиология пищевых продуктов и кормов для животных. Метод подсчета дрожжевых и плесневых грибов. Часть 1. Методика подсчета колоний в продуктах, активность воды в которых больше 0,95"</w:t>
+81</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пункты 4 и 5 статьи 6, разделы 2.2 – 2.4 таблицы 2 приложения 1, приложение 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 15113.0-77 "Концентраты пищевые. Правила приемки, отбор и подготовка проб"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12869,120 +12671,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-85</w:t>
-[...68 lines deleted...]
-ГОСТ ISO 21527-2-2013 "Микробиология пищевых продуктов и кормов для животных. Метод подсчета дрожжевых и плесневых грибов. Часть 2. Методика подсчета колоний в продуктах, активность воды в которых меньше или равна 0,95"</w:t>
+82</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пункт 4 статьи 6, разделы 2.2 – 2.4 таблицы 2 приложения 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ ISO 6611-2013 "Молоко и молочные продукты. Подсчет колониеобразующих единиц дрожжей и/или плесневых грибов. Методика определения количества колоний при температуре 25 °С"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13011,100 +12816,136 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-86</w:t>
-[...48 lines deleted...]
-ГОСТ ISO 21871-2013 "Микробиология пищевых продуктов и кормов для животных. Метод обнаружения и подсчета наиболее вероятного числа Bacillus cereus"</w:t>
+83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ГОСТ ISO 6887-5-2016 "Микробиология пищевой продукции и кормов. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Подготовка образцов для испытания, исходной суспензии и десятикратных разведений для микробиологического исследования. Часть 5. Специальные правила подготовки молока и молочной продукции"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13133,100 +12974,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-87</w:t>
-[...48 lines deleted...]
-ГОСТ 10444.2-94 "Продукты пищевые. Методы выявления и определения количества Staphylococcus aureus"</w:t>
+84</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ ISO 21527-1-2013 "Микробиология пищевых продуктов и кормов для животных. Метод подсчета дрожжевых и плесневых грибов. Часть 1. Методика подсчета колоний в продуктах, активность воды в которых больше 0,95"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13255,139 +13115,120 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-88</w:t>
-[...87 lines deleted...]
-              <w:t>C"</w:t>
+85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ ISO 21527-2-2013 "Микробиология пищевых продуктов и кормов для животных. Метод подсчета дрожжевых и плесневых грибов. Часть 2. Методика подсчета колоний в продуктах, активность воды в которых меньше или равна 0,95"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13416,119 +13257,100 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-89</w:t>
-[...67 lines deleted...]
-ГОСТ 10444.12-2013 "Микробиология пищевых продуктов и кормов для животных. Методы выявления и подсчета количества дрожжей и плесневых грибов"</w:t>
+86</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ ISO 21871-2013 "Микробиология пищевых продуктов и кормов для животных. Метод обнаружения и подсчета наиболее вероятного числа Bacillus cereus"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13557,119 +13379,100 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-90</w:t>
-[...67 lines deleted...]
-ГОСТ 26972-86 "Зерно, крупа, мука, толокно для продуктов детского питания. Методы микробиологического анализа"</w:t>
+87</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 10444.2-94 "Продукты пищевые. Методы выявления и определения количества Staphylococcus aureus"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13698,281 +13501,280 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-91</w:t>
-[...68 lines deleted...]
-            </w:r>
+88</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-применяется </w:t>
-[...17 lines deleted...]
-            </w:r>
+ГОСТ 10444.8-2013 "Микробиология пищевых продуктов и кормов для животных. Горизонтальный метод подсчета презумптивных бактерий Bacillus cereus. Метод подсчета колоний при температуре 30 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-92</w:t>
-[...67 lines deleted...]
-ГОСТ 28805-90 "Продукты пищевые. Методы выявления и определения количества осмотолерантных дрожжей и плесневых грибов"</w:t>
+89</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 10444.12-2013 "Микробиология пищевых продуктов и кормов для животных. Методы выявления и подсчета количества дрожжей и плесневых грибов"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14001,405 +13803,422 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-93</w:t>
-[...104 lines deleted...]
-            </w:r>
+90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 26972-86 "Зерно, крупа, мука, толокно для продуктов детского питания. Методы микробиологического анализа"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-94</w:t>
-[...100 lines deleted...]
-            </w:pPr>
+91</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 28560-90 "Продукты пищевые. Метод выявления бактерий родов Рrоtеus, Моrgаnеllа, Рrоvidеnсiа"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+применяется </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в отношении показателя "Proteus"</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-95</w:t>
-[...67 lines deleted...]
-ГОСТ 30705-2000 "Продукты молочные для детского питания. Метод определения общего количества мезофильных аэробных и факультативно-анаэробных микроорганизмов"</w:t>
+92</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 28805-90 "Продукты пищевые. Методы выявления и определения количества осмотолерантных дрожжей и плесневых грибов"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14428,242 +14247,264 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-96</w:t>
-[...101 lines deleted...]
-            </w:pPr>
+93</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 30347-97 "Молоко и молочные продукты. Методы определения Staphylococcus aureus"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+применяется до 01.09.2018</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-97</w:t>
-[...48 lines deleted...]
-ГОСТ 31746-2012 (ISO 6888-1:1999, ISO 6888-2:1999, ISO 6888-3:2003) "Продукты пищевые. Методы выявления и определения количества коагулазоположительных стафилококков и Staphylococcus aureus"</w:t>
+94</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 30347-2016 "Молоко и молочная продукция. Методы определения Staphylococcus aureus"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14692,119 +14533,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-98</w:t>
-[...67 lines deleted...]
-ГОСТ 32012-2012 "Молоко и молочная продукция. Методы определения содержания спор мезофильных анаэробных микроорганизмов"</w:t>
+95</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 30705-2000 "Продукты молочные для детского питания. Метод определения общего количества мезофильных аэробных и факультативно-анаэробных микроорганизмов"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14833,119 +14674,120 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-99</w:t>
-[...67 lines deleted...]
-ГОСТ 32149-2013 "Пищевые продукты переработки яиц сельскохозяйственной птицы. Методы микробиологического анализа"</w:t>
+96</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 30706-2000 "Продукты молочные для детского питания. Метод определения количества дрожжей и плесневых грибов"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14974,119 +14816,100 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100</w:t>
-[...67 lines deleted...]
-ГОСТ 32901-2014 "Молоко и молочная продукция. Методы микробиологического анализа"</w:t>
+97</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 31746-2012 (ISO 6888-1:1999, ISO 6888-2:1999, ISO 6888-3:2003) "Продукты пищевые. Методы выявления и определения количества коагулазоположительных стафилококков и Staphylococcus aureus"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15115,120 +14938,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-101</w:t>
-[...68 lines deleted...]
-ГОСТ 33566-2015 "Молоко и молочная продукция. Определение дрожжей и плесневых грибов"</w:t>
+98</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 32012-2012 "Молоко и молочная продукция. Методы определения содержания спор мезофильных анаэробных микроорганизмов"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15257,120 +15079,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-102</w:t>
-[...68 lines deleted...]
-              <w:t>С"</w:t>
+99</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 32149-2013 "Пищевые продукты переработки яиц сельскохозяйственной птицы. Методы микробиологического анализа"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15399,100 +15220,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-103</w:t>
-[...48 lines deleted...]
-ГОСТ Р 54674-2011 "Мясо птицы, субпродукты и полуфабрикаты из мяса птицы. Метод выявления и определение Staphylococcus aureus"</w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 32901-2014 "Молоко и молочная продукция. Методы микробиологического анализа"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15521,119 +15361,120 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-104</w:t>
-[...67 lines deleted...]
-ГОСТ Р 56145-2014 "Продукты пищевые функциональные. Методы микробиологического анализа"</w:t>
+101</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 33566-2015 "Молоко и молочная продукция. Определение дрожжей и плесневых грибов"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15662,123 +15503,120 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-105</w:t>
-[...71 lines deleted...]
-ГОСТ Р 54354-2011 "Мясо и мясные продукты. Общие требования и методы микробиологического анализа"</w:t>
+102</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+СТ РК ИСО 6611-2009 "Молоко и молочные продукты. Подсчет колониеобразующих единиц дрожжей и/или плесени. Метод подсчета колоний при 25 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>С"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15807,140 +15645,100 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-106</w:t>
-[...88 lines deleted...]
-ГОСТ 30712-2001 "Продукты безалкогольной промышленности. Методы микробиологического анализа"</w:t>
+103</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ Р 54674-2011 "Мясо птицы, субпродукты и полуфабрикаты из мяса птицы. Метод выявления и определение Staphylococcus aureus"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15969,123 +15767,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-107</w:t>
-[...71 lines deleted...]
-ГОСТ ISO 16649-1-2015 "Микробиология пищевой продукции и кормов. Горизонтальный метод подсчета бета-глюкуронидаза-положительных Escherichia сoli (кишечная палочка). Часть 1. Методика подсчета колоний при температуре 44 °С с применением мембран и 5-бром-4-хлор-3-индолил бета-D-глюкуронида"</w:t>
+104</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ Р 56145-2014 "Продукты пищевые функциональные. Методы микробиологического анализа"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16114,139 +15908,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-108</w:t>
-[...87 lines deleted...]
-              <w:t>С с применением 5-бром-4-хлоро-3-индолил бета-D-глюкуронида"</w:t>
+105</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пункт 4 статьи 6, разделы 2.2 и 2.4 таблицы 2 приложения 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ Р 54354-2011 "Мясо и мясные продукты. Общие требования и методы микробиологического анализа"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16275,137 +16053,140 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-109</w:t>
-[...33 lines deleted...]
-            </w:pPr>
+106</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-ГОСТ ISO/TS 13136-2016 "Микробиология пищевой продукции и кормов для животных. Полимеразная цепная реакция в режиме реального времени для определения патогенных микроорганизмов. Горизонтальный метод определения бактерий Escherichia coli, продуцирующих </w:t>
-[...16 lines deleted...]
-              <w:t>Шига-токсин, в том числе серогрупп O157, O111, O26, O103 и O145"</w:t>
+пункт 4 статьи 6, раздел 2.3 </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>таблицы 2 приложения 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 30712-2001 "Продукты безалкогольной промышленности. Методы микробиологического анализа"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16434,100 +16215,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-110</w:t>
-[...48 lines deleted...]
-ГОСТ 30726-2001 "Продукты пищевые. Методы выявления и определения количества бактерий вида Escherichia coli"</w:t>
+107</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пункт 4 статьи 6, разделы 2.3 и 2.4 таблицы 2 приложения 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ ISO 16649-1-2015 "Микробиология пищевой продукции и кормов. Горизонтальный метод подсчета бета-глюкуронидаза-положительных Escherichia сoli (кишечная палочка). Часть 1. Методика подсчета колоний при температуре 44 °С с применением мембран и 5-бром-4-хлор-3-индолил бета-D-глюкуронида"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16556,51 +16360,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-111</w:t>
+108</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16624,68 +16428,71 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-ГОСТ 31708-2012 "Микробиология пищевых продуктов и кормов. Метод обнаружения </w:t>
-[...16 lines deleted...]
-              <w:t>и определения количества презумптивных бактерий Escherichia coli. Метод наиболее вероятного числа"</w:t>
+ГОСТ ISO 16649-2-2015 "Микробиология пищевой продукции. Горизонтальный метод подсчета бета-глюкуронидаза-положительных Escherichia coli (кишечная палочка). Часть 2. Методика подсчета колоний при температуре 44 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>С с применением 5-бром-4-хлоро-3-индолил бета-D-глюкуронида"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16714,57 +16521,58 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-112</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+109</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -16782,68 +16590,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-ГОСТ 32011-2013 (ISO 16654:2001) "Микробиология пищевых продуктов </w:t>
-[...16 lines deleted...]
-              <w:t>и кормов для животных. Горизонтальный метод обнаружения Escherichia coli O157"</w:t>
+ГОСТ ISO/TS 13136-2016 "Микробиология пищевой продукции и кормов для животных. Полимеразная цепная реакция в режиме реального времени для определения патогенных микроорганизмов. Горизонтальный метод определения бактерий Escherichia coli, продуцирующих </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шига-токсин, в том числе серогрупп O157, O111, O26, O103 и O145"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16872,119 +16680,100 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-113</w:t>
-[...67 lines deleted...]
-ГОСТ Р 50454-92 "Мясо и мясные продукты. Обнаружение и учет предполагаемых колиформных бактерий и Еsсhеriсhiа соli (арбитражный метод)"</w:t>
+110</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 30726-2001 "Продукты пищевые. Методы выявления и определения количества бактерий вида Escherichia coli"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17013,51 +16802,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-114</w:t>
+111</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17081,68 +16870,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-ГОСТ Р 55361-2012 "Жир молочный, масло </w:t>
-[...16 lines deleted...]
-              <w:t>и паста масляная из коровьего молока. Правила приемки, отбор проб и методы контроля"</w:t>
+ГОСТ 31708-2012 "Микробиология пищевых продуктов и кормов. Метод обнаружения </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и определения количества презумптивных бактерий Escherichia coli. Метод наиболее вероятного числа"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17171,158 +16960,136 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-115</w:t>
-[...6 lines deleted...]
-            <w:vMerge w:val="restart"/>
+112</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-пункт 4 статьи 6, раздел 2.4 </w:t>
-[...69 lines deleted...]
-              <w:t>и методы анализа"</w:t>
+ГОСТ 32011-2013 (ISO 16654:2001) "Микробиология пищевых продуктов </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и кормов для животных. Горизонтальный метод обнаружения Escherichia coli O157"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17351,279 +17118,277 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-116</w:t>
-[...119 lines deleted...]
-            </w:r>
+113</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ Р 50454-92 "Мясо и мясные продукты. Обнаружение и учет предполагаемых колиформных бактерий и Еsсhеriсhiа соli (арбитражный метод)"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-117</w:t>
-[...67 lines deleted...]
-ГОСТ 7702.2.6-2015 "Мясо птицы, субпродукты и полуфабрикаты из мяса птицы. Методы выявления и определения количества сульфитредуцирующих клостридий"</w:t>
+114</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ГОСТ Р 55361-2012 "Жир молочный, масло </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и паста масляная из коровьего молока. Правила приемки, отбор проб и методы контроля"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17652,136 +17417,158 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-118</w:t>
-[...37 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+115</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-ГОСТ 26312.1-84 "Крупа. Правила приемки </w:t>
-[...16 lines deleted...]
-              <w:t>и методы отбора проб"</w:t>
+пункт 4 статьи 6, раздел 2.4 </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>таблицы 2 приложения 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ГОСТ 7698-93 "Крахмал. Правила приемки </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и методы анализа"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17810,294 +17597,279 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-119</w:t>
-[...33 lines deleted...]
-          </w:p>
+116</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-ГОСТ 27668-88 "Мука и отруби. Приемка </w:t>
-[...49 lines deleted...]
-            </w:pPr>
+ГОСТ 7702.2.6-93 "Мясо птицы, субпродукты </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и полуфабрикаты птичьи. Методы выявления </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и определения количества сульфитредуцирующих клостридий"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+применяется до 01.07.2019</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-120</w:t>
-[...84 lines deleted...]
-              <w:t>выявления и подсчета сульфитредуцирующих бактерий, растущих в анаэробных условиях"</w:t>
+117</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 7702.2.6-2015 "Мясо птицы, субпродукты и полуфабрикаты из мяса птицы. Методы выявления и определения количества сульфитредуцирующих клостридий"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18126,51 +17898,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-121</w:t>
+118</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18194,68 +17966,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-ГОСТ 33444-2015 "Крахмал </w:t>
-[...16 lines deleted...]
-              <w:t>и крахмалопродукты. Методы отбора проб"</w:t>
+ГОСТ 26312.1-84 "Крупа. Правила приемки </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и методы отбора проб"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18284,51 +18056,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-122</w:t>
+119</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18352,68 +18124,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-ГОСТ 33536-2015 "Изделия кондитерские. </w:t>
-[...16 lines deleted...]
-              <w:t>Метод определения количества мезофильных аэробных и факультативно-анаэробных микроорганизмов"</w:t>
+ГОСТ 27668-88 "Мука и отруби. Приемка </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и методы отбора проб"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18442,140 +18214,136 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-123</w:t>
-[...36 lines deleted...]
-            </w:r>
+120</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-ГОСТ ISO 8070/IDF 119-2014 "Молоко </w:t>
-[...16 lines deleted...]
-              <w:t>и молочные продукты. Определение содержания кальция, натрия, калия и магния. Спектрометрический метод атомной абсорбции"</w:t>
+ГОСТ 29185-2014 "Микробиология пищевых продуктов и кормов для животных. Методы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>выявления и подсчета сульфитредуцирующих бактерий, растущих в анаэробных условиях"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18604,58 +18372,57 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-124</w:t>
-[...6 lines deleted...]
-            <w:vMerge w:val="restart"/>
+121</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -18673,85 +18440,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-ГОСТ ISO 8262-1-2016 "Продукты молочные </w:t>
-[...33 lines deleted...]
-              <w:t>Определение содержания жира гравиметрическим методом Вейбулла- Бернтропа (контрольный метод). Часть 1. Продукты детского питания"</w:t>
+ГОСТ 33444-2015 "Крахмал </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и крахмалопродукты. Методы отбора проб"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18780,120 +18530,136 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-125</w:t>
-[...68 lines deleted...]
- </w:t>
+122</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ГОСТ 33536-2015 "Изделия кондитерские. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Метод определения количества мезофильных аэробных и факультативно-анаэробных микроорганизмов"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18922,119 +18688,140 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-126</w:t>
-[...67 lines deleted...]
-ГОСТ ISO 12081-2013 "Молоко. Определение содержания кальция. Титриметрический метод"</w:t>
+123</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пункт 5 статьи 6, приложение 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ГОСТ ISO 8070/IDF 119-2014 "Молоко </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и молочные продукты. Определение содержания кальция, натрия, калия и магния. Спектрометрический метод атомной абсорбции"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19063,119 +18850,154 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-127</w:t>
-[...67 lines deleted...]
-ГОСТ ISO 12080-1-2016 "Молоко сухое обезжиренное. Определение содержания витамина А. Часть 1. Колориметрический метод"</w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ГОСТ ISO 8262-1-2016 "Продукты молочные </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и пищевые продукты на основе молока. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Определение содержания жира гравиметрическим методом Вейбулла- Бернтропа (контрольный метод). Часть 1. Продукты детского питания"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19204,120 +19026,120 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-128</w:t>
-[...68 lines deleted...]
-ГОСТ ISO 12080-2-2016 "Молоко сухое обезжиренное. Определение содержания витамина А. Часть 2. Метод высокоэффективной жидкостной хроматографии"</w:t>
+125</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z12" w:id="6"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ ISO 8381-2016 "Продукты детского питания на основе молока. Определение содержания жира. Гравиметрический метод (контрольный метод)"</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="6"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19346,100 +19168,198 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-129</w:t>
-[...48 lines deleted...]
-ГОСТ ISO 14892-2016 "Молоко сухое обезжиренное. Определение содержания витамина D с использованием высокоэффективной жидкостной хроматографии"</w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+125</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ГОСТ ISO 11813-2022 "Молоко </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и молочные продукты. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Определение содержания цинка. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Спектрометрический метод атомной абсорбции в пламени"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19468,117 +19388,164 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-130</w:t>
-[...14 lines deleted...]
-          <w:p/>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+125</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-ГОСТ ISO 23065-2015 "Жир молочный </w:t>
-[...16 lines deleted...]
-              <w:t>из обогащенных молочных продуктов. Определение содержания омега-3 и омега-6 жирных кислот в молочном жире методом газожидкостной хроматографии"</w:t>
+ГОСТ ISO 11870-2021 "Молоко </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и молочная продукция. Определение содержания жира. Общие руководящие указания по использованию бутирометрических методов"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19607,119 +19574,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-131</w:t>
-[...67 lines deleted...]
-ГОСТ EN 12821-2014 "Продукты пищевые. Определение содержания холекальциферола (витамина D3) и эргокальциферола (витамина D2) методом высокоэффективной жидкостной хроматографии"</w:t>
+126</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ ISO 12081-2013 "Молоко. Определение содержания кальция. Титриметрический метод"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19748,136 +19715,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-132</w:t>
-[...84 lines deleted...]
-              <w:t>(альфа-, бетта-, гамма- и дельта-токоферолов) методом высокоэффективной жидкостной хроматографии"</w:t>
+127</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ ISO 12080-1-2016 "Молоко сухое обезжиренное. Определение содержания витамина А. Часть 1. Колориметрический метод"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19906,119 +19856,120 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-133</w:t>
-[...67 lines deleted...]
-ГОСТ EN 12823-2-2014 "Продукты пищевые. Определение содержания витамина А методом высокоэффективной жидкостной хроматографии. Часть 2. Измерение содержания бета-каротина"</w:t>
+128</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ ISO 12080-2-2016 "Молоко сухое обезжиренное. Определение содержания витамина А. Часть 2. Метод высокоэффективной жидкостной хроматографии"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20047,321 +19998,250 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-134</w:t>
-[...161 lines deleted...]
-            </w:r>
+129</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ ISO 14892-2016 "Молоко сухое обезжиренное. Определение содержания витамина D с использованием высокоэффективной жидкостной хроматографии"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-135</w:t>
-[...67 lines deleted...]
-ГОСТ EN 14122-2013 "Продукты пищевые. Определение витамина В(1) с помощью высокоэффективной жидкостной хроматографии"</w:t>
+129</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ ISO 19662-2021 "Молоко. Определение содержания жира. Кислотно-бутирометрический метод (метод Гербера)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20390,120 +20270,117 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-136</w:t>
-[...68 lines deleted...]
-ГОСТ EN 14148-2015 "Продукция пищевая. Определение витамина K1 методом высокоэффективной жидкостной хроматографии"</w:t>
+130</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ГОСТ ISO 23065-2015 "Жир молочный </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>из обогащенных молочных продуктов. Определение содержания омега-3 и омега-6 жирных кислот в молочном жире методом газожидкостной хроматографии"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20532,100 +20409,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-137</w:t>
-[...48 lines deleted...]
-ГОСТ ЕN 14152-2013 "Продукты пищевые. Определение витамина В(2) с помощью высокоэффективной жидкостной хроматографии"</w:t>
+131</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ EN 12821-2014 "Продукты пищевые. Определение содержания холекальциферола (витамина D3) и эргокальциферола (витамина D2) методом высокоэффективной жидкостной хроматографии"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20654,119 +20550,136 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-138</w:t>
-[...67 lines deleted...]
-ГОСТ EN 14164-2014 "Продукты пищевые. Определение витамина В(6) с помощью высокоэффективной жидкостной хроматографии"</w:t>
+132</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ГОСТ EN 12822-2014 "Продукты пищевые. Определение содержания витамина Е </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(альфа-, бетта-, гамма- и дельта-токоферолов) методом высокоэффективной жидкостной хроматографии"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20795,120 +20708,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-139</w:t>
-[...68 lines deleted...]
-ГОСТ EN 14663-2014 "Продукция пищевая. Определение витамина В6 (включая гликозилированные формы) методом высокоэффективной жидкостной хроматографии"</w:t>
+133</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ EN 12823-2-2014 "Продукты пищевые. Определение содержания витамина А методом высокоэффективной жидкостной хроматографии. Часть 2. Измерение содержания бета-каротина"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20937,294 +20849,321 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-140</w:t>
-[...119 lines deleted...]
-          </w:tcPr>
+134</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z13" w:id="7"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ EN 14084-2014 "Продукты пищевые. Определение следовых элементов. Определение содержания свинца, кадмия, цинка, меди и железа с помощью атомно-абсорбционной спектрометрии после микроволнового разложения"</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="7"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z14" w:id="8"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 применяется </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...13 lines deleted...]
-              <w:t>в отношении показателя "йод"</w:t>
+          <w:bookmarkEnd w:id="8"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+в отношении показателей "цинк", "медь" </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и "железо"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-141</w:t>
-[...48 lines deleted...]
-ГОСТ EN 15505-2013 "Продукты пищевые. Определение следовых элементов. Определение натрия и магния с помощью пламенной атомно-абсорбционной спектрометрии с предварительной минерализацией пробы в микроволновой печи"</w:t>
+135</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ EN 14122-2013 "Продукты пищевые. Определение витамина В(1) с помощью высокоэффективной жидкостной хроматографии"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21253,119 +21192,120 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-142</w:t>
-[...67 lines deleted...]
-ГОСТ EN 15607-2015 "Продукты пищевые. Определение D-биотина методом высокоэффективной жидкостной хроматографии"</w:t>
+136</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ EN 14148-2015 "Продукция пищевая. Определение витамина K1 методом высокоэффективной жидкостной хроматографии"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21394,119 +21334,100 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-143</w:t>
-[...67 lines deleted...]
-ГОСТ EN 15652-2015 "Продукты пищевые. Определение ниацина методом высокоэффективной жидкостной хроматографии"</w:t>
+137</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ ЕN 14152-2013 "Продукты пищевые. Определение витамина В(2) с помощью высокоэффективной жидкостной хроматографии"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21535,139 +21456,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-144</w:t>
-[...87 lines deleted...]
- </w:t>
+138</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ EN 14164-2014 "Продукты пищевые. Определение витамина В(6) с помощью высокоэффективной жидкостной хроматографии"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21696,136 +21597,120 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-145</w:t>
-[...84 lines deleted...]
-              <w:t>и РР. Отбор проб, методы определения витаминов и испытания качества витаминных препаратов"</w:t>
+139</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ EN 14663-2014 "Продукция пищевая. Определение витамина В6 (включая гликозилированные формы) методом высокоэффективной жидкостной хроматографии"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21854,260 +21739,294 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-146</w:t>
-[...100 lines deleted...]
-            </w:pPr>
+140</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ГОСТ EN 15111-2015 "Продукты пищевые. Определение следовых элементов. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Метод определения йода методом </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">масс-спектрометрии с индуктивно </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>связанной плазмой (ICP-MS)"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+применяется </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в отношении показателя "йод"</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-147</w:t>
-[...67 lines deleted...]
-ГОСТ 10846-91 "Зерно и продукты его переработки. Метод определения белка"</w:t>
+141</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ EN 15505-2013 "Продукты пищевые. Определение следовых элементов. Определение натрия и магния с помощью пламенной атомно-абсорбционной спектрометрии с предварительной минерализацией пробы в микроволновой печи"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22136,119 +22055,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-148</w:t>
-[...67 lines deleted...]
-ГОСТ 15113.9-77 "Концентраты пищевые. Методы определения жира"</w:t>
+142</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ EN 15607-2015 "Продукты пищевые. Определение D-биотина методом высокоэффективной жидкостной хроматографии"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22277,119 +22196,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-149</w:t>
-[...67 lines deleted...]
-ГОСТ 22760-77 "Молочные продукты. Гравиметрический метод определения жира"</w:t>
+143</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ EN 15652-2015 "Продукты пищевые. Определение ниацина методом высокоэффективной жидкостной хроматографии"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22418,119 +22337,139 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-150</w:t>
-[...67 lines deleted...]
-ГОСТ 23327-98 "Молоко и молочные продукты. Метод измерения массовой доли общего азота по Кьельдалю и определение массовой доли белка"</w:t>
+144</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z15" w:id="9"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 5867-90 "Молоко и молочные продукты. Методы определения жира"</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="9"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22559,139 +22498,136 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-151</w:t>
-[...87 lines deleted...]
-"Продукты переработки плодов и овощей. Методы определения витамина С"</w:t>
+145</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ГОСТ 7047-55 "Витамины А, С, D, В1, В2 </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и РР. Отбор проб, методы определения витаминов и испытания качества витаминных препаратов"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22720,119 +22656,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-152</w:t>
-[...67 lines deleted...]
-ГОСТ 25179-2014 "Молоко и молочные продукты. Методы определения массовой доли белка"</w:t>
+146</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 8756.21-89 "Продукты переработки плодов и овощей. Методы определения жира"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22861,120 +22797,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-153</w:t>
-[...68 lines deleted...]
-раздел 1 ГОСТ 25999-83 "Продукты переработки плодов и овощей. Методы определения витаминов В1 и В2"</w:t>
+147</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 10846-91 "Зерно и продукты его переработки. Метод определения белка"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23003,100 +22938,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-154</w:t>
-[...48 lines deleted...]
-ГОСТ 26183-84 "Продукты переработки плодов и овощей, консервы мясные и мясорастительные. Метод определения жира"</w:t>
+148</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 15113.9-77 "Концентраты пищевые. Методы определения жира"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23125,136 +23079,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-155</w:t>
-[...84 lines deleted...]
-              <w:t>и мясорастительные. Методы определения хлоридов"</w:t>
+149</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 22760-77 "Молочные продукты. Гравиметрический метод определения жира"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23283,120 +23220,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-156</w:t>
-[...68 lines deleted...]
-ГОСТ 26313-2014 "Продукты переработки фруктов и овощей. Правила приемки и методы отбора проб"</w:t>
+150</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 23327-98 "Молоко и молочные продукты. Метод измерения массовой доли общего азота по Кьельдалю и определение массовой доли белка"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23425,100 +23361,139 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-157</w:t>
-[...48 lines deleted...]
-ГОСТ 26573.1-93 "Премиксы. Методы определения витамина А"</w:t>
+151</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z16" w:id="10"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 24556-89 (ISO 6557-1-86, ISO 6557-2-84)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="10"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Продукты переработки плодов и овощей. Методы определения витамина С"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23547,282 +23522,261 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-158</w:t>
-[...122 lines deleted...]
-            </w:r>
+152</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 25179-2014 "Молоко и молочные продукты. Методы определения массовой доли белка"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-159</w:t>
-[...67 lines deleted...]
-ГОСТ 26928-86 "Продукты пищевые. Метод определения железа"</w:t>
+153</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+раздел 1 ГОСТ 25999-83 "Продукты переработки плодов и овощей. Методы определения витаминов В1 и В2"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23851,301 +23805,258 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-160</w:t>
-[...141 lines deleted...]
-            </w:r>
+154</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 26183-84 "Продукты переработки плодов и овощей, консервы мясные и мясорастительные. Метод определения жира"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-161</w:t>
-[...67 lines deleted...]
-ГОСТ 26931-86 "Сырье и продукты пищевые. Методы определения меди"</w:t>
+155</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ГОСТ 26186-84 "Продукты переработки плодов и овощей, консервы мясные </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и мясорастительные. Методы определения хлоридов"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24174,119 +24085,120 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-162</w:t>
-[...67 lines deleted...]
-ГОСТ 26934-86 "Сырье и продукты пищевые. Метод определения цинка"</w:t>
+156</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 26313-2014 "Продукты переработки фруктов и овощей. Правила приемки и методы отбора проб"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24315,119 +24227,100 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-163</w:t>
-[...67 lines deleted...]
-ГОСТ 27670-88 "Мука кукурузная. Метод определения жира"</w:t>
+157</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 26573.1-93 "Премиксы. Методы определения витамина А"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24456,260 +24349,282 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-164</w:t>
-[...100 lines deleted...]
-            </w:pPr>
+158</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 26573.2-2014 "Премиксы. Методы определения марганца, меди, железа, цинка, кобальта"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z17" w:id="11"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+применяется</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="11"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+в отношении показателей "марганец", "цинк", "медь" </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и "железо"</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-165</w:t>
-[...67 lines deleted...]
-ГОСТ 29138-91 "Мука, хлеб и хлебобулочные изделия пшеничные витаминизированные. Метод определения витамина В1 (тиамина)"</w:t>
+159</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 26928-86 "Продукты пищевые. Метод определения железа"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24738,260 +24653,301 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-166</w:t>
-[...100 lines deleted...]
-            </w:pPr>
+160</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 26929-94 "Сырье и продукты пищевые. Подготовка проб. Минерализация для определения токсичных элементов"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z18" w:id="12"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+применяется</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="12"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+в отношении показателей "цинк", "медь" </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и "железо"</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-167</w:t>
-[...67 lines deleted...]
-ГОСТ 29140-91 "Мука, хлеб и хлебобулочные изделия пшеничные витаминизированные. Метод определения витамина РР (никотиновой кислоты)"</w:t>
+161</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 26931-86 "Сырье и продукты пищевые. Методы определения меди"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25020,136 +24976,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-168</w:t>
-[...84 lines deleted...]
-              <w:t>Методы определения жира"</w:t>
+162</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 26934-86 "Сырье и продукты пищевые. Метод определения цинка"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25178,320 +25117,260 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-169</w:t>
-[...159 lines deleted...]
-            </w:r>
+163</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 27670-88 "Мука кукурузная. Метод определения жира"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-170</w:t>
-[...68 lines deleted...]
- </w:t>
+164</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 29033-91 "Зерно и продукты его переработки. Методы определения жира"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25520,302 +25399,260 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-171</w:t>
-[...141 lines deleted...]
-            </w:r>
+165</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 29138-91 "Мука, хлеб и хлебобулочные изделия пшеничные витаминизированные. Метод определения витамина В1 (тиамина)"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-172</w:t>
-[...68 lines deleted...]
-ГОСТ 30615-99 "Сырье и продукты пищевые. Метод определения фосфора"</w:t>
+166</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 29139-91 "Мука, хлеб и хлебобулочные изделия пшеничные витаминизированные. Метод определения витамина В2 (рибофлавина)"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25844,100 +25681,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-173</w:t>
-[...48 lines deleted...]
-ГОСТ 30627.1-98 "Продукты молочные для детского питания. Метод измерения массовой доли витамина А (ретинола)"</w:t>
+167</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 29140-91 "Мука, хлеб и хлебобулочные изделия пшеничные витаминизированные. Метод определения витамина РР (никотиновой кислоты)"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25966,119 +25822,136 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-174</w:t>
-[...67 lines deleted...]
-ГОСТ 30627.2-98 "Продукты молочные для детского питания. Методы измерений массовой доли витамина С (аскорбиновой кислоты)"</w:t>
+168</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ГОСТ 29247-91 "Консервы молочные. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Методы определения жира"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26107,260 +25980,320 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-175</w:t>
-[...100 lines deleted...]
-            </w:pPr>
+169</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ГОСТ 30178-96 "Сырье и продукты пищевые. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Атомно-абсорбционный метод определения токсичных элементов"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z19" w:id="13"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+применяется</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="13"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+в отношении показателей "цинк", "медь" </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и "железо"</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-176</w:t>
-[...67 lines deleted...]
-ГОСТ 30627.4-98 "Продукты молочные для детского питания. Метод измерения массовой доли витамина РР (ниацина)"</w:t>
+170</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z20" w:id="14"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 30418-96 "Масла растительные. Метод определения жирнокислотного состава"</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="14"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26389,260 +26322,302 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-177</w:t>
-[...100 lines deleted...]
-            </w:pPr>
+171</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 30538-97 "Продукты пищевые. Методика определения токсичных элементов атомно-эмиссионным методом"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z21" w:id="15"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+применяется</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="15"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+в отношении показателей "цинк", "медь" </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и "железо"</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-178</w:t>
-[...67 lines deleted...]
-ГОСТ 30627.6-98 "Продукты молочные для детского питания. Методы измерений массовой доли витамина В2 (рибофлавина)"</w:t>
+172</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 30615-99 "Сырье и продукты пищевые. Метод определения фосфора"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26671,119 +26646,100 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-179</w:t>
-[...67 lines deleted...]
-ГОСТ 30648.1-99 "Продукты молочные для детского питания. Методы определения жира"</w:t>
+173</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 30627.1-98 "Продукты молочные для детского питания. Метод измерения массовой доли витамина А (ретинола)"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26812,119 +26768,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-180</w:t>
-[...67 lines deleted...]
-ГОСТ 30648.2-99 "Продукты молочные для детского питания. Методы определения общего белка"</w:t>
+174</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 30627.2-98 "Продукты молочные для детского питания. Методы измерений массовой доли витамина С (аскорбиновой кислоты)"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26953,119 +26909,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-181</w:t>
-[...67 lines deleted...]
-ГОСТ 31469-2012 "Пищевые продукты переработки яиц сельскохозяйственной птицы. Методы физико-химического анализа"</w:t>
+175</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 30627.3-98 "Продукты молочные для детского питания. Метод измерения массовой доли витамина Е (токоферола)"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27094,170 +27050,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-182</w:t>
-[...118 lines deleted...]
-              <w:t>Вс (фолиевой кислоты), С (аскорбиновой кислоты) методом капиллярного электрофореза"</w:t>
+176</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 30627.4-98 "Продукты молочные для детского питания. Метод измерения массовой доли витамина РР (ниацина)"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27286,119 +27191,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-183</w:t>
-[...67 lines deleted...]
-ГОСТ 31486-2012 "Премиксы. Метод определения содержания витамина К3"</w:t>
+177</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 30627.5-98 "Продукты молочные для детского питания. Метод измерения массовой доли витамина B1 (тиамина)"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27427,156 +27332,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-184</w:t>
-[...104 lines deleted...]
- </w:t>
+178</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 30627.6-98 "Продукты молочные для детского питания. Методы измерений массовой доли витамина В2 (рибофлавина)"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27605,120 +27473,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-185</w:t>
-[...68 lines deleted...]
-ГОСТ 31584-2012 (ISO 9874:2006) "Молоко. Спектрофотометрический метод определения массовой доли общего фосфора"</w:t>
+179</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 30648.1-99 "Продукты молочные для детского питания. Методы определения жира"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27747,100 +27614,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-186</w:t>
-[...48 lines deleted...]
-ГОСТ 31660-2012 "Продукты пищевые. Инверсионно-вольтамперометрический метод определения массовой концентрации йода"</w:t>
+180</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 30648.2-99 "Продукты молочные для детского питания. Методы определения общего белка"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27869,137 +27755,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-187</w:t>
-[...85 lines deleted...]
-              <w:t>и жиры животные. Определение методом газовой хроматографии массовой доли метиловых эфиров жирных кислот"</w:t>
+181</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 31469-2012 "Пищевые продукты переработки яиц сельскохозяйственной птицы. Методы физико-химического анализа"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28028,117 +27896,170 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-188</w:t>
-[...14 lines deleted...]
-          <w:p/>
+182</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-ГОСТ 31664-2012 "Масла растительные </w:t>
-[...16 lines deleted...]
-              <w:t>и жиры животные. Метод определения состава жирных кислот в положении 2 в молекулах триглицеридов"</w:t>
+ГОСТ 31483-2012 "Премиксы. Определение содержания витаминов: В1 (тиаминхлорида), </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В2 (рибофлавина), В3 (пантотеновой кислоты), В5 (никотиновой кислоты </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и никотинамида), B6 (пиридоксина), </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Вс (фолиевой кислоты), С (аскорбиновой кислоты) методом капиллярного электрофореза"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28167,120 +28088,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-189</w:t>
-[...68 lines deleted...]
-и жиры животные. Получение метиловых эфиров жирных кислот"</w:t>
+183</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 31486-2012 "Премиксы. Метод определения содержания витамина К3"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28309,318 +28229,298 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-190</w:t>
-[...51 lines deleted...]
-          </w:tcPr>
+184</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z22" w:id="16"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-ГОСТ 31707-2012 (EN 14627:2005) "Продукты пищевые. Определение следовых элементов. Определение общего мышьяка и селена методом атомно-абсорбционной спектрометрии с генерацией гидридов </w:t>
-[...90 lines deleted...]
-            </w:r>
+ГОСТ 31505-2012 "Молоко, молочные продукты и продукты детского питания </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="16"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на молочной основе. Методы определения содержания йода"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-191</w:t>
-[...67 lines deleted...]
-ГОСТ 31980-2012 "Молоко. Спектрометрический метод определения массовой доли общего фосфора"</w:t>
+185</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 31584-2012 (ISO 9874:2006) "Молоко. Спектрофотометрический метод определения массовой доли общего фосфора"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28649,119 +28549,100 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-192</w:t>
-[...67 lines deleted...]
-ГОСТ 32042-2012 "Премиксы. Методы определения витаминов группы В"</w:t>
+186</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 31660-2012 "Продукты пищевые. Инверсионно-вольтамперометрический метод определения массовой концентрации йода"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28790,119 +28671,137 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-193</w:t>
-[...67 lines deleted...]
-ГОСТ 32043-2012 "Премиксы. Методы определения витаминов А, D, Е"</w:t>
+187</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ГОСТ 31663-2012 "Масла растительные </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и жиры животные. Определение методом газовой хроматографии массовой доли метиловых эфиров жирных кислот"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28931,119 +28830,117 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-194</w:t>
-[...67 lines deleted...]
-ГОСТ 32915-2014 "Молоко и молочная продукция. Определение жирнокислотного состава жировой фазы методом газовой хроматографии"</w:t>
+188</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ГОСТ 31664-2012 "Масла растительные </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и жиры животные. Метод определения состава жирных кислот в положении 2 в молекулах триглицеридов"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29072,119 +28969,120 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-195</w:t>
-[...67 lines deleted...]
-ГОСТ 32916-2014 "Молоко и молочная продукция. Определения массовой доли витамина D методом высокоэффективной жидкостной хроматографии"</w:t>
+189</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z23" w:id="17"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ГОСТ 31665-2012 "Масла растительные </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="17"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+и жиры животные. Получение метиловых эфиров жирных кислот"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29213,51 +29111,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-196</w:t>
+190</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29281,301 +29179,250 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-ГОСТ 33824-2016 "Продукты пищевые </w:t>
-[...54 lines deleted...]
-          <w:bookmarkStart w:name="z25" w:id="19"/>
+ГОСТ 31707-2012 (EN 14627:2005) "Продукты пищевые. Определение следовых элементов. Определение общего мышьяка и селена методом атомно-абсорбционной спектрометрии с генерацией гидридов </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">с предварительной минерализацией пробы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>под давлением"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z24" w:id="18"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 применяется</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="19"/>
-[...32 lines deleted...]
-              <w:t>и "цинк"</w:t>
+          <w:bookmarkEnd w:id="18"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в отношении показателя "селен"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-197</w:t>
-[...101 lines deleted...]
-              <w:t>Бернтропа"</w:t>
+191</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 31980-2012 "Молоко. Спектрометрический метод определения массовой доли общего фосфора"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29604,119 +29451,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-198</w:t>
-[...67 lines deleted...]
-АСТ ИСО 5508-2008 "Жиры и масла животные и растительные. Анализ методом газовой хроматографии метиловых эфиров жирных кислот"</w:t>
+192</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 32042-2012 "Премиксы. Методы определения витаминов группы В"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29745,136 +29592,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-199</w:t>
-[...84 lines deleted...]
-              <w:t>и молочные продукты. Определение содержания кальция, натрия, калия и магния. Атомно-абсорбционный спектрометрический метод"</w:t>
+193</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 32043-2012 "Премиксы. Методы определения витаминов А, D, Е"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29903,120 +29733,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-200</w:t>
-[...68 lines deleted...]
-СТБ ISO 1211-2012 "Молоко. Определение содержания жира гравиметрическим методом (арбитражный метод)"</w:t>
+194</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 32915-2014 "Молоко и молочная продукция. Определение жирнокислотного состава жировой фазы методом газовой хроматографии"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30045,100 +29874,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-201</w:t>
-[...48 lines deleted...]
-СТБ ISO 2446-2009 "Молоко. Определение содержания жира"</w:t>
+195</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 32916-2014 "Молоко и молочная продукция. Определения массовой доли витамина D методом высокоэффективной жидкостной хроматографии"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30167,58 +30015,57 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-202</w:t>
-[...6 lines deleted...]
-            <w:vMerge w:val="restart"/>
+196</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -30236,207 +30083,301 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-СТ РК ISO 16958-2016 "Молоко, молочные продукты, смеси для детского питания </w:t>
-[...49 lines deleted...]
-            </w:pPr>
+ГОСТ 33824-2016 "Продукты пищевые </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и продовольственное сырье. Инверсионно-вольтамперометрический метод определения содержания токсичных элементов (кадмия, </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>свинца, меди и цинка)"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z25" w:id="19"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+применяется</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="19"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+в отношении показателей "медь" </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и "цинк"</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-203</w:t>
-[...14 lines deleted...]
-          <w:p/>
+197</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-СТ РК ISO 20634-2016 "Смеси для детского </w:t>
-[...16 lines deleted...]
-              <w:t>питания и взрослых. Определение содержания витамина В12 с помощью обращенно-фазовой высокоэффективной жидкостной хроматографии (RP-HPLC)"</w:t>
+ГОСТ 33925-2016 "Продукты детского питания. Определение массовой </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>доли жира методом Вейбулла-</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бернтропа"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30465,117 +30406,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-204</w:t>
-[...65 lines deleted...]
-              <w:t xml:space="preserve">содержания миоинозитола с помощью жидкостной хроматографии и импульсной амперометрии" </w:t>
+198</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АСТ ИСО 5508-2008 "Жиры и масла животные и растительные. Анализ методом газовой хроматографии метиловых эфиров жирных кислот"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30604,119 +30547,136 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-205</w:t>
-[...67 lines deleted...]
-СТ РК ISO 20638-2016 "Смеси для детского питания. Определение содержания нуклеотидов с помощью жидкостной хроматографии"</w:t>
+199</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ACT ИСО 8070/ИДФ 119-2011 "Молоко </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и молочные продукты. Определение содержания кальция, натрия, калия и магния. Атомно-абсорбционный спектрометрический метод"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30745,207 +30705,120 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-206</w:t>
-[...155 lines deleted...]
- </w:t>
+200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+СТБ ISO 1211-2012 "Молоко. Определение содержания жира гравиметрическим методом (арбитражный метод)"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30974,290 +30847,180 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-207</w:t>
-[...192 lines deleted...]
-            </w:r>
+201</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+СТБ ISO 2446-2009 "Молоко. Определение содержания жира"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-208</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+202</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -31275,85 +31038,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-СТБ EN 12821-2012 "Продукты пищевые. Определение содержания витамина D </w:t>
-[...33 lines deleted...]
-              <w:t>эргокальциферола (D2)"</w:t>
+СТ РК ISO 16958-2016 "Молоко, молочные продукты, смеси для детского питания </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и взрослых. Определение состава жирных кислот. Метод капиллярной газовой хроматографии"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31382,119 +31128,117 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-209</w:t>
-[...67 lines deleted...]
-СТБ EN 12822-2012 "Продукты пищевые. Определение содержания витамина E методом высокоэффективной жидкостной хроматографии. Измерение количества альфа-, бета-, гамма- и дельта-токоферолов"</w:t>
+203</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+СТ РК ISO 20634-2016 "Смеси для детского </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>питания и взрослых. Определение содержания витамина В12 с помощью обращенно-фазовой высокоэффективной жидкостной хроматографии (RP-HPLC)"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31523,136 +31267,117 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-210</w:t>
-[...33 lines deleted...]
-          </w:p>
+204</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-СТБ EN 12823-1-2012 "Продукты пищевые. Определение содержания витамина А методом высокоэффективной жидкостной хроматографии. Часть 1. Измерение количества полного транс-ретинола </w:t>
-[...16 lines deleted...]
-              <w:t>и 13-цис-ретинола"</w:t>
+СТ РК ISO 20637-2016 "Смеси для детского питания и взрослых. Определение </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">содержания миоинозитола с помощью жидкостной хроматографии и импульсной амперометрии" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31681,302 +31406,348 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-211</w:t>
-[...141 lines deleted...]
-            </w:r>
+205</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+СТ РК ISO 20638-2016 "Смеси для детского питания. Определение содержания нуклеотидов с помощью жидкостной хроматографии"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-212</w:t>
-[...68 lines deleted...]
-СТБ EN 14122-2012 "Продукты пищевые. Определение витамина В1 методом высокоэффективной жидкостной хроматографии (ВЭЖХ)"</w:t>
+206</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z26" w:id="20"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+СТ РК ISO 20639-2016 "Смеси для детского </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="20"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">питания и взрослых. Определение </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">содержания пантотеновой кислоты </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">с помощью ультравысокоэффективной жидкостной хроматографии и тандемной </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>масс-спектрометрии (UHPLC-MS/MS)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -32005,424 +31776,527 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-213</w:t>
-[...81 lines deleted...]
-            </w:pPr>
+207</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+СТ РК ISO 20649-2016 "Смеси для детского </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">питания и взрослых. Определение содержания </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">хрома, селена и молибдена. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Масс-спектрометрия с индуктивно </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>связанной плазмой (ICP-MS)"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z27" w:id="21"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+применяется</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="21"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в отношении показателя "селен"</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-214</w:t>
-[...107 lines deleted...]
-          <w:bookmarkEnd w:id="23"/>
+208</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-в отношении показателей "цинк", "медь" </w:t>
-[...17 lines deleted...]
-            </w:r>
+СТБ EN 12821-2012 "Продукты пищевые. Определение содержания витамина D </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">методом высокоэффективной жидкостной хроматографии. Определение холекальциферола (D3) или </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>эргокальциферола (D2)"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-215</w:t>
-[...68 lines deleted...]
-ГОСТ Р ИСО 2446-2011 "Молоко. Метод определения содержания жира"</w:t>
+209</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+СТБ EN 12822-2012 "Продукты пищевые. Определение содержания витамина E методом высокоэффективной жидкостной хроматографии. Измерение количества альфа-, бета-, гамма- и дельта-токоферолов"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -32451,100 +32325,136 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-216</w:t>
-[...48 lines deleted...]
-ГОСТ Р ИСО 5508-2010 "Животные и растительные жиры и масла. Определение метиловых эфиров жирных кислот (FAME) газовой хроматографией"</w:t>
+210</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+СТБ EN 12823-1-2012 "Продукты пищевые. Определение содержания витамина А методом высокоэффективной жидкостной хроматографии. Часть 1. Измерение количества полного транс-ретинола </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и 13-цис-ретинола"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -32573,796 +32483,748 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-217</w:t>
-[...69 lines deleted...]
-          <w:bookmarkStart w:name="z30" w:id="24"/>
+211</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+СТБ EN 14082-2014 "Продукты пищевые. Определение следовых элементов. Определение содержания свинца, кадмия, цинка, меди, железа и хрома с помощью атомно-абсорбционной спектрометрии (ААС) после сухого озоления"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z28" w:id="22"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 применяется</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="24"/>
-[...15 lines deleted...]
-до 01.07.2019</w:t>
+          <w:bookmarkEnd w:id="22"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+в отношении показателей "цинк", "медь" </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и "железо"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-218</w:t>
-[...118 lines deleted...]
-              <w:t>на анализаторах типа ТА"</w:t>
+212</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z31" w:id="25"/>
-[...52 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+СТБ EN 14122-2012 "Продукты пищевые. Определение витамина В1 методом высокоэффективной жидкостной хроматографии (ВЭЖХ)"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-219</w:t>
-[...101 lines deleted...]
-              <w:t>типа ТА"</w:t>
+213</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+СТБ EN 14152-2012 "Продукты пищевые. Определение витамина В2 методом высокоэффективной жидкостной хроматографии (ВЭЖХ)"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-220</w:t>
-[...100 lines deleted...]
-            </w:pPr>
+214</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+СТ РК EN 14082-2013 "Пищевые продукты. Определение трассирующих элементов. Определение содержания свинца, кадмия, цинка, меди, железа и хрома спектрометрическим методом атомной абсорбции после сухого озоления"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z29" w:id="23"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+применяется</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="23"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+в отношении показателей "цинк", "медь" </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и "железо"</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-221</w:t>
-[...67 lines deleted...]
-ГОСТ Р 50479-93 "Продукты переработки плодов и овощей. Метод определения содержания витамина РР"</w:t>
+215</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ Р ИСО 2446-2011 "Молоко. Метод определения содержания жира"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -33391,119 +33253,100 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-222</w:t>
-[...67 lines deleted...]
-ГОСТ Р 51452-99 "Консервы молочные сгущенные. Гравиметрический метод определения массовой доли жира"</w:t>
+216</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ Р ИСО 5508-2010 "Животные и растительные жиры и масла. Определение метиловых эфиров жирных кислот (FAME) газовой хроматографией"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -33532,542 +33375,655 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-223</w:t>
-[...100 lines deleted...]
-            </w:pPr>
+217</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ Р ЕН 14130-2010 "Продукты пищевые. Определение витамина С с помощью высокоэффективной жидкостной хроматографии"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z30" w:id="24"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+применяется</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="24"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 01.07.2019</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-224</w:t>
-[...100 lines deleted...]
-            </w:pPr>
+218</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+СТБ 1313-2002 "Продукты пищевые и сырье продовольственное. Методика определения содержания токсичных элементов цинка, </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кадмия, свинца и меди методом </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">инверсионной вольтамперометрии </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на анализаторах типа ТА"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z31" w:id="25"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+применяются</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="25"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+в отношении показателей "цинк" </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и "медь"</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-225</w:t>
-[...101 lines deleted...]
-          </w:p>
+219</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+СТБ 1314-2002 "Молоко и молочные продукты. Методика определения содержания токсичных элементов цинка, кадмия, </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">свинца и меди методом инверсионной вольтамперометрии на анализаторах </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>типа ТА"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-226</w:t>
-[...67 lines deleted...]
-ГОСТ Р 54635-2011 "Продукты пищевые функциональные. Метод определения витамина А"</w:t>
+220</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+СТ РК 1423-2005 "Продукты переработки плодов и овощей. Метод определения жира"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -34096,139 +34052,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-227</w:t>
-[...87 lines deleted...]
- </w:t>
+221</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ Р 50479-93 "Продукты переработки плодов и овощей. Метод определения содержания витамина РР"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -34257,120 +34193,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-228</w:t>
-[...68 lines deleted...]
-ГОСТ Р 55578-2013 "Продукты пищевые специализированные. Метод определения осмоляльности"</w:t>
+222</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ Р 51452-99 "Консервы молочные сгущенные. Гравиметрический метод определения массовой доли жира"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -34399,134 +34334,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-229</w:t>
-[...82 lines deleted...]
-              <w:t>селена"</w:t>
+223</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ Р 51457-99 "Сыр и сыр плавленый. Гравиметрический метод определения массовой доли жира"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -34555,171 +34475,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-230</w:t>
-[...119 lines deleted...]
-              <w:t>методом газовой хроматографии"</w:t>
+224</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ Р 52690-2006 "Продукты пищевые. Вольтамперометрический метод определения массовой концентрации витамина С"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -34748,1984 +34616,3034 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-231</w:t>
-[...219 lines deleted...]
-            </w:r>
+225</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ Р 54634-2011 "Продукты пищевые функциональные. Метод определения витамина E"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-232</w:t>
-[...114 lines deleted...]
-          <w:p/>
+226</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ Р 54635-2011 "Продукты пищевые функциональные. Метод определения витамина А"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-233</w:t>
-[...114 lines deleted...]
-          <w:p/>
+227</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z32" w:id="26"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ Р 54637-2011 "Продукты пищевые функциональные. Метод определения витамина D3"</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="26"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-234</w:t>
-[...100 lines deleted...]
-          <w:p/>
+228</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ Р 55578-2013 "Продукты пищевые специализированные. Метод определения осмоляльности"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-235</w:t>
-[...136 lines deleted...]
-              <w:t>от 11.10.2011)</w:t>
+229</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ГОСТ Р 56415-2015 "Продукты специализированные на молочной </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">основе. Определение содержания </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>селена"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-236</w:t>
-[...14 lines deleted...]
-          <w:p/>
+230</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-МВИ.МН 5663-2016 "Определение содержания холина в продуктах питания. Методика выполнения измерений" (свидетельство об аттестации </w:t>
-[...31 lines deleted...]
-          <w:p/>
+ГОСТ Р 56416-2015 "Продукты специализированные на молочной </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">основе. Определение содержания </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Омега-3 и Омега-6 жирных кислот </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>методом газовой хроматографии"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-237</w:t>
-[...52 lines deleted...]
-          <w:bookmarkStart w:name="z35" w:id="28"/>
+231</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-МВИ.МН 5729-2016 "Определение хрома, железа, никеля, меди, цинка в пищевых продуктах и сырье методом </w:t>
-[...88 lines deleted...]
-              <w:t>и "железо"</w:t>
+МВИ.МН 5903-2017 "Массовая </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">концентрация холина в пищевой </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">продукции. Методика выполнения </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">измерений спектрофотометрическим методом" (свидетельство об аттестации </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 1070/2017 от 30.11.2017)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z33" w:id="27"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+применяются до разработки соответст-</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="27"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">вующих межгосудар-ственных стандартов </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и внесения их в настоящий перечень</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-238</w:t>
-[...33 lines deleted...]
-          </w:p>
+232</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Методика измерений массовой доли фолиевой кислоты в специализированных пищевых продуктах методом иммуноферментного анализа (свидетельство об аттестации </w:t>
-[...108 lines deleted...]
-          </w:p>
+МВИ.МН 2146-2004 "Методика </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">определения фолиевой кислоты </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в обогащенных продуктах питания" (свидетельство об аттестации № 341/2004 </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 15.11.2004)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-239</w:t>
-[...105 lines deleted...]
-          </w:p>
+233</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+МВИ.МН 3008-2008 "Методика определения массовой доли пантотеновой кислоты </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в специализированных продуктах питания </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и БАД" (свидетельство об аттестации </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 491/2008 от 18.11.2008)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-240</w:t>
-[...101 lines deleted...]
-          </w:p>
+234</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+МВИ.МН 3491-2010 "Определение содержания хлоридов в специализированных продуктах для детского питания"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(свидетельство об аттестации </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 580/2010 от 07.07.2010)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-241</w:t>
-[...101 lines deleted...]
-          </w:p>
+235</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+МВИ.МН 4075-2011 "МВИ концентраций </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L-карнитина в продуктах детского питания </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">методом высокоэффективной жидкостной хроматографии" (свидетельство </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">об аттестации № 659/2011 </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 11.10.2011)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+236</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+МВИ.МН 5663-2016 "Определение содержания холина в продуктах питания. Методика выполнения измерений" (свидетельство об аттестации </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 973/2016 от 23.09.2016)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+237</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z35" w:id="28"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+МВИ.МН 5729-2016 "Определение хрома, железа, никеля, меди, цинка в пищевых продуктах и сырье методом </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="28"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+масс-спектрометрии с индуктивно-связанной плазмой. Методика выполнения измерений" (свидетельство об аттестации № 997/2016 </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 23.12.2016)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+применяется до разработки соответст-вующего межгосудар-ственного стандарта и внесения его в настоящий перечень применяется в отношении показателей "цинк", "медь" </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и "железо"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+238</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Методика измерений массовой доли фолиевой кислоты в специализированных пищевых продуктах методом иммуноферментного анализа (свидетельство об аттестации </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ 01.00225/205-32-13 от 21.10.2013, </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>номер в реестре ФР.1.31.2013.16147)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z36" w:id="29"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+применяется до разработки соответст-</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="29"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+вующего межгосудар-ственного стандарта </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и внесения его в настоящий перечень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+239</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Исключена решением Коллегии Евразийской экономической комиссии от 17.06.2025 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 53</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+239</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 34780-2021 "Соль поваренная пищевая йодированная. Методы определения йода и тиосульфата натрия"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+240</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Исключена решением Коллегии Евразийской экономической комиссии от 17.06.2025 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 53</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+241</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 242</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...65 lines deleted...]
-ГОСТ Р ИСО 7516-2012 "Чай растворимый. Отбор проб для анализа"</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Исключена решением Коллегии Евразийской экономической комиссии от 17.06.2025 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 53</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+242</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ ISO 7516-2019 "Чай растворимый. Отбор проб для анализа"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -37401,50 +38319,60 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 применяется до разработки соответст-вующего межгосудар-ственного стандарта и внесения его в настоящий перечень</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -37465,55 +38393,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>