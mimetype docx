--- v0 (2025-10-27)
+++ v1 (2026-03-06)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="234e074" w14:textId="234e074">
+    <w:p w14:paraId="227e9de" w14:textId="227e9de">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -659,212 +659,156 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Евразийской экономической комиссии</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">от 7 февраля 2018 г. № 21 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...74 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z12" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ПЕРЕЧЕНЬ </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">международных и региональных (межгосударственных) стандартов, а в случае их отсутствия – национальных (государственных) стандартов, в результате применения которых  на добровольной основе обеспечивается соблюдение требований технического регламента Таможенного союза "Требования безопасности пищевых добавок, ароматизаторов и  технологических вспомогательных средств" (ТР ТС 029/2012) </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Перечень с изменениями, внесенными решением Коллегии Евразийской экономической комиссии от 10.01.2024 </w:t>
+      Сноска. Перечень с изменениями, внесенными решениями Коллегии Евразийской экономической комиссии от 10.01.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования, но не ранее даты вступления в силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решения</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Совета Евразийской экономической комиссии от 29 августа 2023 г. № 84).</w:t>
+        <w:t xml:space="preserve"> Совета Евразийской экономической комиссии от 29.08.2023 № 84); от 17.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -3229,117 +3173,125 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z30" w:id="22"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="22"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пункты 1.4 и 1.5 ГОСТ 21205-83 "Кислота винная пищевая. Технические условия"</w:t>
+пункты 3.1.5 и 3.1.6 ГОСТ 21205-2024 "Добавки пищевые. Кислота винная L(+) Е334. Технические условия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3353,249 +3305,238 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z30" w:id="22"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:bookmarkEnd w:id="22"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...62 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Исключена решением Коллегии Евразийской экономической комиссии от 17.06.2025 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 54</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z31" w:id="23"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="23"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пункты 1.4 и 1.5 ГОСТ 29186-91 "Пектин. Технические условия"</w:t>
+пункт 1.2 ГОСТ 22840-77 "Экстракт солодкового корня. Технические условия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3609,117 +3550,117 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z32" w:id="24"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="24"/>
+          <w:bookmarkStart w:name="z31" w:id="23"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="23"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пункты 4.1.3 – 4.1.5 ГОСТ 31227-2013 "Добавки пищевые. Натрия цитраты Е331. Общие технические условия"</w:t>
+пункты 1.4 и 1.5 ГОСТ 29186-91 "Пектин. Технические условия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3733,117 +3674,117 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z33" w:id="25"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="25"/>
+          <w:bookmarkStart w:name="z32" w:id="24"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="24"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пункты 3.1.3 – 3.1.5 ГОСТ 31638-2012 "Добавки пищевые. Натрия и калия трифосфаты Е451. Технические условия"</w:t>
+пункты 4.1.3 – 4.1.5 ГОСТ 31227-2013 "Добавки пищевые. Натрия цитраты Е331. Общие технические условия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3857,117 +3798,117 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z34" w:id="26"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="26"/>
+          <w:bookmarkStart w:name="z33" w:id="25"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="25"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пункты 3.1.2 – 3.1.4 ГОСТ 31642-2012 "Добавки пищевые. Натрий молочнокислый (лактат натрия) Е325. Технические условия"</w:t>
+пункты 3.1.3 – 3.1.5 ГОСТ 31638-2012 "Добавки пищевые. Натрия и калия трифосфаты Е451. Технические условия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3981,117 +3922,117 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z35" w:id="27"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="27"/>
+          <w:bookmarkStart w:name="z34" w:id="26"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="26"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пункты 3.1.3 – 3.1.5 ГОСТ 31656-2012 "Добавки пищевые. Калий молочнокислый пищевой (лактат калия) Е326. Технические условия"</w:t>
+пункты 3.1.2 – 3.1.4 ГОСТ 31642-2012 "Добавки пищевые. Натрий молочнокислый (лактат натрия) Е325. Технические условия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4105,117 +4046,117 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z36" w:id="28"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="28"/>
+          <w:bookmarkStart w:name="z35" w:id="27"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="27"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пункты 3.1.3 – 3.1.7 ГОСТ 31686-2012 "Добавки пищевые. Натрия полифосфат Е452(i). Технические условия"</w:t>
+пункты 3.1.3 – 3.1.5 ГОСТ 31656-2012 "Добавки пищевые. Калий молочнокислый пищевой (лактат калия) Е326. Технические условия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4229,117 +4170,117 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z37" w:id="29"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="29"/>
+          <w:bookmarkStart w:name="z36" w:id="28"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="28"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пункты 4.1.3 – 4.1.5 ГОСТ 31687-2012 "Добавки пищевые. Калия фосфаты Е340. Общие технические условия"</w:t>
+пункты 3.1.3 – 3.1.7 ГОСТ 31686-2012 "Добавки пищевые. Натрия полифосфат Е452(i). Технические условия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4353,117 +4294,117 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z38" w:id="30"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="30"/>
+          <w:bookmarkStart w:name="z37" w:id="29"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="29"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пункты 4.1.3 – 4.1.5 ГОСТ 31725-2012 "Добавки пищевые. Натрия фосфаты Е339. Общие технические условия"</w:t>
+пункты 4.1.3 – 4.1.5 ГОСТ 31687-2012 "Добавки пищевые. Калия фосфаты Е340. Общие технические условия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4477,117 +4418,117 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z39" w:id="31"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="31"/>
+          <w:bookmarkStart w:name="z38" w:id="30"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="30"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пункты 3.1.3 – 3.1.5 ГОСТ 31726-2012 "Добавки пищевые. Кислота лимонная безводная Е330. Технические условия"</w:t>
+пункты 4.1.3 – 4.1.5 ГОСТ 31725-2012 "Добавки пищевые. Натрия фосфаты Е339. Общие технические условия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4601,117 +4542,117 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z40" w:id="32"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="32"/>
+          <w:bookmarkStart w:name="z39" w:id="31"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="31"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пункты 3.1.3 – 3.1.7 ГОСТ 31905-2012 "Добавки пищевые. Кальция лактат Е327. Технические условия"</w:t>
+пункты 3.1.3 – 3.1.5 ГОСТ 31726-2012 "Добавки пищевые. Кислота лимонная безводная Е330. Технические условия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4725,117 +4666,117 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z41" w:id="33"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="33"/>
+          <w:bookmarkStart w:name="z40" w:id="32"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="32"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пункты 4.1.3 – 4.1.7 ГОСТ 32007-2012 "Добавки пищевые. Кальция фосфаты Е341. Общие технические условия"</w:t>
+пункты 3.1.3 – 3.1.7 ГОСТ 31905-2012 "Добавки пищевые. Кальция лактат Е327. Технические условия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4849,117 +4790,117 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z42" w:id="34"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="34"/>
+          <w:bookmarkStart w:name="z41" w:id="33"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="33"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пункты 3.1.2 – 3.1.4 ГОСТ 32034-2013 "Гидролизаты крахмала. Общие технические условия"</w:t>
+пункты 4.1.3 – 4.1.7 ГОСТ 32007-2012 "Добавки пищевые. Кальция фосфаты Е341. Общие технические условия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4973,117 +4914,117 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z43" w:id="35"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="35"/>
+          <w:bookmarkStart w:name="z42" w:id="34"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="34"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пункты 5.1.2 и 5.1.5 – 5.1.12 ГОСТ 32049-2013 "Ароматизаторы пищевые. Общие технические условия"</w:t>
+пункты 3.1.2 – 3.1.4 ГОСТ 32034-2013 "Гидролизаты крахмала. Общие технические условия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5097,117 +5038,117 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z44" w:id="36"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="36"/>
+          <w:bookmarkStart w:name="z43" w:id="35"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="35"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пункты 5.1.3 –5.1.5 ГОСТ 32052-2013 "Добавки пищевые. Лецитины Е322. Общие технические условия"</w:t>
+пункты 5.1.2 и 5.1.5 – 5.1.12 ГОСТ 32049-2013 "Ароматизаторы пищевые. Общие технические условия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5221,117 +5162,117 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z45" w:id="37"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="37"/>
+          <w:bookmarkStart w:name="z44" w:id="36"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="36"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пункты 3.1.3 – 3.1.5 ГОСТ 32053-2013 "Добавки пищевые. Калия ацетат Е261(I). Технические условия"</w:t>
+пункты 5.1.3 –5.1.5 ГОСТ 32052-2013 "Добавки пищевые. Лецитины Е322. Общие технические условия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5345,117 +5286,117 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z46" w:id="38"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="38"/>
+          <w:bookmarkStart w:name="z45" w:id="37"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="37"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пункты 4.1.1 – 4.1.3 ГОСТ 32159-2013 "Крахмал кукурузный. Общие технические условия"</w:t>
+пункты 3.1.3 – 3.1.5 ГОСТ 32053-2013 "Добавки пищевые. Калия ацетат Е261(I). Технические условия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5469,117 +5410,117 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z47" w:id="39"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="39"/>
+          <w:bookmarkStart w:name="z46" w:id="38"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="38"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пункты 3.1.3 – 3.1.5 ГОСТ 32745-2014 "Добавки пищевые. Красители триарилметановые. Технические условия"</w:t>
+пункты 4.1.1 – 4.1.3 ГОСТ 32159-2013 "Крахмал кукурузный. Общие технические условия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5593,117 +5534,117 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z48" w:id="40"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="40"/>
+          <w:bookmarkStart w:name="z47" w:id="39"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="39"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пункты 3.1.4 – 3.1.6 ГОСТ 32746-2014 "Добавки пищевые. Кислота пропионовая Е280. Технические условия"</w:t>
+пункты 3.1.3 – 3.1.5 ГОСТ 32745-2014 "Добавки пищевые. Красители триарилметановые. Технические условия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5717,117 +5658,117 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z49" w:id="41"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="41"/>
+          <w:bookmarkStart w:name="z48" w:id="40"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="40"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пункты 3.1.4 – 3.1.6 ГОСТ 32747-2014 "Добавки пищевые. Глюконо-дельта-лактон Е575. Технические условия"</w:t>
+пункты 3.1.4 – 3.1.6 ГОСТ 32746-2014 "Добавки пищевые. Кислота пропионовая Е280. Технические условия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5841,117 +5782,117 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z50" w:id="42"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="42"/>
+          <w:bookmarkStart w:name="z49" w:id="41"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="41"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пункты 3.1.4 – 3.1.6 ГОСТ 32748-2014 "Добавки пищевые. Кислота яблочная Е296. Технические условия"</w:t>
+пункты 3.1.4 – 3.1.6 ГОСТ 32747-2014 "Добавки пищевые. Глюконо-дельта-лактон Е575. Технические условия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5965,117 +5906,117 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z51" w:id="43"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="43"/>
+          <w:bookmarkStart w:name="z50" w:id="42"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="42"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пункты 3.1.4 – 3.1.6 ГОСТ 32777-2014 "Добавки пищевые. Натрия бензоат Е211. Технические условия"</w:t>
+пункты 3.1.4 – 3.1.6 ГОСТ 32748-2014 "Добавки пищевые. Кислота яблочная Е296. Технические условия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6089,117 +6030,117 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z52" w:id="44"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="44"/>
+          <w:bookmarkStart w:name="z51" w:id="43"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="43"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пункты 3.1.4 – 3.1.6 ГОСТ 32778-2014 "Добавки пищевые. Калия бензоат Е212. Технические условия"</w:t>
+пункты 3.1.4 – 3.1.6 ГОСТ 32777-2014 "Добавки пищевые. Натрия бензоат Е211. Технические условия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6213,117 +6154,117 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z53" w:id="45"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="45"/>
+          <w:bookmarkStart w:name="z52" w:id="44"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="44"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пункты 3.1.3 – 3.1.5 ГОСТ 32779-2014 "Добавки пищевые. Кислота сорбиновая Е200. Технические условия"</w:t>
+пункты 3.1.4 – 3.1.6 ГОСТ 32778-2014 "Добавки пищевые. Калия бензоат Е212. Технические условия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6337,117 +6278,117 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z54" w:id="46"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="46"/>
+          <w:bookmarkStart w:name="z53" w:id="45"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="45"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пункты 3.1.4 – 3.1.6 ГОСТ 32781-2014 "Добавки пищевые. Натрия нитрит Е250. Технические условия"</w:t>
+пункты 3.1.3 – 3.1.5 ГОСТ 32779-2014 "Добавки пищевые. Кислота сорбиновая Е200. Технические условия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6461,125 +6402,117 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...26 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z54" w:id="46"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="46"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пункт 4.1.2 ГОСТ 32891-2014 "Сычуги телят, ягнят, козлят-молочников для молокосвертывающих ферментных препаратов. Технические условия"</w:t>
+пункты 3.1.4 – 3.1.6 ГОСТ 32781-2014 "Добавки пищевые. Натрия нитрит Е250. Технические условия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6593,117 +6526,125 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z55" w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41</w:t>
             </w:r>
-          </w:p>
-          <w:bookmarkEnd w:id="47"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пункты 4.1.3 – 4.1.5 ГОСТ 32802-2014 "Добавки пищевые. Натрия карбонаты Е500. Общие технические условия"</w:t>
+пункт 4.1.2 ГОСТ 32891-2014 "Сычуги телят, ягнят, козлят-молочников для молокосвертывающих ферментных препаратов. Технические условия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6717,117 +6658,117 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z56" w:id="48"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="48"/>
+          <w:bookmarkStart w:name="z55" w:id="47"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="47"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пункты 3.1.4 – 3.1.6 ГОСТ 33268-2015 "Добавки пищевые. Кальция бензоат Е213. Технические условия"</w:t>
+пункты 4.1.3 – 4.1.5 ГОСТ 32802-2014 "Добавки пищевые. Натрия карбонаты Е500. Общие технические условия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6841,117 +6782,117 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z57" w:id="49"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="49"/>
+          <w:bookmarkStart w:name="z56" w:id="48"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="48"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пункты 3.1.4 – 3.1.6 ГОСТ 33269-2015 "Добавки пищевые. Кислота фумаровая Е297. Технические условия"</w:t>
+пункты 3.1.4 – 3.1.6 ГОСТ 33268-2015 "Добавки пищевые. Кальция бензоат Е213. Технические условия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6965,117 +6906,117 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z58" w:id="50"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="50"/>
+          <w:bookmarkStart w:name="z57" w:id="49"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="49"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пункты 4.1.3 – 4.1.6 ГОСТ 33270-2015 "Добавки пищевые. Натрия малаты Е350. Общие технические условия"</w:t>
+пункты 3.1.4 – 3.1.6 ГОСТ 33269-2015 "Добавки пищевые. Кислота фумаровая Е297. Технические условия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7089,117 +7030,117 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z59" w:id="51"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="51"/>
+          <w:bookmarkStart w:name="z58" w:id="50"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="50"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пункты 3.1.3 – 3.1.6 ГОСТ 33333-2015 "Добавки пищевые. Камедь ксантановая Е415. Технические условия"</w:t>
+пункты 4.1.3 – 4.1.6 ГОСТ 33270-2015 "Добавки пищевые. Натрия малаты Е350. Общие технические условия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7213,245 +7154,241 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z60" w:id="52"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="52"/>
+          <w:bookmarkStart w:name="z59" w:id="51"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="51"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пункты 4.1.4 – 4.1.7 ГОСТ 33504-2015 "Добавки пищевые. Дигидрокверцетин. Технические условия"</w:t>
-[...36 lines deleted...]
-            </w:r>
+пункты 3.1.3 – 3.1.6 ГОСТ 33333-2015 "Добавки пищевые. Камедь ксантановая Е415. Технические условия"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z61" w:id="53"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="53"/>
+          <w:bookmarkStart w:name="z60" w:id="52"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="52"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пункты 3.1.4 – 3.1.7 ГОСТ 33764-2016 "Добавки пищевые. Натрия аскорбат Е301. Технические условия"</w:t>
+пункты 4.1.4 – 4.1.7 ГОСТ 33504-2015 "Добавки пищевые. Дигидрокверцетин. Технические условия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7469,117 +7406,117 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z62" w:id="54"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="54"/>
+          <w:bookmarkStart w:name="z61" w:id="53"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="53"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пункты 3.1.4 – 3.1.7 ГОСТ 33765-2016 "Добавки пищевые. Калия нитрат Е252. Технические условия"</w:t>
+пункты 3.1.4 – 3.1.7 ГОСТ 33764-2016 "Добавки пищевые. Натрия аскорбат Е301. Технические условия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7597,117 +7534,117 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z63" w:id="55"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="55"/>
+          <w:bookmarkStart w:name="z62" w:id="54"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="54"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пункты 3.1.4 – 3.1.7 ГОСТ 33766-2016 "Добавки пищевые. Кислота адипиновая Е355. Технические условия"</w:t>
+пункты 3.1.4 – 3.1.7 ГОСТ 33765-2016 "Добавки пищевые. Калия нитрат Е252. Технические условия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7725,117 +7662,117 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z64" w:id="56"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="56"/>
+          <w:bookmarkStart w:name="z63" w:id="55"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="55"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пункты 3.1.3 – 3.1.6 ГОСТ 33773-2016 "Добавки пищевые. Калия полифосфат Е452(ii). Технические условия"</w:t>
+пункты 3.1.4 – 3.1.7 ГОСТ 33766-2016 "Добавки пищевые. Кислота адипиновая Е355. Технические условия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7853,257 +7790,253 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z64" w:id="56"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:bookmarkEnd w:id="56"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пункты 3.1.4 и 3.1.5 ГОСТ 34097-2017 "Добавки пищевые. Железа лактат Е585. Технические условия"</w:t>
-[...32 lines deleted...]
-            </w:pPr>
+пункты 3.1.3 – 3.1.6 ГОСТ 33773-2016 "Добавки пищевые. Калия полифосфат Е452(ii). Технические условия"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+применяется с 01.01.2019</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пункты 3.1.4 и 3.1.5 ГОСТ 34098-2017 "Добавки пищевые. Натрия нитрат Е251. Технические условия"</w:t>
+пункты 3.1.4 и 3.1.5 ГОСТ 34097-2017 "Добавки пищевые. Железа лактат Е585. Технические условия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8142,100 +8075,100 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пункты 5.1.2 и 5.1.3 ГОСТ 34353-2017 "Препараты ферментные молокосвертывающие животного происхождения сухие. Технические условия"</w:t>
+пункты 3.1.4 и 3.1.5 ГОСТ 34098-2017 "Добавки пищевые. Натрия нитрат Е251. Технические условия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8274,118 +8207,100 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-"Комплексные пищевые добавки для обработки муки. Технические условия"</w:t>
+              <w:t>
+пункты 5.1.2 и 5.1.3 ГОСТ 34353-2017 "Препараты ферментные молокосвертывающие животного происхождения сухие. Технические условия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8424,100 +8339,382 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+пункты 4.1.2 и 4.1.3 ГОСТ 35030-2023 </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Комплексные пищевые добавки для обработки муки. Технические условия"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
 пункты 4.1.2 и 4.1.3 ГОСТ 35031-2023 "Комплексная пищевая добавка для увеличения объема теста. Технические условия"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пункты 3.1.4 и 3.1.5 ГОСТ 35048-2023 "Добавки пищевые. Кислота уксусная ледяная E260. Общие технические условия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10947,126 +11144,50 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Евразийской экономической комиссии</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 7 февраля 2018 г. № 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...74 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z82" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ПЕРЕЧЕНЬ </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -11128,51 +11249,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования, но не ранее даты вступления в силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решения</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Совета Евразийской экономической комиссии от 29 августа 2023 г. № 84).</w:t>
+        <w:t xml:space="preserve"> Совета Евразийской экономической комиссии от 29.08.2023 № 84); от 17.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -24897,50 +25038,243 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ГОСТ ISO 22160-2015 "Молоко и молочные напитки. Определение активности щелочной фосфатазы. Метод с применением фотоактивной ферментной системы (EPAS)"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+77</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ГОСТ ISO 23443-2023 "Смеси адаптированные для искусственного вскармливания детей раннего </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">возраста и смеси для энтерального питания взрослых. Определение </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>b</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-каротина, ликопина и лютеина </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>с помощью обращенно-фазовой ультравысокоэффективной жидкостной хроматографии (ОФ-УВЭЖХ)"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -37673,55 +38007,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>