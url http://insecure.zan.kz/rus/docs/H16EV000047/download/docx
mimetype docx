--- v0 (2025-11-28)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f6b4509" w14:textId="f6b4509">
+    <w:p w14:paraId="332e729" w14:textId="332e729">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -294,50 +294,51 @@
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Члены Совета Евразийской экономической комиссии:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -925,61 +926,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Б. </w:t>
-[...9 lines deleted...]
-              <w:t>Сагинтаев</w:t>
+              <w:t>Б. Сагинтаев</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -1145,50 +1136,126 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Евразийской экономической комиссии</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 6 апреля 2016 г. № 47</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      По тексту слово "применяются" предусматривается заменить словом "предоставляются" решением Совета Евразийской экономической комиссии от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ПОЛОЖЕНИЕ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -1227,666 +1294,1570 @@
         <w:t>
       1. Настоящее Положение определяет условия и порядок применения единой системы тарифных преференций в отношении товаров, происходящих из развивающихся и наименее развитых стран – пользователей единой системы тарифных преференций Евразийского экономического союза (далее соответственно – развивающиеся страны, наименее развитые страны, Союз).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тарифные преференции в отношении товаров, происходящих из развивающихся и наименее развитых стран, применяются при их ввозе на таможенную территорию Союза в соответствии с положениями статьи 36 Договора о Евразийском экономическом союзе от 29 мая 2014 года (далее – Договор о Союзе).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 3 предусматривается изменение решением Совета Евразийской экономической комиссии от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Тарифные преференции в отношении товаров, происходящих из развивающихся стран, применяются при наличии следующих условий:</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      а) страна происхождения ввозимых товаров включена в перечень развивающихся стран – пользователей единой системы тарифных преференций Союза (далее – перечень развивающихся стран);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      б) товар включен в перечень товаров, происходящих из развивающихся или наименее развитых стран, в отношении которых при ввозе на таможенную территорию Союза предоставляются тарифные преференции (далее – перечень преференциальных товаров);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в) обеспечено выполнение требований, предусмотренных действующими в рамках Союза правилами определения происхождения товаров из развивающихся и наименее развитых стран.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 4 предусматривается в редакции решения Совета Евразийской экономической комиссии от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. В перечень развивающихся стран включаются страны, не классифицируемые Всемирным банком как страны с доходом выше среднего, а также с высоким уровнем дохода.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 5 предусматривается в редакции решения Совета Евразийской экономической комиссии от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Страна, не классифицируемая Всемирным банком как страна с доходом выше среднего, а также с высоким уровнем дохода, может быть не включена в перечень развивающихся стран либо исключена из него в следующих случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      а) достижение страной уровня дохода, определяемого в течение 2 лет подряд Всемирным банком как доход выше среднего или высокий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      б) достижение страной доли в размере 1 процента и выше в объеме мирового экспорта по данным Всемирной торговой организации в течение 2 лет подряд;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в) заключение страной с Союзом преференциального торгового соглашения, наличие такого соглашения на дату вступления в силу Решения Совета Евразийской экономической комиссии от 6 апреля 2016 г. № 47 "Об утверждении Положения об условиях и порядке применения единой системы тарифных преференций Евразийского экономического союза" или наличие преференциального торгового соглашения, заключенного страной с государством – членом Союза (государствами – членами Союза) в соответствии с пунктом 1 статьи 102 Договора о Союзе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      г) включение страны в список наименее развитых стран ООН.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Решение Евразийской экономической комиссии (далее – Комиссия) об исключении страны из перечня развивающихся стран вступает в силу не ранее чем через 6 месяцев с даты его принятия.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...28 lines deleted...]
-      б) товар включен в перечень товаров, происходящих из развивающихся или наименее развитых стран, в отношении которых при ввозе на таможенную территорию Союза предоставляются тарифные преференции (далее – перечень преференциальных товаров);</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 7 предусматривается изменение решением Совета Евразийской экономической комиссии от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Тарифные преференции в отношении товаров, происходящих из наименее развитых стран, применяются при наличии следующих условий:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      а) страна происхождения ввозимых товаров включена в перечень наименее развитых стран – пользователей единой системы тарифных преференций Союза (далее – перечень наименее развитых стран);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      б) товар включен в перечень преференциальных товаров;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в) обеспечено выполнение требований, предусмотренных действующими в рамках Союза правилами определения происхождения товаров из развивающихся и наименее развитых стран.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z10" w:id="8"/>
-[...15 lines deleted...]
-      4. В перечень развивающихся стран включаются страны, не классифицируемые Всемирным банком как страны с доходом выше среднего, а также с высоким уровнем дохода.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 8 предусматривается изменение решением Совета Евразийской экономической комиссии от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. В перечень наименее развитых стран включаются страны, включенные в список наименее развитых стран ООН, а также страны, классифицируемые Всемирным банком как страны с низким уровнем дохода.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В перечень наименее развитых стран могут быть включены страны, которым в соответствии с резолюциями Генеральной Ассамблеи ООН могут предоставляться тарифные преференции, аналогичные тем, которые действуют для стран, включенных в список наименее развитых стран ООН.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 с изменением, внесенным Решением Совета Евразийской экономической комиссии от 19.12.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 122</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 9 предусматривается изменение решением Совета Евразийской экономической комиссии от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Страна подлежит исключению из перечня наименее развитых стран в случае исключения ее из списка наименее развитых стран ООН, а также в случае отмены резолюции Генеральной Ассамблеи ООН, в соответствии с которой данной стране могут предоставляться тарифные преференции, аналогичные тем, которые действуют для стран, включенных в список наименее развитых стран ООН.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Страна, включенная в перечень наименее развитых стран в соответствии с классификацией Всемирного банка, может быть исключена из него, если такая страна в течение 2 лет подряд не классифицируется Всемирным банком как страна с низким уровнем дохода.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 с изменением, внесенным Решением Совета Евразийской экономической комиссии от 19.12.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 122</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 10 предусматривается изменение решением Совета Евразийской экономической комиссии от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Решение Комиссии об исключении страны из перечня наименее развитых стран вступает в силу не ранее чем через 6 месяцев с даты его принятия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Перечень преференциальных товаров включает в себя товары, происходящие из развивающихся и наименее развитых стран, в отношении которых при ввозе на таможенную территорию Союза предоставляются тарифные преференции.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
-[...222 lines deleted...]
-    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 8 с изменением, внесенным Решением Совета Евразийской экономической комиссии от 19.12.2019 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 122</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 12 предусматривается изменение решением Совета Евразийской экономической комиссии от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="13"/>
-[...139 lines deleted...]
-    <w:bookmarkStart w:name="z18" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Товар может быть не включен в перечень преференциальных товаров или исключен из него в одном из следующих случаев:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       а) преференциальный ввоз товара является чувствительным по отношению к существующему производству аналогичных товаров на территории одного или нескольких государств – членов Союза (далее – государства-члены); </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       б) Комиссией установлены в отношении товара тарифные квоты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 13 предусматривается изменение решением Совета Евразийской экономической комиссии от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Решение Комиссии об изменении перечня преференциальных товаров вступает в силу не ранее чем через 6 месяцев с даты его принятия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 14 предусматривается изменение решением Совета Евразийской экономической комиссии от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Применение тарифных преференций в отношении отдельных или всех товаров, происходящих из развивающихся или наименее развитых стран, может быть временно приостановлено по решению Комиссии при наличии одного или нескольких из следующих оснований:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       а) страна не принимает необходимые меры, включая меры законодательного и организационного характера, направленные на борьбу против незаконного оборота наркотических средств и психотропных веществ (прекурсоров);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1951,150 +2922,338 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       д) страна допускает неоднократные нарушения положений действующих в рамках Союза правил определения происхождения товаров из развивающихся и наименее развитых стран (в том числе в области определения происхождения товаров, выполнения требований и условий административного сотрудничества, документального подтверждения происхождения товаров), дающие основания полагать, что такая страна не в состоянии обеспечить их надлежащее применение в отношении экспортируемых товаров;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       е) объем ввоза на таможенную территорию Союза товара, происходящего из развивающейся или наименее развитой страны (на уровне субпозиции единой Товарной номенклатуры внешнеэкономической деятельности Евразийского экономического союза), включенного в перечень преференциальных товаров, превышающий в стоимостном или количественном исчислении 3 процента общего объема ввоза такого же товара на таможенную территорию Союза, увеличился в течение года более чем на 50 процентов, результатом чего стало сокращение объемов производства аналогичных товаров производителями государств-членов и (или) сокращение их доли на внутреннем рынке Союза.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 15 предусматривается изменение решением Совета Евразийской экономической комиссии от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Приостановление применения тарифных преференций вводится, как правило, сроком на 1 год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 16 предусматривается изменение решением Совета Евразийской экономической комиссии от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Решение Комиссии о временном приостановлении применения тарифных преференций вступает в силу не ранее чем через 90 календарных дней с даты его принятия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:bookmarkStart w:name="z23" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Комиссия на регулярной основе проводит мониторинг функционирования единой системы тарифных преференций Союза.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z24" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Пересмотр единой системы тарифных преференций Союза, включая внесение изменений в перечень развивающихся стран, перечень наименее развитых стран и перечень преференциальных товаров, осуществляется Комиссией на основании проводимого мониторинга, но не реже чем 1 раз в 3 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z25" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Таможенные органы государств-членов направляют по запросу Комиссии информацию о предоставлении тарифных преференций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>