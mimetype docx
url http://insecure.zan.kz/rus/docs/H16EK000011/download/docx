--- v0 (2025-10-26)
+++ v1 (2025-12-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="90757a2" w14:textId="90757a2">
+    <w:p w14:paraId="c108074" w14:textId="c108074">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -121,51 +121,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание РЦПИ!</w:t>
+        <w:t>      Примечание ИЗПИ!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -2587,204 +2587,180 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Прмечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">комиссии </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IV. Технический регламент Таможенного союза, указанный  в абзаце двадцать шестом пункта 50 приложения № 1  к Протоколу от 8 мая 2015 года об условиях и переходных положениях по применению Кыргызской Республикой Договора о Евразийском экономическом союзе от 29 мая 2014 года, отдельных международных договоров, входящих в право Евразийского экономического союза,  и актов органов Евразийского экономического союза в связи  с присоединением Кыргызской Республики к Договору о Евразийском экономическом союзе от 29 мая 2014 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      В раздел IV предусматриваются изменения решением Коллегии Евразийской экономической комиссии от 23.09.2025 </w:t>
+        <w:t xml:space="preserve">
+      Сноска. Раздел IV с изменениями, внесенными решениями Коллегии Евразийской экономической комиссии от 06.08.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>№ 133</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования); от 29.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 80</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования); от 19 апреля 2023 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования); от 23.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования и распространяется на правоотношения, возникшие с 12.08.2025).</w:t>
       </w:r>
-      <w:r>
-[...106 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Установить для технического регламента Таможенного союза "О требованиях к автомобильному и авиационному бензину, дизельному и судовому топливу, топливу для реактивных двигателей и мазуту" (ТР ТС 013/2011), принятого </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -2795,123 +2771,123 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Комиссии Таможенного союза от 18 октября 2011 г. № 826 (далее в настоящем разделе – технический регламент), следующий порядок применения:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      документы об оценке соответствия обязательным требованиям, установленным законодательством Кыргызской Республики, выданные или принятые в отношении продукции, являющейся объектом технического регулирования технического регламента, до 12 августа 2025 г., действительны до окончания срока их действия, но не позднее 1 января 2027 г.</w:t>
-[...35 lines deleted...]
-      до 1 января 2025 г. допускаются производство и выпуск в обращение продукции, являющейся объектом технического регулирования технического регламента, в соответствии с обязательными требованиями, установленными законодательством Кыргызской Республики, при наличии документов об оценке соответствия продукции, указанных в абзаце втором настоящего раздела.</w:t>
+      документы об оценке соответствия обязательным требованиям, установленным законодательством Кыргызской Республики, выданные или принятые в отношении продукции, являющейся объектом технического регулирования технического регламента, до 12 августа 2027 г., действительны до окончания срока их действия, но не позднее 1 января 2029 г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      С 12 августа 2027 г. выдача или принятие документов об оценке соответствия продукции обязательным требованиям, ранее установленным законодательством Кыргызской Республики, не допускается;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      до 1 января 2029 г. допускаются производство и выпуск в обращение продукции, являющейся объектом технического регулирования технического регламента, в соответствии с обязательными требованиями, установленными законодательством Кыргызской Республики, при наличии документов об оценке соответствия продукции, указанных в абзаце втором настоящего раздела.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Указанная продукция маркируется национальным знаком соответствия Кыргызской Республики. Маркировка такой продукции единым знаком обращения продукции на рынке государств – членов Евразийского экономического союза не допускается;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      до 12 августа 2026 г. допускаются производство и выпуск в обращение на территории Кыргызской Республики продукции, являющейся объектом технического регулирования технического регламента, не подлежавшей до 12 августа 2025 г. обязательной оценке соответствия обязательным требованиям, установленным законодательством Кыргызской Республики, без документов об обязательной оценке соответствия и без маркировки национальным знаком соответствия;</w:t>
+      до 12 августа 2028 г. допускаются производство и выпуск в обращение на территории Кыргызской Республики продукции, являющейся объектом технического регулирования технического регламента, не подлежавшей до 12 августа 2027 г. обязательной оценке соответствия обязательным требованиям, установленным законодательством Кыргызской Республики, без документов об обязательной оценке соответствия и без маркировки национальным знаком соответствия;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обращение продукции, выпущенной в обращение в период действия документов об оценке соответствия, указанных в абзаце втором настоящего раздела, а также продукции, указанной в абзаце шестом настоящего раздела, допускается в течение срока годности (срока службы) продукции, установленного в соответствии с законодательством Кыргызской Республики.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>