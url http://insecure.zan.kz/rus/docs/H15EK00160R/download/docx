--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="94afb04" w14:textId="94afb04">
+    <w:p w14:paraId="f961ee9" w14:textId="f961ee9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -769,50 +769,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу с даты его опубликования на официальном сайте Евразийского экономического союза); от 20.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 149</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу с даты его опубликования на официальном сайте Евразийского экономического союза); от 02.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 176</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу с даты его опубликования на официальном сайте Евразийского экономического союза).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  Подкомитет по таможенно-тарифному, нетарифному регулированию и защитным мерам</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
@@ -1079,51 +1099,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Казарян</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Георг Володяевич</w:t>
+              <w:t>Геворк Володяевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -1142,51 +1162,51 @@
             <w:gridSpan w:val="3"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-начальник Департамента агропереработки Министерства экономики Республики Армения</w:t>
+советник по координации отдельных функций в структурных подразделениях Министерства экономики Республики Армения;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1762,281 +1782,297 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Армения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...13 lines deleted...]
-</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Арамян</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Араик Дереникович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+и. о. начальника Департамента агропереработки Министерства экономики Республики Армения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...92 lines deleted...]
-начальник отдела тарифного и нетарифного регулирования Главного управления внешнеэкономических связей Министерства промышленности Республики Беларусь</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+От Республики Беларусь
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мелешкин Денис Владимирович</w:t>
+Цыбулько</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Игорь Николаевич</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...56 lines deleted...]
-заместитель председателя Белорусской торгово-промышленной палаты</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+начальник Управления маркетинга, тарифного, нетарифного регулирования и качества Министерства промышленности Республики Беларусь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2328,51 +2364,51 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мелешкин Денис Владимирович</w:t>
+Мелешко Ксения Георгиевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -2392,87 +2428,104 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель председателя Белорусской торгово-промышленной палаты</w:t>
+заместитель начальника Главного управления внешнеэкономической деятельности – начальник управления внешнеторговой политики Министерства сельского хозяйства и продовольствия Республики Беларусь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мелешко Ксения Георгиевна</w:t>
+Валиев</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Александр Анатольевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -2492,104 +2545,105 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель начальника Главного управления внешнеэкономической деятельности – начальник управления внешнеторговой политики Министерства сельского хозяйства и продовольствия Республики Беларусь</w:t>
+первый заместитель Председателя Государственного таможенного комитета Республики Беларусь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Валиев</w:t>
-[...16 lines deleted...]
-              <w:t>Александр Анатольевич</w:t>
+Артемьев</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алексей Алексеевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -2609,105 +2663,104 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-первый заместитель Председателя Государственного таможенного комитета Республики Беларусь</w:t>
+заместитель начальника Главного управления – начальник отдела запретов и ограничений Главного управления тарифного и нетарифного регулирования Государственного таможенного комитета Республики Беларусь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Артемьев</w:t>
-[...17 lines deleted...]
-Алексей Алексеевич</w:t>
+Батый</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Елизавета Дмитриевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -2727,104 +2780,104 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель начальника Главного управления – начальник отдела запретов и ограничений Главного управления тарифного и нетарифного регулирования Государственного таможенного комитета Республики Беларусь</w:t>
+начальник отдела развития интеграции Главного управления экономической интеграции Министерства экономики Республики Беларусь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Батый</w:t>
-[...16 lines deleted...]
-              <w:t>Елизавета Дмитриевна</w:t>
+Камышев</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кирилл Викторович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -2844,104 +2897,104 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-начальник отдела развития интеграции Главного управления экономической интеграции Министерства экономики Республики Беларусь</w:t>
+заместитель начальника управления внешнеторговой политики и евразийской экономической интеграции Департамента внешнеэкономической деятельности Министерства иностранных дел Республики Беларусь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Камышев</w:t>
-[...16 lines deleted...]
-              <w:t>Кирилл Викторович</w:t>
+Малиновская</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Надежда Леонидовна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -2961,105 +3014,104 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель начальника управления внешнеторговой политики и евразийской экономической интеграции Департамента внешнеэкономической деятельности Министерства иностранных дел Республики Беларусь</w:t>
+заместитель начальника Главного управления тарифного и нетарифного регулирования Государственного таможенного комитета Республики Беларусь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Малиновская</w:t>
-[...17 lines deleted...]
-Надежда Леонидовна</w:t>
+Силков</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сергей Викторович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -3079,104 +3131,105 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-начальник отдела таможенных платежей и взыскания задолженности Главного управления тарифного и нетарифного регулирования Государственного таможенного комитета Республики Беларусь</w:t>
+начальник управления внешнеторговой политики и евразийской экономической интеграции Департамента внешнеэкономической деятельности Министерства иностранных дел Республики Беларусь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Силков</w:t>
-[...16 lines deleted...]
-              <w:t>Сергей Викторович</w:t>
+Полтавцева</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елена Валерьевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -3196,105 +3249,104 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-начальник управления внешнеторговой политики и евразийской экономической интеграции Департамента внешнеэкономической деятельности Министерства иностранных дел Республики Беларусь</w:t>
+начальник отдела товарной номенклатуры и страны происхождения товаров Главного управления тарифного и нетарифного регулирования Государственного таможенного комитета Республики Беларусь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Полтавцева</w:t>
-[...17 lines deleted...]
-Елена Валерьевна</w:t>
+Утюпин</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Павел Владимирович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -3314,104 +3366,105 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-начальник отдела товарной номенклатуры и страны происхождения товаров Главного управления тарифного и нетарифного регулирования Государственного таможенного комитета Республики Беларусь</w:t>
+заместитель Министра иностранных дел Республики Беларусь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Утюпин</w:t>
-[...16 lines deleted...]
-              <w:t>Павел Владимирович</w:t>
+Малиновская</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елена Сергеевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -3431,396 +3484,431 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель Министра иностранных дел Республики Беларусь</w:t>
+заместитель председателя Белорусской торгово-промышленной палаты</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...13 lines deleted...]
-</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шатохина</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Екатерина Владимировна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+начальник управления торговых переговоров и защитных мер – заместитель директора Департамента внешнеэкономической деятельности Министра иностранных дел Республики Беларусь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...62 lines deleted...]
-– вице-министр торговли и интеграции Республики Казахстан</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от Республики Казахстан
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мадалиев</w:t>
-[...17 lines deleted...]
-Бакытжан Нурханович</w:t>
+Кушукова</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жанель Сабыровна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-– руководитель управления таможенно-тарифного регулирования Департамента внешнеторговой деятельности Министерства торговли и интеграции Республики Казахстан</w:t>
+– вице-министр торговли и интеграции Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ашитов Серик Батыржанович</w:t>
+Мадалиев</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бакытжан Нурханович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...56 lines deleted...]
-руководитель управления таможенно-тарифного регулирования Департамента внешнеторговой деятельности Министерства торговли и интеграции Республики Казахстан</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+– руководитель управления таможенно-тарифного регулирования Департамента внешнеторговой деятельности Министерства торговли и интеграции Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кажимова Мадина Маратовна</w:t>
+Ашитов Серик Батыржанович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -3840,187 +3928,204 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-руководитель управления нетарифного регулирования Департамента внешнеторговой деятельности Министерства торговли и интеграции Республики Казахстан</w:t>
+руководитель управления таможенно-тарифного регулирования Департамента внешнеторговой деятельности Министерства торговли и интеграции Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Абенов Арман Даулетович </w:t>
+              <w:t>
+Кажимова</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мадина Маратовна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-– </w:t>
+              <w:t>
+–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-генеральный директор Центра развития торговой политики "QazTrade" при Министерстве торговли и интеграции Республики Казахстан</w:t>
+заместитель директора Департамента внешнеторговой деятельности Министерства торговли и интеграции Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Айтбаева Нургуль Талгатовна</w:t>
+              <w:t xml:space="preserve">
+Абенов Арман Даулетович </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -4040,87 +4145,87 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-руководитель проектов Всемирной торговой организации и торгово-экономического сотрудничества Центра развития торговой политики "QazTrade" при Министерстве торговли и интеграции Республики Казахстан</w:t>
+генеральный директор Центра развития торговой политики "QazTrade" при Министерстве торговли и интеграции Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жаканова Даяна Муханбетхановна</w:t>
+Айтбаева Нургуль Талгатовна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -4140,87 +4245,87 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-главный эксперт управления торговых переговоров Департамента внешнеторговой деятельности Министерства торговли и интеграции Республики Казахстан</w:t>
+руководитель проектов Всемирной торговой организации и торгово-экономического сотрудничества Центра развития торговой политики "QazTrade" при Министерстве торговли и интеграции Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Хамзина Альмира Канатовна</w:t>
+Жаканова Даяна Муханбетхановна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -4240,104 +4345,104 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель директора Департамента внешнеторговой деятельности Министерства торговли и интеграции Республики Казахстан</w:t>
+главный эксперт управления торговых переговоров Департамента внешнеторговой деятельности Министерства торговли и интеграции Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...17 lines deleted...]
-              <w:t>Алия Назымбековна</w:t>
+              <w:t xml:space="preserve">
+Данишев </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Альнур Берикович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -4356,139 +4461,105 @@
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...34 lines deleted...]
-              <w:t>и интеграции Республики Казахстан</w:t>
+              <w:t>
+управляющий директор – директор департамента экономической интеграции Национальной палаты предпринимателей Республики Казахстан "Атамекен"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Данишев </w:t>
-[...16 lines deleted...]
-              <w:t>Альнур Берикович</w:t>
+Уразбеков </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Махсат Сабиржанович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -4508,104 +4579,104 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-управляющий директор – директор департамента экономической интеграции Национальной палаты предпринимателей Республики Казахстан "Атамекен"</w:t>
+главный эксперт управления таможенно-тарифного регулирования Департамента внешнеторговой деятельности Министерства торговли и интеграции Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...17 lines deleted...]
-              <w:t>Эльмира Жаксылыковна</w:t>
+              <w:t xml:space="preserve">
+Ашитов </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Серик Батыржанович </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -4624,122 +4695,156 @@
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...17 lines deleted...]
-              <w:t>и интеграции Республики Казахстан</w:t>
+              <w:t>
+заместитель директора Департамента</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>внешнеторговой деятельности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерства торговли и интеграции</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...17 lines deleted...]
-              <w:t>Махсат Сабиржанович</w:t>
+              <w:t>
+Абдыкерова</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Светлана Жанузаковна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -4759,104 +4864,105 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-главный эксперт управления таможенно-тарифного регулирования Департамента внешнеторговой деятельности Министерства торговли и интеграции Республики Казахстан</w:t>
+руководитель Управления классификации и происхождения товаров Комитета государственных доходов Министерства финансов Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Серик Батыржанович </w:t>
+              <w:t>
+Байкадамова</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уасиля Тулеуовна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -4876,155 +4982,104 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель директора Департамента</w:t>
-[...50 lines deleted...]
-              <w:t xml:space="preserve">Республики Казахстан </w:t>
+заместитель директора Департамента внешнеторговой деятельности Министерства торговли и интеграции Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...17 lines deleted...]
-              <w:t>Альмира Канатовна</w:t>
+              <w:t>
+Бектибаев</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Адилбек Ауелбекович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -5044,104 +5099,104 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель директора Департамента внешнеторговой деятельности Министерства торговли и интеграции Республики Казахстан</w:t>
+директор Департамента промышленной политики Министерства промышленности и строительства Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Абдыкерова</w:t>
-[...16 lines deleted...]
-              <w:t>Светлана Жанузаковна</w:t>
+Мукатов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бексултан Кариполлаулы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -5161,105 +5216,104 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-руководитель Управления классификации и происхождения товаров Комитета государственных доходов Министерства финансов Республики Казахстан</w:t>
+заместитель директора департамента экономической интеграции Национальной палаты предпринимателей Республики Казахстан "Атамекен"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Архангельская</w:t>
-[...17 lines deleted...]
-Елена Алексеевна</w:t>
+Рахметова</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Асемгуль Бахтыбаевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -5279,105 +5333,104 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-руководитель управления многостороннего сотрудничества Департамента международного сотрудничества Министерства энергетики Республики Казахстан</w:t>
+руководитель управления транспортной политики Департамента транспортной политики Министерства транспорта Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Байкадамова</w:t>
-[...17 lines deleted...]
-Уасиля Тулеуовна</w:t>
+Жаксенова</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Зарина Муратовна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -5397,105 +5450,104 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель директора Департамента внешнеторговой деятельности Министерства торговли и интеграции Республики Казахстан</w:t>
+директор Департамента внешнеторговой деятельности Министерства торговли и интеграции Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бекишев</w:t>
-[...17 lines deleted...]
-Асет Рыскалиевич</w:t>
+Закиев</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ален Жомартулы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -5515,105 +5567,104 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-главный эксперт управления таможенной политики Департамента налоговой и таможенной политики Министерства национальной экономики Республики Казахстан</w:t>
+руководитель управления двустороннего сотрудничества Департамента международного сотрудничества Министерства энергетики Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бектибаев</w:t>
-[...17 lines deleted...]
-Адилбек Ауелбекович</w:t>
+Закир</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Темирлан Жаксыбаевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -5633,104 +5684,104 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-директор Департамента интеграции и международного сотрудничества Министерства промышленности и строительства Республики Казахстан</w:t>
+руководитель управления интеграционных процессов в отраслях промышленности Департамента промышленной политики Министерства промышленности и строительства Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дюсенбаев</w:t>
-[...16 lines deleted...]
-              <w:t>Далел Байлакович</w:t>
+Сартай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мадияр Алматулы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -5750,105 +5801,104 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-руководитель управления интеграционных процессов в отраслях промышленности Департамента промышленной политики Министерства промышленности и строительства Республики Казахстан</w:t>
+главный эксперт управления таможенной политики Департамента налоговой и таможенной политики Министерства национальной экономики Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жолмагамбетов</w:t>
-[...17 lines deleted...]
-Турар Бибитович</w:t>
+Сейлканова</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Гульдария Айтуаровна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -5868,474 +5918,421 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель председателя Комитета промышленности Министерства промышленности и строительства Республики Казахстан</w:t>
+главный эксперт управления таможенно-тарифного регулирования Департамента внешнеторговой деятельности Министерства торговли и интеграции Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...93 lines deleted...]
-заместитель директора департамента экономической интеграции Национальной палаты предпринимателей Республики Казахстан "Атамекен"</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+От Кыргызской Республики
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Рахметова</w:t>
-[...16 lines deleted...]
-              <w:t>Асемгуль Бахтыбаевна</w:t>
+Борончиев Шамиль Исмаилович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...56 lines deleted...]
-руководитель управления транспортной политики Департамента транспортной политики Министерства транспорта Республики Казахстан</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+– </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+начальник Управления машиностроения, металлургии и строительных материалов Государственного комитета промышленности, энергетики и недропользования при Правительстве Кыргызской Республики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...13 lines deleted...]
-</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Джумабаев Дайр Эсенгулович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+– </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+заместитель руководителя департамента Торгово-промышленной палаты Кыргызской Республики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...17 lines deleted...]
-              <w:t>Назгуль Токтобековна</w:t>
+              <w:t xml:space="preserve">
+Джусумалиев Нурлан Садырбекович </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-–</w:t>
+              <w:t xml:space="preserve">
+– </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-начальник отдела тарифного регулирования Управления таможенных доходов Государственной таможенной службы при Министерстве финансов Кыргызской Республики</w:t>
+заведующий отделом торговой политики и развития экспорта Управления торговой политики Министерства экономики Кыргызской Республики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Борончиев Шамиль Исмаилович</w:t>
+Садамкулова Фатима Исагуловна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -6354,302 +6351,336 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-начальник Управления машиностроения, металлургии и строительных материалов Государственного комитета промышленности, энергетики и недропользования при Правительстве Кыргызской Республики</w:t>
+заведующая отделом легкой промышленности и прочих отраслей Государственного комитета промышленности энергетики и недропользования при Правительстве Кыргызской Республики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Джумабаев Дайр Эсенгулович</w:t>
+Чекирбаев</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уран Кадырович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-– </w:t>
+              <w:t>
+–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель руководителя департамента Торгово-промышленной палаты Кыргызской Республики</w:t>
+заведующий отделом продовольственной безопасности Управления продовольственной безопасности, перерабатывающей промышленности и органики Министерства водных ресурсов, сельского хозяйства и перерабатывающей промышленности Кыргызской Республики;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Джусумалиев Нурлан Садырбекович </w:t>
+              <w:t>
+Алмазбек</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кызы Айгул</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-– </w:t>
+              <w:t>
+–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заведующий отделом торговой политики и развития экспорта Управления торговой политики Министерства экономики Кыргызской Республики</w:t>
+главный специалист отдела тарифного и нетарифного регулирования Управления торговой политики Министерства экономики и коммерции Кыргызской Республики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Каарбаева</w:t>
-[...16 lines deleted...]
-              <w:t>Назгуль Токтогуловна</w:t>
+Бегалиев</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аскат Маратович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -6668,203 +6699,220 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заведующая отделом реализации решений по экспорту и интеграции Управления реализации решений Министерства водных ресурсов, сельского хозяйства и перерабатывающей промышленности Кыргызской Республики</w:t>
+заведующий сектором взаимодействия в рамках ЕАЭС Управления прогнозирования государственных доходов Министерства финансов Кыргызской Республики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Садамкулова Фатима Исагуловна</w:t>
+Женишканов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Эмир Женишканович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-– </w:t>
+              <w:t>
+–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заведующая отделом легкой промышленности и прочих отраслей Государственного комитета промышленности энергетики и недропользования при Правительстве Кыргызской Республики</w:t>
+заведующий отделом тарифного и нетарифного регулирования Управления торговой политики Министерства экономики и коммерции Кыргызской Республики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...17 lines deleted...]
-              <w:t>Уран Кадырович</w:t>
+              <w:t>
+Акынбеков</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Алмаз Эмилбекович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -6883,104 +6931,104 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель директора Департамента перерабатывающей промышленности и органического сельского хозяйства Министерства водных ресурсов, сельского хозяйства и перерабатывающей промышленности Кыргызской Республики</w:t>
+заместитель начальника Главного управления таможенных доходов Государственной таможенной службы при Кабинете Министров Кыргызской Республики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Алмазбек</w:t>
-[...16 lines deleted...]
-              <w:t>кызы Айгул</w:t>
+Ахматов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Султан Маматович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -6999,104 +7047,122 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-главный специалист отдела тарифного и нетарифного регулирования Управления торговой политики Министерства экономики и коммерции Кыргызской Республики</w:t>
+заместитель Министра экономики и коммерции Кыргызской Республики</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бегалиев</w:t>
-[...16 lines deleted...]
-              <w:t>Аскат Маратович</w:t>
+Багышова</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Айдан Эрмековна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -7115,104 +7181,104 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заведующий сектором взаимодействия в рамках ЕАЭС Управления прогнозирования государственных доходов Министерства финансов Кыргызской Республики</w:t>
+заведующая отделом экспорта и интеграции Управления международного сотрудничества, экспорта и инвестиций Министерства водных ресурсов, сельского хозяйства и перерабатывающей промышленности Кыргызской Республики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Женишканов</w:t>
-[...16 lines deleted...]
-              <w:t>Эмир Женишканович</w:t>
+Балтабаев</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Рустам Кодиржонович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -7231,104 +7297,104 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-главный специалист отдела тарифного и нетарифного регулирования Управления торговой политики Министерства экономики и коммерции Кыргызской Республики</w:t>
+исполнительный директор Ассоциации развития агропромышленного комплекса Кыргызской Республики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жумаков</w:t>
-[...16 lines deleted...]
-              <w:t>Жылдызбек Ажыбекович</w:t>
+Закиров</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Эл-Кынан Магаматкулович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -7347,104 +7413,104 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заведующий отделом тарифного и нетарифного регулирования Управления торговой политики Министерства экономики и коммерции Кыргызской Республики</w:t>
+главный специалист отдела тарифного и нетарифного регулирования Управления торговой политики Министерства экономики и коммерции Кыргызской Республики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Малаев</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Назарбек Камалдинович </w:t>
+Замирбекова</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Гулзар Замирбековна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -7462,105 +7528,105 @@
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-заместитель Министра экономики и коммерции Кыргызской Республики </w:t>
+              <w:t>
+главный специалист отдела экспорта и интеграции Управления международного сотрудничества, экспорта и инвестиций Министерства водных ресурсов, сельского хозяйства и перерабатывающей промышленности Кыргызской Республики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мураталиев</w:t>
-[...16 lines deleted...]
-              <w:t>Азамат Табылдиевич</w:t>
+Раимбеков</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нуртилек Советбекович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -7579,104 +7645,104 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-начальник Управления торговой политики Министерства экономики и коммерции Кыргызской Республики</w:t>
+старший инспектор отдела таможенного контроля и оформления Главного управления организации таможенного контроля Государственной таможенной службы при Министерстве финансов Кыргызской Республики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Киселева</w:t>
-[...16 lines deleted...]
-              <w:t>Римма Хаджимуратовна</w:t>
+Ташибекова</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Александра Олеговна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -7695,824 +7761,841 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заведующая отделом торговой политики и ВТО Управления торговой политики Министерства экономики и коммерции Кыргызской Республики</w:t>
+начальник отдела тарифного регулирования Главного управления таможенных доходов Государственной таможенной службы при Кабинете Министров Кыргызской Республики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...13 lines deleted...]
-</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чыналиев</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мухтар Турдубекович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+директор Департамента перерабатывающей промышленности и органического сельского хозяйства Министерства водных ресурсов, сельского хозяйства и перерабатывающей промышленности Кыргызской Республики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...62 lines deleted...]
-– начальник Управления международного экономического сотрудничества Федеральной антимонопольной службы</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от Российской Федерации
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Золкин</w:t>
-[...17 lines deleted...]
-Никита Андреевич</w:t>
+Давыдова</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Леся Евгеньевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-– директор Департамента таможенной политики и регулирования алкогольного и табачного рынков Министерства финансов Российской Федерации</w:t>
+– начальник Управления международного экономического сотрудничества Федеральной антимонопольной службы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Косоуров</w:t>
-[...17 lines deleted...]
-Андрей Александрович</w:t>
+Золкин</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Никита Андреевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-– заместитель начальника Управления международного экономического сотрудничества Федеральной антимонопольной службы</w:t>
+– директор Департамента таможенной политики и регулирования алкогольного и табачного рынков Министерства финансов Российской Федерации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Лозбенко</w:t>
-[...17 lines deleted...]
-Леонид Аркадьевич</w:t>
+Косоуров</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Андрей Александрович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-– председатель Общественного совета при ФТС России</w:t>
+– заместитель начальника Управления международного экономического сотрудничества Федеральной антимонопольной службы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Майорова</w:t>
-[...17 lines deleted...]
-Екатерина Евгеньевна</w:t>
+Лозбенко</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Леонид Аркадьевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-– директор Департамента торговых переговоров Министерства экономического развития Российской Федерации</w:t>
+– председатель Общественного совета при ФТС России</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Акимов</w:t>
-[...16 lines deleted...]
-              <w:t>Антон Викторович</w:t>
+Майорова</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Екатерина Евгеньевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-– заместитель председателя совета по внешнеэкономической деятельности Торгово-промышленной палаты Российской Федерации, директор по взаимодействию с органами государственной власти акционерного общества "Кордиант"</w:t>
+– директор Департамента торговых переговоров Министерства экономического развития Российской Федерации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Цыганов</w:t>
-[...17 lines deleted...]
-Андрей Геннадьевич</w:t>
+Акимов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Антон Викторович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-– заместитель руководителя Федеральной антимонопольной службы</w:t>
+– заместитель председателя совета по внешнеэкономической деятельности Торгово-промышленной палаты Российской Федерации, директор по взаимодействию с органами государственной власти акционерного общества "Кордиант"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ильичев Владимир Евгеньевич</w:t>
+Цыганов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Андрей Геннадьевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...55 lines deleted...]
-заместитель Министра экономического развития Российской Федерации</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+– заместитель руководителя Федеральной антимонопольной службы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Карпова Александра Владимировна</w:t>
+Ильичев Владимир Евгеньевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -8531,87 +8614,87 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель директора Департамента торговых переговоров Министерства экономического развития Российской Федерации</w:t>
+заместитель Министра экономического развития Российской Федерации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Молоканов Сергей Евгеньевич</w:t>
+Карпова Александра Владимировна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -8630,51 +8713,51 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-член Общероссийской общественной организации "Деловая Россия"</w:t>
+заместитель директора Департамента торговых переговоров Министерства экономического развития Российской Федерации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10170,69 +10253,69 @@
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...17 lines deleted...]
-              <w:t>Максим Валерьевич</w:t>
+              <w:t xml:space="preserve">
+Ромазина </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Александра Андреевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -10251,104 +10334,104 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-директор Департамента международного сотрудничества и развития экспорта продукции АПК Министерства сельского хозяйства Российской Федерации</w:t>
+заместитель директора Департамента международной кооперации и лицензирования в сфере внешней торговли Министерства промышленности и торговли Российской Федерации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...17 lines deleted...]
-              <w:t>Александра Андреевна</w:t>
+              <w:t>
+Сокольников</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сергей Михайлович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -10367,104 +10450,104 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель директора Департамента международной кооперации и лицензирования в сфере внешней торговли Министерства промышленности и торговли Российской Федерации</w:t>
+заместитель директора Департамента развития и регулирования внешнеэкономической деятельности Министерства экономического развития Российской Федерации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сокольников</w:t>
-[...16 lines deleted...]
-              <w:t>Сергей Михайлович</w:t>
+Чекушов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Роман Андреевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -10483,104 +10566,104 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель директора Департамента развития и регулирования внешнеэкономической деятельности Министерства экономического развития Российской Федерации</w:t>
+статс-секретарь – заместитель Министра промышленности и торговли Российской Федерации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Чекушов</w:t>
-[...16 lines deleted...]
-              <w:t>Роман Андреевич</w:t>
+Артемов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Александр Эдуардович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -10599,104 +10682,104 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-статс-секретарь – заместитель Министра промышленности и торговли Российской Федерации</w:t>
+начальник отдела мер защиты рынка Департамента международной кооперации и лицензирования в сфере внешней торговли Министерства промышленности и торговли Российской Федерации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Артемов</w:t>
-[...16 lines deleted...]
-              <w:t>Александр Эдуардович</w:t>
+Петренко</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ростислав Сергеевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -10715,104 +10798,104 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-начальник отдела мер защиты рынка Департамента международной кооперации и лицензирования в сфере внешней торговли Министерства промышленности и торговли Российской Федерации</w:t>
+заместитель директора Департамента развития и регулирования внешнеэкономической деятельности Министерства экономического развития Российской Федерации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Петренко</w:t>
-[...16 lines deleted...]
-              <w:t>Ростислав Сергеевич</w:t>
+Старичкова</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дарья Михайловна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -10831,104 +10914,104 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель директора Департамента развития и регулирования внешнеэкономической деятельности Министерства экономического развития Российской Федерации</w:t>
+начальник отдела таможенно-тарифного, нетарифного регулирования, доступа на рынок Департамента международной кооперации и лицензирования в сфере внешней торговли Министерства промышленности и торговли Российской Федерации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Старичкова</w:t>
-[...16 lines deleted...]
-              <w:t>Дарья Михайловна</w:t>
+Шишов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Юрий Владимирович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -10947,104 +11030,104 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-начальник отдела таможенно-тарифного, нетарифного регулирования, доступа на рынок Департамента международной кооперации и лицензирования в сфере внешней торговли Министерства промышленности и торговли Российской Федерации</w:t>
+директор Департамента аналитического сопровождения внешнеэкономической деятельности Министерства экономического развития Российской Федерации;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Шишов</w:t>
-[...16 lines deleted...]
-              <w:t>Юрий Владимирович</w:t>
+Некрасов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дмитрий Викторович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -11063,104 +11146,104 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-директор Департамента аналитического сопровождения внешнеэкономической деятельности Министерства экономического развития Российской Федерации;</w:t>
+директор Департамента развития и регулирования внешнеэкономической деятельности Министерства экономического развития Российской Федерации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кусков</w:t>
-[...16 lines deleted...]
-              <w:t>Дмитрий Александрович</w:t>
+Рыбленков</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Никита Сергеевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -11179,104 +11262,104 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-директор Департамента международной кооперации и лицензирования в сфере внешней торговли Министерства промышленности и торговли Российской Федерации</w:t>
+ответственный секретарь комитета по металлургии Общероссийской общественной организации "Деловая Россия", генеральный директор общества с ограниченной ответственностью "Новосталь-М"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Некрасов</w:t>
-[...16 lines deleted...]
-              <w:t>Дмитрий Викторович</w:t>
+Андреева</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Алла Юрьевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -11295,104 +11378,122 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-директор Департамента развития и регулирования внешнеэкономической деятельности Министерства экономического развития Российской Федерации</w:t>
+президент некоммерческой организации "Союз производителей соков, воды и напитков"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Новиков</w:t>
-[...16 lines deleted...]
-              <w:t>Максим Николаевич</w:t>
+Бендерская</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Елена Александровна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -11411,104 +11512,104 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-эксперт совета по таможенной политике Торгово-промышленной палаты Российской Федерации, президент Союза производителей соков, воды и напитков</w:t>
+начальник отдела методологии таможенного дела Департамента таможенной политики и регулирования алкогольного и табачного рынков Министерства финансов Российской Федерации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Рыбленков</w:t>
-[...16 lines deleted...]
-              <w:t>Никита Сергеевич</w:t>
+Пономарев</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Иван Александрович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -11527,51 +11628,417 @@
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ответственный секретарь комитета по металлургии Общероссийской общественной организации "Деловая Россия", генеральный директор общества с ограниченной ответственностью "Новосталь-М"</w:t>
+директор Департамента международного сотрудничества Министерства сельского хозяйства Российской Федерации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Попова</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ольга Евгеньевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ведущий советник отдела ВЭД и ЕАЭС Департамента международного сотрудничества Министерства сельского хозяйства Российской Федерации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Федоров</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дмитрий Федорович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+руководитель отдела таможенного оформления группы компаний "Аривист"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Филиппова</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Елена Ивановна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+советник отдела методологии таможенного дела Департамента таможенной политики и регулирования алкогольного и табачного рынков Министерства финансов Российской Федерации;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Подкомитет по торговой политике</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
@@ -19176,55 +19643,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>