--- v0 (2025-10-26)
+++ v1 (2025-12-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="89d4ae0" w14:textId="89d4ae0">
+    <w:p w14:paraId="09c5176" w14:textId="09c5176">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -103,144 +103,228 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение Комиссии таможенного союза от 9 декабря 2011 года № 876.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
-[...49 lines deleted...]
-        <w:t>:</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В решении предусмотрены изменения решением Совета Евразийской экономической комиссии от 12.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 75</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 дней с даты его официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Соглашения о единых принципах и правилах технического регулирования в Республике Казахстан, Республике Беларусь и Российской Федерации от 18 ноября 2010 года Комиссия Таможенного союза (далее – Комиссия) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>решила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z6" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
       1.Принять </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>технический регламент</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Таможенного союза "О безопасности продукции легкой промышленности" (ТР ТС 017/2011) (прилагается).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -269,250 +353,250 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z10" w:id="2"/>
+    <w:bookmarkStart w:name="z10" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3.Установить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z11" w:id="3"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z11" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3.1.Технический регламент Таможенного союза "О безопасности продукции легкой промышленности" (далее – Технический регламент) вступает в силу с 1 июля 2012 года;</w:t>
+      3.1. Технический регламент Таможенного союза "О безопасности продукции легкой промышленности" (далее – Технический регламент) вступает в силу с 1 июля 2012 года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z12" w:id="4"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z12" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3.2.Документы об оценке (подтверждении) соответствия обязательным требованиям, установленным нормативными правовыми актами Таможенного союза или законодательством государства – члена Таможенного союза, выданные или принятые в отношении продукции, являющейся объектом технического регулирования Технического регламента (далее – продукция), до дня вступления в силу Технического регламента, действительны до окончания срока их действия, но не позднее 1 июля 2014 года. Указанные документы, выданные или принятые до дня официального опубликования настоящего Решения, действительны до окончания срока их действия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z13" w:id="5"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z13" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Со дня вступления в силу Технического регламента выдача или принятие документов об оценке (подтверждении) соответствия продукции обязательным требованиям, ранее установленным нормативными правовыми актами Таможенного союза или законодательством государства – члена Таможенного союза, не допускается;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z14" w:id="6"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z14" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3.3. До 1 июля 2014 года допускается производство и выпуск в обращение продукции в соответствии с обязательными требованиями, ранее установленными нормативными правовыми актами Таможенного союза или законодательством государства - члена Таможенного союза, при наличии документов об оценке (подтверждении) соответствия продукции указанным обязательным требованиям, выданных или принятых до дня вступления в силу Технического регламента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z15" w:id="7"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z15" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Указанная продукция маркируется национальным знаком соответствия (знаком обращения на рынке) в соответствии с законодательством государства – члена Таможенного союза или с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Комиссии от 20 сентября 2010 года № 386.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z18" w:id="8"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z18" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Маркировка такой продукции единым знаком обращения продукции на рынке государств – членов Таможенного союза не допускается;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z2" w:id="9"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z2" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3.3-1. До 1 января 2013 года допускается производство и выпуск в обращение на таможенной территории Таможенного союза продукции, не подлежавшей до дня вступления в силу Технического регламента обязательной оценке (подтверждению) соответствия согласно нормативным правовым актам Таможенного союза или законодательству государства – члена Таможенного союза, без документов об обязательной оценке (подтверждении) соответствия и без маркировки национальным знаком соответствия (знаком обращения на рынке);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z19" w:id="10"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z19" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3.4. Обращение продукции, выпущенной в обращение в период действия документов об оценке (подтверждении) соответствия, указанных в подпункте 3.2 настоящего Решения, а также продукции, указанной в подпункте 3.3-1 настоящего Решения, допускается в течение срока службы продукции, установленного в соответствии с законодательством государства – члена Таможенного союза.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -531,151 +615,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования и распространяется на правоотношения, возникшие с 01.07.2012).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="11"/>
+    <w:bookmarkStart w:name="z22" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        4.Секретариату Комиссии совместно со Сторонами подготовить проект Плана мероприятий, необходимых для реализации Технического регламента, и в трехмесячный срок со дня вступления в силу настоящего Решения обеспечить представление его на утверждение Комиссии в установленном порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z23" w:id="12"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z23" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5.Казахстанской Стороне с участием Сторон на основании мониторинга результатов применения стандартов обеспечить подготовку предложений по актуализации перечней, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Решения, и их представление не реже одного раза в год со дня вступления в силу Технического регламента в Секретариат Комиссии для утверждения Комиссией в установленном порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z26" w:id="13"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z26" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Сторонам:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z27" w:id="14"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z27" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6.1.До дня вступления в силу Технического регламента определить органы государственного контроля (надзора), ответственные за осуществление государственного контроля (надзора) за соблюдением требований Технического регламента, и информировать об этом Комиссию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z28" w:id="15"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z28" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6.2. Со дня вступления в силу Технического регламента обеспечить проведение государственного контроля (надзора) за соблюдением требований Технического регламента с учетом подпунктов </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -690,71 +774,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3.4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Решения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z33" w:id="16"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z33" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Настоящее Решение вступает в силу с даты его официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1235,7322 +1319,7320 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="17"/>
+    <w:bookmarkStart w:name="z39" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ТЕХНИЧЕСКИЙ РЕГЛАМЕНТ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ТАМОЖЕННОГО СОЮЗА</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ТР ТС 017/2011</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>О безопасности продукции легкой промышленности</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      _____________________________________________________________</w:t>
+      Содержание</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Предисловие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. Область применения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. Определения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. Правила обращения на рынке</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. Общие требования безопасности продукции легкой промышленности</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. Требования безопасности текстильных материалов, изделий из них, одежды, текстильно-галантерейных изделий</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. Требования безопасности обуви, кожи и кожгалантерейных изделий</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. Требования безопасности одежды и изделий из кожи, меха, шкурок меховых выделанных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. Требования безопасности покрытий и изделий ковровых машинного способа производства, войлока, фетра, нетканых материалов и готовых изделий из этих материалов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. Требования к маркировке продукции</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. Обеспечение соответствия требованиям безопасности</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. Подтверждение соответствия продукции требованиям настоящего Технического регламента</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. Маркировка единым знаком обращения продукции на рынке государств-членов Таможенного союза</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. Защитительная оговорка</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. Перечень продукции, в отношении которой устанавливаются требования настоящего Технического регламента</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приложение 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. Требования биологической и химической безопасности к текстильным материалам, изделий из них, одежды, текстильно-галантерейным изделиям</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приложение 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. Требования химической безопасности текстильных, полимерных и других материалов, кожи и изделий легкой промышленности из них</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приложение 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. Требования химической безопасности текстильных материалов и изделий из них, обработанных текстильно-вспомогательными веществами</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приложение 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. Требования механической и биологической безопасности обуви</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приложение 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. Требования механической и биологической безопасности кожгалантерейных изделий</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приложение 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. Требования химической безопасности кожгалантерейных изделий и материалов для их изготовления в зависимости от состава материала</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приложение 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. Требования химической и биологической безопасности кожи, меха и изделий из них</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z67" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ТР ТС 017/2011</w:t>
+        <w:t xml:space="preserve"> Технический регламент Таможенного союза</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>О безопасности продукции легкой промышленности</w:t>
+        <w:t>"О безопасности продукции легкой промышленности"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Предисловие</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      1. Настоящий технический регламент Таможенного союза "О безопасности продукции легкой промышленности" (далее – Технический регламент) разработан в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Соглашением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о единых принципах и правилах технического регулирования в Республике Беларусь, Республике Казахстан и Российской Федерации от 18 ноября 2010 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z71" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Содержание</w:t>
+      2. Настоящий Технический регламент разработан с целью установления единых, обязательных для применения и исполнения требований к продукции легкой промышленности, обеспечения свободного перемещения продукции легкой промышленности, выпускаемой в обращение на единой таможенной территории Таможенного союза.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z72" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Если в отношении продукции легкой промышленности будут приняты иные технические регламенты Таможенного союза и (или) технические регламенты Евразийского экономического сообщества (далее ЕврАзЭС), устанавливающие требования к данной продукции, то продукция легкой промышленности должна соответствовать требованиям этих технических регламентов Таможенного союза и (или) технических регламентов ЕврАзЭС, действие которых на нее распространяется. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z73" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 1. Область применения</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z74" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      1. Настоящий Технический регламент распространяется на выпускаемую в обращение на единой таможенной территории Таможенного союза продукцию легкой промышленности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z75" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. К продукции легкой промышленности (далее – продукция), на которую распространяется действие настоящего Технического регламента, относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z76" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - материалы текстильные;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z77" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - одежда и изделия швейные и трикотажные;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z78" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - покрытия и изделия ковровые машинного способа производства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z79" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - изделия кожгалантерейные, текстильно-галантерейные;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z80" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - войлок, фетр и нетканые материалы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z81" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - обувь;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z82" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - меха и меховые изделия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z83" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - кожа и кожаные изделия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z84" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - кожа искусственная.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z85" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      3. Перечень продукции, в отношении которой устанавливаются требования настоящего Технического регламента, указан в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приложении 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему Техническому регламенту.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z86" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Настоящий Технический регламент не распространяется на следующие виды продукции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z87" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - бывшую в употреблении;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z88" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - изготовленную по индивидуальным заказам населения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z89" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - изделия медицинского назначения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z90" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - специальную, ведомственную, являющуюся средством индивидуальной защиты и материалы для ее изготовления;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z91" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - предназначенную для детей и подростков;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z92" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - текстильные материалы упаковочные, мешки тканые;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z93" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - материалы и изделия из них технического назначения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z94" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - сувенирную продукцию и изделия художественных промыслов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z95" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - спортивные изделия, предназначенные для экипировки спортивных</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z96" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      команд;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z97" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - продукцию постижерную (парики, накладные усы, бороды и т.п.).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z98" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Настоящий технический регламент устанавливает обязательные на территории Таможенного союза требования к продукции легкой промышленности в целях защиты жизни и здоровья человека, а также предупреждения действий, вводящих в заблуждение пользователей (потребителей) продукции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z99" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 2. Определения</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z100" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t>. Область применения</w:t>
+        <w:t>
+      В настоящем Техническом регламенте применяются следующие термины и их определения:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z101" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      биологическая безопасность – состояние продукции, при котором отсутствует недопустимый риск, связанный с причинением вреда здоровью или угрозой жизни пользователя (потребителя) из-за несоответствия биологических, токсикологических, физических и физико-химических свойств установленным требованиям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z102" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вредные химические вещества – химические вещества, которые во время использования продукции могут вызвать негативные отклонения в состоянии здоровья пользователя при содержании их в материале изделия в количестве, превышающем допустимые концентрации таких веществ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z103" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выпуск продукции в обращение – размещение на рынке государств -членов Таможенного союза продукции, отправляемой со склада изготовителя, продавца либо лица, выполняющего функции иностранного изготовителя, или отгружаемой без складирования, или экспортируемой для реализации на территории государств - членов Таможенного союза заявитель – физическое или юридическое лицо, которое обращается за</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z104" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подтверждением соответствия продукции настоящему Техническому регламенту путем сертификации или путем принятия декларации о соответствии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z105" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      идентификация – процедура отнесения продукции легкой промышленности к области применения настоящего Технического регламента и установления соответствия данной продукции технической документации к ней;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z106" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      изготовитель – юридическое лицо или физическое лицо в качестве индивидуального предпринимателя, осуществляющее от своего имени производство и реализацию продукции легкой промышленности и ответственное за ее соответствие требованиям настоящего Технического регламента;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z107" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      импортер – резидент государства - члена Таможенного союза, который заключил с нерезидентом государства – члена Таможенного союза внешнеторговый договор на передачу продукции легкой промышленности, осуществляет реализацию этой продукции и несет ответственность за ее соответствие требованиям настоящего Технического регламента;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z108" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      индекс токсичности – интегральный показатель общей острой токсичности, определяемый "in vitro" (в пробирке) на культуре клеток;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z109" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      механическая безопасность – комплекс количественных показателей механических свойств и конструктивных характеристик изделия, который обеспечивает снижение риска причинения вреда здоровью или угрозы жизни пользователя (потребителя);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z110" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обращение продукции на рынке – движение продукции от изготовителя к пользователю (потребителю), охватывающее все процессы, которые проходит эта продукция после завершения ее производства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z111" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      одежда – изделие (или совокупность изделий), надеваемое(ых) человеком, несущее(их) утилитарные и эстетические функции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z112" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пользователь (потребитель) продукции – юридическое, физическое лицо, индивидуальный предприниматель, приобретающее для потребления продукцию, относящуюся к объектам технического регулирования настоящего Технического регламента;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z113" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      спортивные изделия – изделия, обеспечивающие необходимые условия для организации и проведения соревнований и тренировок по различным видам спорта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z114" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      стороны – правительства государств - членов Таможенного союза;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z115" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      типовой образец продукции – образец, относящийся к одному виду продукции по целевому или функциональному назначению, изготовленный одним изготовителем из одинаковых материалов по одним техническим документам и имеющий одинаковую область применения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z116" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      уполномоченное изготовителем лицо – юридическое или физическое лицо, зарегистрированное в установленном порядке государством – членом Таможенного союза, которое определено изготовителем на основании договора с ним для осуществления действий от его имени при подтверждении соответствия и размещении продукции на территориях государств - членов Таможенного союза, а также для возложения ответственности за несоответствие продукции требованиям настоящего Технического регламента;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z117" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      химическая безопасность – состояние продукции, при котором отсутствует недопустимый риск, связанный с причинением вреда здоровью или угрозой жизни пользователя (потребителя) из-за превышения уровня концентрации вредных для здоровья пользователя (потребителя) химических веществ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z118" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае если показатель химической безопасности установлен "не допускается", то обязательным является указание предела обнаружения вредных веществ по методикам выполнения измерений, допущенным к применению для контроля санитарно-химических показателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z119" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 3. Правила обращения на рынке</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z120" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...19 lines deleted...]
-        <w:t>. Определения</w:t>
+      1. Продукция легкой промышленности выпускается в обращение на единой таможенной территории Таможенного союза при условии ее соответствия настоящему Техническому регламенту, а также другим техническим регламентам Таможенного союза, действие которых на нее распространяется, и при условии, что она прошла подтверждение соответствия согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Технического регламента, а также согласно другим техническим регламентам Таможенного союза, действие которых на нее распространяется.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z121" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Продукция легкой промышленности, соответствие которой требованиям настоящего Технического регламента не подтверждено, не должна быть маркирована единым знаком обращения продукции на рынке государств-членов Таможенного союза и не допускается к выпуску в обращение на рынке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z122" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. При размещении и обращении продукции на рынке должна предоставляться полная и достоверная информация о ней путем маркировки в целях предупреждения действий, вводящих в заблуждение пользователей (потребителей) относительно безопасности продукции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z123" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 4. Общие требования безопасности продукции легкой промышленности</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z125" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t>. Правила обращения на рынке</w:t>
+        <w:t>
+      1. Безопасность продукции легкой промышленности оценивается по следующим показателям:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z126" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      механическим (разрывная нагрузка, прочность крепления, гибкость, ударная прочность);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z127" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      химическим (предельно допустимое выделение вредных химических веществ в воздушную и (или) водную среду, перечень которых определяется в зависимости от химического состава материала и (или) назначения продукции);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z128" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      биологическим (гигроскопичность, воздухопроницаемость, водонепроницаемость, напряженность электростатического поля, индекс токсичности или местно-раздражающее действие, устойчивость окраски).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z129" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Для материалов изделий, контактирующих с кожей человека, одежды первого и второго слоев, обуви домашней, летней и пляжной, а также внутренних слоев в иных видах обуви индекс токсичности, определяемый в водной среде, должен быть от 70 до 120 процентов включительно, в воздушной среде – от 80 до 120 процентов включительно или должно отсутствовать местное кожно-раздражающее действие.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z130" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Интенсивность запаха продукции легкой промышленности и материалов, применяемых для ее производства, не должна превышать в естественных условиях 2 балла.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z131" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 5. Требования безопасности текстильных материалов, изделий из них, одежды, текстильно-галантерейных изделий</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z133" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      1. Текстильные материалы, изделия из них, одежда характеризуются биологической и химической безопасностью, показатели которой устанавливаются в зависимости от их функционального назначения и сырьевого состава.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z134" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В зависимости от назначения и площади контакта с телом человека одежда и изделия подразделяется на одежду и изделия первого, второго и третьего слоя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z135" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К одежде и изделиям первого слоя относятся изделия, имеющие непосредственный контакт с кожей человека, такие, как нательное и постельное белье, корсетные и купальные изделия, летние головные уборы, чулочно-носочные изделия, платки носовые, платочно-шарфовые изделия и другие аналогичные изделия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z136" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К одежде и изделиям второго слоя относятся изделия, имеющие ограниченный контакт с кожей человека, такие, как платья, блузки, сорочки, брюки, юбки, костюмы без подкладки, свитеры, джемперы, пуловеры, головные уборы (кроме летних), рукавицы, перчатки, варежки, чулочно-носочные изделия зимнего ассортимента и другие аналогичные изделия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z137" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К одежде и изделиям третьего слоя относятся изделия, предназначенные для надевания поверх одежды второго слоя, такие, как пальто, полупальто, куртки, плащи, костюмы на подкладке и другие аналогичные изделия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z138" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...19 lines deleted...]
-        <w:t>. Общие требования безопасности продукции легкой промышленности</w:t>
+      3.Текстильные материалы, изделия из них, одежда, текстильно-галантерейные изделия по показателям, характеризующим биологическую и химическую безопасность, должны соответствовать нормам, указанным в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приложении 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему Техническому регламенту.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z139" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Выделение вредных химических веществ (миграционные показатели) из текстильных материалов, изделий из них, одежды, текстильно-галантерейных изделий не должно превышать норм, приведенных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приложениях 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему Техническому регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z140" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Перечень контролируемых веществ определяют в зависимости от химического состава материала и вида изделия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z141" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в текстильных материалах, изделиях из них, одежде первого и второго слоев – в водной среде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z142" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в текстильных материалах, изделиях из них, одежде третьего слоя, текстильно-галантерейных изделиях – в воздушной или водной среде.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z143" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В текстильных материалах, изделиях из них, одежде первого и второго слоев, текстильно-галантерейных изделиях определяют количество летучих химических вредных веществ, наличие которых обусловлено применением текстильно-вспомогательных веществ в процессе производства. Выделение химических летучих веществ в этом случае не должно превышать норм, указанных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приложении 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему Техническому регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z144" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Устойчивость окраски текстильных материалов к стирке и поту для одежды и изделий первого слоя должна быть не менее 4 баллов, к сухому трению – не менее 3 баллов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z145" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Устойчивость окраски текстильных материалов к стирке, поту и морской воде для купальных и аналогичных изделий должна быть не менее 4 баллов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z146" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Устойчивость окраски текстильных материалов для подкладки к стирке, поту, сухому трению должна быть не менее 4 баллов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z147" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Устойчивость окраски текстильных материалов к стирке, поту, сухому трению и дистиллированной воде для одежды и изделий второго и третьего слоев и изделий другого назначения должна быть не менее 3 баллов, в зависимости от нормируемых видов воздействия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z148" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Допускается снижение окраски на 1 балл для джинсовых тканей темного тона, окрашенных темными натуральными красителями.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z149" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При определении устойчивости окраски оценивается только закрашивание белого (смежного) материала.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z150" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 6. Требования безопасности обуви, кожи, кожи искусственной и кожгалантерейных изделий</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z152" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      1. Обувь характеризуется показателями механической, биологической и химической безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z153" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...19 lines deleted...]
-        <w:t>. Требования безопасности текстильных материалов, изделий из них, одежды, текстильно-галантерейных изделий</w:t>
+      2. Механическая и биологическая безопасность обуви определяется следующими характеристиками и должна соответствовать нормам, указанным в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приложении 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему Техническому регламенту.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z154" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Механическая безопасность определяется следующими характеристиками:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z155" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) прочность крепления подошвы и деталей низа обуви;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z156" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) прочность крепления каблука;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z157" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) стойкость подошвы к многократному изгибу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z158" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ударная прочность подошвы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z159" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Биологическая безопасность обуви характеризуется показателями: гибкость, водонепроницаемость.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z160" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Химическая безопасность обуви должна соответствовать требованиям, установленным в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приложениях 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему Техническому регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z161" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Контроль миграции вредных веществ из обуви домашней, летней и пляжной, а так же из материалов, контактирующих с кожей человека (внутренняя поверхность обуви), проводится в водной среде, из остальных видов обуви и материалов – в воздушной среде.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z162" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В зимней обуви подошва из полиуретана должна иметь рифление на ходовой поверхности для предотвращения скольжения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z163" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В валяной обуви массовая доля свободной серной кислоты (по водной вытяжке) должна быть не более 0,7 процентов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z164" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Безопасность кожгалантерейных изделий характеризуется:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z165" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) механическими показателями – прочность крепления ручек, плечевых ремней и несущих швов корпуса изделий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z166" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) химическими показателями – предельное выделение вредных химических веществ в модельную воздушную среду;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z167" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) биологическими показателями – устойчивость окраски изделий к сухому и мокрому трению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z168" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Показатели механической и биологической безопасности кожгалантерейных изделий должны соответствовать требованиям, установленным в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приложении 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему Техническому регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z169" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Предельно допустимые нормы выделения вредных веществ из материалов, применяемых при производстве кожгалантерейных изделий, должны соответствовать требованиям, установленным в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приложениях 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>к настоящему Техническому регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z170" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Контроль выделения вредных веществ из материалов кожгалантерейных изделий проводится в воздушной среде.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z171" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Кожи должны соответствовать требованиям химической и биологической безопасности, установленным в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приложении 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему Техническому регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z172" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Кожи искусственные должны соответствовать требованиям химической безопасности, установленным в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приложении 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и биологической безопасности, установленным в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приложении 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему Техническому регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 6 с изменениями, внесенными решением Совета Евразийской экономической комиссии от 09.08.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 60</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 12 месяцев с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z173" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 7. Требования безопасности одежды и изделий из кожи, меха, шкурок меховых выделанных</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z175" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...19 lines deleted...]
-        <w:t>. Требования безопасности обуви, кожи и кожгалантерейных изделий</w:t>
+      Безопасность одежды и изделий из кожи и меха, шкурок меховых выделанных характеризуется показателями химической и биологической безопасности, которые должны соответствовать требованиям, установленным в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приложении 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему Техническому регламенту.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z176" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Текстильные материалы, применяемые в одежде и изделиях из меха и кожи, должны соответствовать требованиям безопасности, предъявляемым к текстильным материалам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z177" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 8. Требования безопасности покрытий и изделий ковровых машинного способа производства, войлока, фетра, нетканых материалов и готовых изделий из этих материалов </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z180" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      Безопасность покрытий и изделий ковровых машинного способа производства, войлока, фетра, нетканых материалов и прочих текстильных изделий должна соответствовать следующим нормам:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z181" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - изделия после обработки антисептиком не должны иметь запаха плесени;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z182" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...19 lines deleted...]
-        <w:t>. Требования безопасности одежды и изделий из кожи, меха, шкурок меховых выделанных</w:t>
+      - уровень напряженности электростатического поля на поверхности изделия и содержание свободного формальдегида должны соответствовать требованиям </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приложения 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему Техническому регламенту;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z183" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - устойчивость окраски должна быть не менее 3 баллов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z184" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - массовая доля свободной серной кислоты по водной вытяжке для войлочных изделий должна быть не более 0,7 процентов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z185" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      - требования химической безопасности должны соответствовать требованиям </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приложения 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему Техническому регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z474" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - контроль миграции вредных веществ проводится в воздушной или водной среде.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 8 с изменениями, внесенными решением Совета Евразийской экономической комиссии от 09.08.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 60</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 12 месяцев с даты его официального опубликования). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z186" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 9. Требования к маркировке продукции</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z187" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      1. Маркировка продукции должна быть достоверной, читаемой и доступной для осмотра и идентификации. Маркировку наносят на изделие, этикетку, прикрепляемую к изделию или товарный ярлык, упаковку изделия, упаковку группы изделий или листок-вкладыш к продукции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z188" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Маркировка должна содержать следующую обязательную информацию:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z189" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - наименование продукции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z190" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - наименование страны-изготовителя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z191" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - наименование изготовителя, или продавца или уполномоченного изготовителем лица;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z192" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - юридический адрес изготовителя, или продавца или уполномоченного изготовителем лица;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z193" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - размер изделия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z194" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - состав сырья;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z195" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - товарный знак (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z196" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - единый знак обращения продукции на рынке государств - членов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z197" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Таможенного союза;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z198" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - гарантийные обязательства изготовителя (при необходимости);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z199" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - дату изготовления;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z200" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - номер партии продукции (при необходимости).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z201" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В зависимости от вида и назначения продукции легкой промышленности маркировка должна содержать следующую информацию:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z202" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для одежды и изделий из текстильных материалов дополнительная информация должна содержать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z203" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - вид и массовую долю (процентное содержание) натурального и химического сырья в материале верха и подкладки изделия. Отклонение фактического содержания сырья не должно превышать + 5 процентов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z204" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - модель;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z205" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - символы по уходу за изделием;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z206" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - инструкцию по особенностям ухода за изделием в процессе эксплуатации (при необходимости).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z207" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для трикотажных и текстильных полотен, штучных изделий из них, ковров, одеял, покрывал, штор дополнительная информация должна содержать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z208" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - вид и массовую долю (процентное содержание) исходного сырья (ворсовой поверхности для ковровых покрытий и изделий из них). Процентное содержание исходного сырья указывается в виде нормативного значения с допуском в пределах +/- 5 процентов (кроме нетканых материалов);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z209" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - массу куска при нормированной влажности (для трикотажных полотен);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z210" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - устойчивость окраски (для трикотажных и текстильных полотен);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z211" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - вид отделки (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z212" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - символы по уходу за изделием.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z213" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для обуви дополнительная информация должна содержать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z214" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - модель и (или) артикул изделия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z215" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - вид материала, использованного для изготовления верха, подкладки и низа обуви;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z216" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - инструкцию по уходу за обувью (при необходимости).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z217" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для одежды и изделий из меха дополнительная информация должна содержать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z218" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - вид меха и вид его обработки (крашеный или некрашеный);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z219" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - символы по уходу за изделием;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z220" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - инструкцию по уходу за изделием в процессе эксплуатации (при необходимости).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z221" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для кожгалантерейных изделий дополнительная информация должна содержать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z222" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - наименование материала верха;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z223" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - модель;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z224" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - указания по эксплуатации (при необходимости).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z225" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для кож дополнительная информация должна содержать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z226" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - площадь или массу кожи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z227" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - толщину (при необходимости);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z228" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - сорт.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z229" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для шкурок меховых дополнительная информация должна содержать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z230" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - вид меха;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z231" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - вид обработки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z232" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - сорт, марку;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z233" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...19 lines deleted...]
-        <w:t>. Требования безопасности покрытий и изделий ковровых машинного способа производства, войлока, фетра, нетканых материалов и готовых изделий из этих материалов</w:t>
+      - площадь или размер. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z234" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Маркировка и информация должна быть представлена на русском языке или государственном языке государства - члена Таможенного союза, на территории которого данное изделие производится и реализуется потребителю.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z235" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для импортной продукции допускается наименование страны, где изготовлена продукция, наименование изготовителя и его юридический адрес указывать с использованием букв латинского алфавита.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z236" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Не допускаются указания "экологически чистая", "ортопедическая" и другие аналогичные указания без соответствующих подтверждений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 9 с изменением, внесенным решением Совета Евразийской экономической комиссии от 09.08.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 60</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 12 месяцев с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z237" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 10. Обеспечение соответствия требованиям безопасности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z238" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t>. Требования к маркировке продукции</w:t>
+        <w:t>
+      1. Соответствие продукции легкой промышленности настоящему техническому регламенту обеспечивается выполнением его требований безопасности непосредственно, либо выполнением требований стандартов, включенных в перечень стандартов, в результате применения которых на добровольной основе обеспечивается соблюдение требований настоящего Технического регламента.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z239" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Выполнение на добровольной основе требований названных стандартов свидетельствует о презумпции соответствия требованиям безопасности настоящего Технического регламента.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z240" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Методы испытаний (исследований) продукции легкой промышленности устанавливаются в документах в области стандартизации, включенных в Перечень документов в области стандартизации, содержащих правила и методы испытаний (исследований) и измерений, в том числе правила отбора образцов, необходимые для исполнения требований настоящего Технического регламента и осуществления оценки (подтверждения) соответствия продукции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z241" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 11. Подтверждение соответствия продукции требованиям настоящего Технического регламента</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z243" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      1. Перед выпуском в обращение на рынок продукция легкой  промышленности должна быть подвергнута процедуре обязательного подтверждения соответствия требованиям настоящего Технического регламента, которая осуществляется в форме декларирования соответствия или сертификации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z244" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При подтверждении соответствия заявителем может быть зарегистрированное в установленном порядке юридическое лицо или физическое лицо в качестве индивидуального предпринимателя, являющееся изготовителем (уполномоченным изготовителем лицом) или продавцом (поставщиком).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z245" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Для подтверждения соответствия продукцию необходимо идентифицировать.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z246" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Идентификацию продукции легкой промышленности проводит:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z247" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - изготовитель, уполномоченное изготовителем лицо, продавец (поставщик), декларирующий соответствие продукции легкой промышленности требованиям настоящего Технического регламента и выпускающий ее в обращение на единой таможенной территории Таможенного союза;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z248" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - орган по сертификации (оценке (подтверждению) соответствия) в целях подтверждения соответствия продукции легкой промышленности, подлежащей сертификации, требованиям настоящего Технического регламента.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z249" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для идентификации продукции легкой промышленности используются органолептический и (или) инструментальный методы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z250" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - при органолептическом методе продукцию легкой промышленности идентифицируют по наименованию и виду (назначению) продукции, а также тождественности ее характеристик признакам, свойственным определяемому виду продукции, и сформированному комплекту документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z251" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае, если органолептический метод идентификации не дает достоверной информации о продукции, применяется инструментальный метод.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z252" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При инструментальном методе идентификации испытания продукции легкой промышленности проводят в соответствии с утвержденным Перечнем документов в области стандартизации, содержащих правила и методы испытаний (исследований) и измерений, в том числе правила отбора образцов, необходимые для применения и исполнения требований настоящего Технического регламента и осуществления оценки (подтверждения) соответствия продукции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z253" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Декларирование соответствия продукции легкой промышленности требованиям настоящего Технического регламента проводится с использованием схем, приведенных в таблице № 1 настоящего Технического регламента.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z254" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.1. Декларирование соответствия по схемам 3д, 4д, 6д осуществляется для следующих групп продукции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z255" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - одежда и изделия 2-го и 3-го слоев;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z256" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - полотна трикотажные;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z257" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - ткани и материалы бельевые, одежные, полотенечные;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z258" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - одежда и изделия из кожи и меха;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z259" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - чулочно-носочные изделия 2-го слоя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z260" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - головные уборы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z261" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - обувь, кроме обуви валяной;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z262" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - ковровые покрытия и изделия машинного способа производства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z475" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - белье столовое и кухонное, носовые платки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z476" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - полотенца, простыни купальные;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z477" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - платочно-шарфовые изделия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z263" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Декларирование соответствия по схемам 1д, 2д осуществляется для продукции, не включенной в группу продукции, подлежащей декларированию соответствия по схемам 3д, 4д, 6д, и в группу продукции, подлежащей сертификации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z264" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Испытания в целях декларирования соответствия проводятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z265" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - по выбору заявителя ‒ в собственной испытательной лаборатории, или в аккредитованной испытательной лаборатории (центре), включенной в Единый реестр органов по сертификации и испытательных лабораторий (центров) Таможенного союза, или в иной испытательной лаборатории, зарегистрированной в соответствии с законодательством государства – члена Таможенного союза на его территории (схемы 1д, 2д);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z266" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - в аккредитованной испытательной лаборатории (центре), включенной в Единый реестр органов по сертификации и испытательных лабораторий (центров) Таможенного союза (схемы 3д, 4д, 6д).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z267" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.2. При декларировании соответствия продукции легкой промышленности изготовитель (уполномоченное изготовителем лицо), продавец (поставщик) осуществляет следующие действия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z268" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.2.1. Изготовитель (уполномоченное изготовителем лицо), продавец (поставщик):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z269" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - формирует комплект документов, подтверждающих соответствие продукции легкой промышленности требованиям настоящего Технического регламента, который включает:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z270" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      копии документов, подтверждающих, что заявитель зарегистрирован в установленном порядке государством – членом Таможенного союза в качестве юридического лица или индивидуального предпринимателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z271" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      протоколы испытаний образцов продукции легкой промышленности (типовых образцов продукции), подтверждающие ее соответствие требованиям настоящего Технического регламента (срок действия не более 3 лет), или протоколы испытаний материалов и комплектующих изделий, если выполнение требований безопасности готовой продукции обеспечивается выполнением требований безопасности данных материалов и комплектующих изделий. Испытания в зависимости от схемы декларирования соответствия должны проводиться по выбору заявителя в собственной испытательной лаборатории, или в аккредитованной испытательной лаборатории (центре), включенной в Единый реестр органов по сертификации и испытательных лабораторий (центров) Таможенного союза, или в иной испытательной лаборатории, зарегистрированной в соответствии с законодательством государства – члена Таможенного союза на его территории (схемы 1д, 2д), или в аккредитованной испытательной лаборатории (центре), включенной в Единый реестр органов по сертификации и испытательных лабораторий (центров) Таможенного союза (схемы 3д, 4д, 6д);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z272" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      копию сертификата соответствия на систему менеджмента качества производства (схема 6д);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z273" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      эксплуатационные документы, техническую и конструкторскую документацию, сведения о сырье, материалах и комплектующих изделиях (при наличии названных документов);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z274" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      копии документов, подтверждающих происхождение продукции легкой промышленности; контракт (договор на поставку) и товаросопроводительную документацию (для партии продукции) (схемы 2д, 4д);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z275" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      - проводит идентификацию продукции легкой промышленности согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункту 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящей статьи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z276" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Протокол испытаний образцов продукции (типовых образцов продукции) должен содержать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z277" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - дату оформления протокола и номер в соответствии с системой, принятой в испытательной лаборатории;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z278" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - наименование испытательной лаборатории или наименование и регистрационный номер аккредитованной испытательной лаборатории (в зависимости от схемы декларирования);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z279" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - перечень испытательного оборудования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z280" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - условия проведения испытаний;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z281" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - наименование продукции;- наименование и фактические значения проверяемых показателей свойств продукции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z282" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - номера и наименования нормативных документов на примененные методы испытаний.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z283" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.2.2. Изготовитель:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z284" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - осуществляет производственный контроль и принимает все необходимые меры для того, чтобы процесс производства обеспечивал соответствие продукции легкой промышленности требованиям настоящего Технического регламента (схемы 1д, 3д, 6д);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z285" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - принимает все необходимые меры для того, чтобы процесс производства и стабильное функционирование системы менеджмента качества производства обеспечивали соответствие продукции легкой промышленности требованиям настоящего Технического регламента (схема 6д).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z286" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.2.3. Изготовитель (уполномоченное изготовителем лицо), продавец (поставщик) принимает составленную в письменной форме декларацию о соответствии продукции легкой промышленности настоящему Техническому регламенту по единой форме, утвержденной Комиссией Таможенного союза, и наносит единый знак обращения продукции на рынке государств - членов Таможенного союза.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z287" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.3. Декларация о соответствии подлежит регистрации в соответствии с порядком, установленным Комиссией Таможенного союза.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z288" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.4. Срок действия декларации о соответствии для продукции легкой промышленности, выпускаемой серийно, составляет не более 5 лет, для партии продукции легкой промышленности срок действия декларации о соответствии не устанавливается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z478" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      По желанию заявителя декларирование соответствия по схемам 1д и 2д может быть заменено декларированием соответствия по схемам 3д, 4д, 6д или сертификацией. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z479" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По желанию заявителя декларирование соответствия по схемам 3д, 4д, 6д может быть заменено сертификацией.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z289" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 10</w:t>
-[...9 lines deleted...]
-        <w:t>. Обеспечение соответствия требованиям безопасности</w:t>
+        <w:t>4. Подтверждение соответствия продукции легкой промышленности требованиям настоящего Технического регламента в форме сертификации проводится по схемам сертификации, приведенных в таблице 2 настоящего Технического регламента, для следующих групп продукции:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z293" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - белье нательное, изделия корсетные, изделия купальные;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z294" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - постельное белье;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z295" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - чулочно-носочные изделия первого слоя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z296" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.1. Сертификацию продукции легкой промышленности проводит аккредитованный орган по сертификации (оценке (подтверждению) соответствия), включенный в Единый реестр органов по сертификации и испытательных лабораторий (центров) Таможенного союза (далее - орган по сертификации).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z297" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.2. Испытания в целях сертификации проводит аккредитованная испытательная лаборатория (центр), включенная в Единый реестр органов по сертификации и испытательных лабораторий (центров) Таможенного союза (далее – аккредитованная испытательная лаборатория).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z298" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.3. Для сертификации продукции легкой промышленности изготовитель (уполномоченное изготовителем лицо), продавец (поставщик) предоставляет в орган по сертификации комплект документов, который включает:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z299" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - протоколы испытаний образцов продукции (типовых образцов продукции), подтверждающие соответствие требованиям настоящего Технического регламента по показателям безопасности (срок действия не более 3 лет) (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z480" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - протоколы испытаний материалов и комплектующих изделий, которые использовались при изготовлении продукции (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z300" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - эксплуатационные документы, техническую и конструкторскую документацию, сведения о сырье, материалах и комплектующих изделиях (при наличии названных документов);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z301" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - копию сертификата соответствия на систему менеджмента качества производства продукции легкой промышленности (схема 2с);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z302" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - копии документов, подтверждающих происхождение продукции легкой промышленности; контракт (договор на поставку) и товаросопроводительную документацию (для партии продукции) (схема 3с);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z303" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - другие документы, подтверждающие безопасность продукции (по усмотрению заявителя).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z304" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Протокол испытаний образцов продукции (типовых образцов продукции) должен содержать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z305" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - дату оформления протокола и номер в соответствии с системой, принятой в испытательной лаборатории;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z306" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - наименование испытательной лаборатории или наименование и регистрационный номер аккредитованной испытательной лаборатории (в зависимости от схемы декларирования);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z307" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - перечень испытательного оборудования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z308" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - условия проведения испытаний;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z309" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - наименование продукции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z310" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - наименование и фактические значения проверяемых показателей свойств продукции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z311" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - номера и наименования нормативных документов на примененные методы испытаний.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z312" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.4. Изготовитель предпринимает все необходимые меры, чтобы процесс производства был стабильным и обеспечивал соответствие изготавливаемой продукции требованиям настоящего Технического регламента (схема 1с), а также предпринимает все необходимые меры по обеспечению стабильности функционирования системы менеджмента (схема 2с).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z313" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.5. Орган по сертификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z314" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      - проводит идентификацию продукции легкой промышленности согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункту 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящей статьи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z315" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - осуществляет отбор образцов и организует проведение испытаний образцов продукции на соответствие требованиям настоящего Технического регламента;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z316" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - проводит анализ состояния производства (схема 1с);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z481" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - принимает решение о возможности выдачи сертификата или об отказе в его выдаче по итогам рассмотрения результатов испытаний и анализа состояния производства (схема 1с);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z317" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - выдает сертификат соответствия по единой форме, утвержденной</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z318" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссией Таможенного союза.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z319" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4.6. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Срок действия сертификата соответствия для продукции легкой промышленности, выпускаемой серийно, составляет не более 5 лет, для партии продукции легкой промышленности срок действия сертификата соответствия не устанавливается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z322" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.7. Изготовитель (уполномоченное изготовителем лицо), продавец (поставщик):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z323" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - наносит единый знак обращения продукции на рынке государств-членов Таможенного союза;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z324" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - включает после завершения процедур подтверждения соответствия в комплект документов на продукцию легкой промышленности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z325" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      протокол (протоколы) испытаний;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z326" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      результаты анализа состояния производства (схема 1с);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z327" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сертификат соответствия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z328" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.8. Орган по сертификации проводит инспекционный контроль за</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z329" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сертифицированной продукцией легкой промышленности посредством</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z330" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проведения испытаний образцов в аккредитованной испытательной</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z331" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лаборатории и (или) анализа состояния производства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z332" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аккредитованная испытательная лаборатория проводит испытания и оформляет протокол испытаний образцов продукции, предоставленных для инспекционного контроля.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z333" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Периодичность инспекционного контроля – 1 раз в год.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z334" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Комплект документов на продукцию легкой промышленности должен храниться на территории государства-члена Таможенного союза:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z335" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на продукцию, выпускаемую серийно – у изготовителя (уполномоченного изготовителем лица) в течение не менее 5 лет со дня снятия (прекращения) с производства продукции легкой промышленности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z336" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на партию продукции – у продавца (поставщика), изготовителя (уполномоченного изготовителем лица) в течение не менее 5 лет со дня реализации последнего изделия из партии и предоставляться органам государственного надзора по их требованию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z337" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Таблица №1            </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z338" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...615 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Технический регламент Таможенного союза</w:t>
-[...5887 lines deleted...]
-      на партию продукции – у продавца (поставщика), изготовителя (уполномоченного изготовителем лица) в течение не менее 5 лет со дня реализации последнего изделия из партии и предоставляться органам государственного надзора по их требованию.</w:t>
+        <w:t xml:space="preserve"> Схемы декларирования соответствия</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z337" w:id="283"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="284"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -13687,88 +13769,88 @@
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 емую серийно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:bookmarkStart w:name="z341" w:id="285"/>
+    <w:bookmarkStart w:name="z341" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Таблица № 2            </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z342" w:id="286"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z342" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Схемы сертификации соответствия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkEnd w:id="284"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -15683,262 +15765,262 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Статья 11 с изменениями, внесенными решением Совета Евразийской экономической комиссии от 09.08.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 60</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу по истечении 12 месяцев с даты его официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z343" w:id="287"/>
+    <w:bookmarkStart w:name="z343" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 12. Маркировка единым знаком обращения продукции на рынке государств-членов Таможенного союза</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z345" w:id="288"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z345" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Продукция легкой промышленности, соответствующая требованиям настоящего Технического регламента и прошедшая процедуру подтверждения соответствия должна иметь маркировку единым знаком обращения продукции на рынке государств - членов Таможенного союза.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z346" w:id="289"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z346" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Маркировка единым знаком обращения продукции на рынке государств - членов Таможенного союза осуществляется перед выпуском продукции в обращение на рынке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z347" w:id="290"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z347" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Единый знак обращения продукции на рынке государств-членов Таможенного союза наносится любым способом, обеспечивающим четкое и ясное изображение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z348" w:id="291"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z348" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Продукция легкой промышленности маркируется единым знаком обращения продукции на рынке государств-членов Таможенного союза при ее соответствии требованиям всех технических регламентов Таможенного союза, действие которых на нее распространяется и предусматривающих нанесение данного знака.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z349" w:id="292"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z349" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Единый знак обращения продукции на рынке государств – членов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkEnd w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Таможенного союза может наноситься на упаковку, вкладыш, ярлык или</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приводиться в прилагаемых к продукции документах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z352" w:id="293"/>
+    <w:bookmarkStart w:name="z352" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 13. Защитительная оговорка</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z353" w:id="294"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z353" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. При обнаружении продукции легкой промышленности, не соответствующей требованиям настоящего Технического регламента и иных технических регламентов Таможенного союза, устанавливающих требования к данной продукции, и поступающей или находящейся в обращении без документов об оценке (подтверждении) соответствия и (или) без маркировки единым знаком обращения продукции на рынке государств – членов Таможенного союза, уполномоченные органы государства-члена Таможенного союза обязаны предпринять все меры для ограничения, запрета выпуска в обращение такой продукции на единой таможенной территории Таможенного союза, а также для изъятия с рынка продукции, не соответствующей требованиям настоящего Технического регламента и иных технических регламентов Таможенного союза, устанавливающих требования к данной продукции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z354" w:id="295"/>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z354" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Уполномоченный орган государства - члена Таможенного союза обязан уведомить Комиссию Таможенного союза и уполномоченные органы других государств - членов Таможенного союза о принятом решении с указанием причин принятия данного решения и предоставлением доказательств, разъясняющих необходимость принятия данной меры. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkEnd w:id="293"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -16043,80 +16125,80 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>легкой промышленности"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(ТР ТС 017/2011)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z361" w:id="296"/>
+    <w:bookmarkStart w:name="z361" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень продукции, в отношении которой устанавливаются</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>требования настоящего Технического регламента</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkEnd w:id="294"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -18151,68 +18233,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>легкой промышленности"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(ТР ТС 017/2011)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z373" w:id="297"/>
+    <w:bookmarkStart w:name="z373" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Требования биологической и химической безопасности к текстильным материалам, изделиям и одежде из них, текстильно-галантерейным изделиям</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkEnd w:id="295"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -22245,230 +22327,230 @@
               <w:t>
 внутренних</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 деталей</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z378" w:id="298"/>
+    <w:bookmarkStart w:name="z378" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ПРИМЕЧАНИЯ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z482" w:id="299"/>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z482" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       * Не устанавливается требование по показателю "гигроскопичность" для белья столового и кухонного и одежды первого слоя спортивного назначения (при этом обязательно указание спортивного назначения на маркировке изделий).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z483" w:id="300"/>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z483" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ** Не устанавливается требование по показателю "воздухопроницаемость":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z484" w:id="301"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z484" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - для изделий, в которых по конструкции (сарафаны, юбки, жилеты) или по структуре материала (с рыхлым переплетением, ажурные, сетка или аналогичные) предполагается высокая воздухопроницаемость;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z485" w:id="302"/>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z485" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       - для изделий, имеющих конструктивные элементы, обеспечивающие воздухообмен; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z486" w:id="303"/>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z486" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       - для полукомбинезонов и брюк осенне-зимнего ассортимента; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z487" w:id="304"/>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z487" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - для чулочно-носочных изделий (в том числе зимних), корсетных изделий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z488" w:id="305"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z488" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - для одеял и подушек;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z489" w:id="306"/>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z489" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - для белья столового и кухонного.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkEnd w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22635,68 +22717,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>легкой промышленности"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(ТР ТС 017/2011)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z392" w:id="307"/>
+    <w:bookmarkStart w:name="z392" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Требования химической безопасности текстильных, полимерных и других материалов, кожи, кожи искусственной и изделий легкой промышленности из них</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkEnd w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 3 с изменениями, внесенными решением Совета Евразийской экономической комиссии от 09.08.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -28375,210 +28457,210 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z396" w:id="308"/>
+    <w:bookmarkStart w:name="z396" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ПРИМЕЧАНИЯ: *</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z397" w:id="309"/>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z397" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Содержание свободного формальдегида определяется во всех видах материалов и составляет:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z398" w:id="310"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z398" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - не более 75 мкг/г в одежде и материалах для одежды первого слоя, внутренних слоев обуви, домашней и пляжной обуви;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z399" w:id="311"/>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z399" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - не более 300 мкг/г для остальных изделий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z400" w:id="312"/>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z400" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Норматив указан без учета фонового загрязнения окружающего воздуха. Эмиссия формальдегида в воздушную среду из ковров, ковровых изделий и напольных покрытий не должна превышать 0,1 мг/м </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> .</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z490" w:id="313"/>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z490" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       **Содержание данного вещества определяется по истечении 12 месяцев со дня вступления в силу решения Коллегии Евразийской экономической комиссии о включении межгосударственных стандартов, содержащих правила и методы исследований (испытаний) и измерений данного вещества, в Перечень документов в области стандартизации, содержащих правила и методы исследований (испытаний) и измерений, в том числе правила отбора образцов, необходимые для применения и исполнения требований </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>технического регламента</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Таможенного союза "О безопасности продукции легкой промышленности" (ТР ТС 017/2011) и осуществления оценки (подтверждения) соответствия продукции, утвержденный Решением Комиссии Таможенного союза от 9 декабря 2011 г. № 876.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkEnd w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -28745,92 +28827,92 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>легкой промышленности"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(ТР ТС 017/2011)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z409" w:id="314"/>
+    <w:bookmarkStart w:name="z409" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Требования химической безопасности текстильных материалов и</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>изделий из них, обработанных текстильно-вспомогательными</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>веществами</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkEnd w:id="312"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -29674,110 +29756,110 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z412" w:id="315"/>
+    <w:bookmarkStart w:name="z412" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ПРИМЕЧАНИЕ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z413" w:id="316"/>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z413" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Допускается возможность выборочного контроля показателей "фенола".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z414" w:id="317"/>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z414" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Показатели исследуются в зависимости от состава применяемых аппретов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkEnd w:id="315"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -29882,80 +29964,80 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>легкой промышленности"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(ТР ТС 017/2011)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z421" w:id="318"/>
+    <w:bookmarkStart w:name="z421" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Требования механической и биологической безопасности обуви</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>не менее 34 не менее 42</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkEnd w:id="316"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -35872,68 +35954,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>легкой промышленности"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(ТР ТС 017/2011)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z432" w:id="319"/>
+    <w:bookmarkStart w:name="z432" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Требования механической и биологической безопасности кожгалантерейных изделий</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkEnd w:id="317"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -39358,90 +39440,90 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не менее 4 * не менее 3 * не менее 3 *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z435" w:id="320"/>
+    <w:bookmarkStart w:name="z435" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ПРИМЕЧАНИЕ: * - показатель для кож.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z436" w:id="321"/>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z436" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прочие материалы должны иметь прочность окраски не менее 3 баллов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkEnd w:id="319"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -39546,92 +39628,92 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>легкой промышленности"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(ТР ТС 017/2011)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z443" w:id="322"/>
+    <w:bookmarkStart w:name="z443" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Требования химической безопасности кожгалантерейных изделий и</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>материалов для их изготовления в зависимости от состава</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>материала</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkEnd w:id="320"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -41788,70 +41870,70 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z448" w:id="323"/>
+    <w:bookmarkStart w:name="z448" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       * Норматив указан без учета фонового загрязнения окружающего воздуха.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkEnd w:id="321"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -41956,68 +42038,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>легкой промышленности"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(ТР ТС 017/2011)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z455" w:id="324"/>
+    <w:bookmarkStart w:name="z455" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Требования химической и биологической безопасности кожи, меха и изделий из них</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkEnd w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 8 с изменением, внесенным решением Совета Евразийской экономической комиссии от 09.08.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -44114,80 +44196,80 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Таможенного союза</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 9 декабря 2011 г. № 876</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z462" w:id="325"/>
+    <w:bookmarkStart w:name="z462" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень стандартов, в результате применения которых на добровольной основе обеспечивается соблюдение требований технического регламента Таможенного союза</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>"О безопасности продукции легкой промышленности" (ТР ТС 017/2011)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkEnd w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Перечень утратил силу Решением Коллегии Евразийской экономической комиссии от 22.12.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -44304,68 +44386,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Таможенного союза</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 9 декабря 2011 г. № 876</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z473" w:id="326"/>
+    <w:bookmarkStart w:name="z473" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень документов в области стандартизации, содержащих правила и методы исследований (испытаний) и измерений, в том числе правила отбора образцов, необходимые для применения и исполнения требований технического регламента Таможенного союза "О безопасности продукции легкой промышленности" (ТР ТС 017/2011) и осуществления оценки (подтверждения) соответствия продукции</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkEnd w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Перечень утратил силу Решением Коллегии Евразийской экономической комиссии от 22.12.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -44409,55 +44491,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -44783,31 +44865,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>