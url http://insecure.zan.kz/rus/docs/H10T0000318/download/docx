--- v0 (2025-10-14)
+++ v1 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8cc43e5" w14:textId="8cc43e5">
+    <w:p w14:paraId="e6f75a8" w14:textId="e6f75a8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -641,107 +641,102 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>От Республики</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Беларусь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -749,57 +744,53 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>От Республики</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -807,57 +798,53 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>От Российской</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Федерации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
@@ -909,345 +896,391 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">У. </w:t>
-[...9 lines deleted...]
-              <w:t>Шукеев</w:t>
+              <w:t>У. Шукеев</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>И. Шувалов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       УТВЕРЖДЕН</w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Решением Комиссии</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>таможенного союза</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от 18 июня 2010 г. № 318</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Решением Комиссии</w:t>
-[...42 lines deleted...]
-      <w:bookmarkStart w:name="z7" w:id="6"/>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В перечень предусматривается изменение решением Совета Евразийской экономической комиссии от 26.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 95</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПЕРЕЧЕНЬ</w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подкарантинной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> продукции (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подкарантинных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> грузов, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подкарантинных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">материалов, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подкарантинных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> товаров), подлежащей карантинному</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фитосанитарному контролю (надзору) на таможенной границе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Евразийского экономического союза и таможенной территории Евразийского экономического союза</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:p>
-[...135 lines deleted...]
-    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Перечень с изменениями, внесенными решениями Комиссии таможенного союза от 18.11.2010 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1495,137 +1528,132 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="7189"/>
+        <w:gridCol w:w="5111"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Код</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ТН ВЭД ЕАЭС*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -1635,8144 +1663,7800 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Подкарантинная продукция (подкарантинные грузы,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 подкарантинные материалы, подкарантинные товары) с высоким</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 фитосанитарным риском</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Клещи, нематоды и насекомые живые для научно-исследовательских</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 целей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 из 0106 41 000 8, </w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 0106 49 000 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Луковицы, клубни, клубневидные корни, клубнелуковицы, корневища,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 включая разветвленные, находящиеся в состоянии вегетативного</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 покоя, вегетации, или цветения; растения и корни цикория,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кроме корней, товарной позиции 1212</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0601</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наборы или комплекты для выращивания растений, содержащие семена и грунты, без почвы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 0601,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 0703,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 1209</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие живые растения (включая их корни), черенки и отводки; мицелий гриба</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0602</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Срезанные цветы и бутоны, пригодные для составления букетов или</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 для декоративных целей, свежие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0603 11 000 0 –</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0603 19 700 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Срезанные цветы и бутоны, пригодные для составления букетов, или</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 для декоративных целей засушенные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 0603 90 000 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Рождественские деревья</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0604 20 200 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ветки хвойных деревьев</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0604 20 400 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Листья, ветки и другие части растений без цветков или бутонов,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 травы, пригодные для составления букетов или для декоративных</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 целей, свежие, засушенные, без дальнейшей обработки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 0604 20 900 0,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 0604 90 910 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Картофель свежий или охлажденный</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0701</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Томаты свежие или охлажденные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0702 00 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лук репчатый, лук шалот, чеснок, лук-порей и прочие луковичные</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 овощи, свежие или охлажденные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0703</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капуста кочанная, капуста цветная, кольраби, капуста листовая и</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 аналогичные съедобные овощи из рода Brassica, свежие или</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 охлажденные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0704</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салат-латук (Lactuca sativa) и цикорий (Cichorium spp.), свежие</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 или охлажденные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0705</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Морковь, репа, свекла столовая, козлобородник, сельдерей</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 корневой, редис и прочие аналогичные съедобные корнеплоды, свежие</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 или охлажденные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0706</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Огурцы и корнишоны, свежие или охлажденные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0707 00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бобовые овощи, лущеные или нелущеные, свежие или охлажденные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0708</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Овощи прочие, свежие или охлажденные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0709</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кукуруза сахарная (Zea mays var. saccaharata) гибридная для</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 посева</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0712 90 110 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Овощи бобовые сушеные, лущеные, очищенные от семенной кожуры или</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 неочищенные, колотые или неколотые</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0713</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Маниок, маранта, салеп, земляная груша, или топинамбур, сладкий</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 картофель, или батат, и аналогичные корнеплоды и клубнеплоды с</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 высоким содержанием крахмала или инулина, свежие, охлажденные или</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сушенные, целые или нарезанные ломтиками; сердцевина саговой</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 пальмы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 0714</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орехи кокосовые, орехи бразильские и орехи кешью, свежие или</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сушеные, очищенные от скорлупы или не очищенные, с кожурой или</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 без кожуры </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0801</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие орехи, свежие или сушеные, очищенные от скорлупы или не</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 очищенные, с кожурой или без кожуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0802</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бананы, включая плантайны, свежие или сушеные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0803</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Финики, инжир, ананасы, авокадо, гуайява, манго и мангостан, или</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 гарциния, свежие или сушеные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0804</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Цитрусовые плоды, свежие или сушеные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0805</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Виноград, свежий или сушеный</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0806</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дыни (включая арбузы) и папайя, свежие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0807</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Яблоки, груши и айва, свежие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0808</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Абрикосы, вишня и черешня, персики (включая нектарины), сливы и</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 терн, свежие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0809</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие фрукты, свежие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0810</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Фрукты сушеные, кроме плодов товарных позиций 0801-0806; смеси</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 орехов или сушеных плодов данной группы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0813</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кофе нежареный, с кофеином или без кофеина</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 0901 11 000,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 0901 12 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пшеница и меслин</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1001</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Рожь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1002</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ячмень</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1003</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Овес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1004</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кукуруза</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1005</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Рис</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1006</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сорго зерновое</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1007</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Гречиха, просо и семена канареечника; прочие злаки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1008</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мука пшеничная или пшенично-ржаная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1101 00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мука из зерна прочих злаков, кроме пшеничной или пшенично-ржаной</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1102</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Крупа, мука грубого помола и гранулы из зерна злаков</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1103 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Зерно злаков, обработанное другими способами (например,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шелушеное, плющеное, переработанное в хлопья, обрушенное, в виде</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сечки или дробленое), кроме риса товарной позиции 1006; зародыши</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 зерна злаков, целые, плющеные, в виде хлопьев или молотые</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1104</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мука тонкого и грубого помола и порошок из сушеных бобовых овощей</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 товарной позиции 0713</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1106 10 000 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Солод, поджаренный или неподжаренный</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1107</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соевые бобы, дробленые или недробленые</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1201</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арахис, нежареный или не приготовленный каким-либо другим</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 способом, лущеный или нелущеный, дробленый или недробленый</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1202</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Копра</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1203 00 000 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Семена льна, дробленые или недробленые</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1204 00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Семена рапса, или кользы, дробленые или недробленые</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1205 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Семена подсолнечника, дробленые или недробленые </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1206 00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Семена и плоды прочих масличных культур, дробленые или</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 недробленые</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1207</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мука тонкого и грубого помола из семян или плодов масличных</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 культур, кроме семян горчицы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1208</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Семена, плоды и споры для посева</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1209</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Растения и их части (включая семена и плоды), используемые в</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 основном в парфюмерии, фармации или инсектицидных, фунгицидных</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 или аналогичных целях, свежие или сушеные, целые или</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 измельченные, дробленые или молотые</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1211 (кроме 1211</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30 000 0, 1211 40</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 000 0)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свекла сахарная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1212 91</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Плоды рожкового дерева, включая семена</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1212 92 000 0,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1212 99 410 0,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1212 99 490 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Косточки абрикосов, персиков (в том числе нектаринов), слив, мангиферы индийской (манго) (Mangifera indica L.) и их ядра необжаренные; необжаренные корни цикория разновидности Cichorium intybus sativum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 1212 94 000 0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 1212 99 950</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Солома и мякина зерновых, необработанная, измельченная или</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 неизмельченная, размолотая или неразмолотая, прессованная, кроме</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 гранулированной</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 1213 00 000 0,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 1401 90 000 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Брюква, свекла листовая (мангольд), корнеплоды кормовые, сено,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 люцерна, клевер, эспарцет, капуста кормовая, люпин, вика и</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 аналогичные кормовые продукты, негранулированные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 1214</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Какао-бобы, целые или дробленые, сырые или жареные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1801 00 000 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шелуха, оболочки, кожица и прочие отходы какао</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1802 00 000 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отруби, высевки, месятки и прочие остатки от просеивания, помола</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 или других способов переработки зерна злаков или бобовых культур,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 негранулированные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 2302</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жмыхи и другие твердые отходы, получаемые при извлечении соевого</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 масла, немолотые или молотые, негранулированные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 2304 00 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жмыхи и другие твердые отходы, получаемые при извлечении</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 арахисового масла, немолотые или молотые, негранулированные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 2305 00 000 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жмыхи и другие твердые отходы, получаемые при извлечении</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 растительных жиров и масел, кроме отходов товарной позиции 2304</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 или 2305, немолотые или молотые, негранулированные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 2306</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Почва и грунты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 2530 90 000 9, из 3824 99 960 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Торф (включая торфяную крошку), агломерированный или</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 неагломерированный</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2703 00 000 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Живые фитопатогенные бактерии, вирусы только для</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 научно-исследовательских целей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 3002 49 000, из 3002 59 000 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Удобрения животного или растительного происхождения, смешанные</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 или несмешанные, химически обработанные или необработанные;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 удобрения, полученные смешиванием или химической обработкой</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 продуктов растительного или животного происхождения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3101 00 000 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Древесина топливная в виде бревен, поленьев, сучьев, вязанок хвороста или в аналогичных видах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4401 11 000, 4401 12 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Щепа или стружка древесная хвойных пород</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4401 21 000 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Щепа или стружка древесная лиственных пород</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4401 22 000 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Опилки и древесные отходы и скрап, неагломерированные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4401 41 000 0, 4401 49 000 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лесоматериалы необработанные, с удаленной или неудаленной корой</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 или заболонью или грубо окантованные или неокантованные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 4403 (кроме 4403 11 000, 4403 12 000)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Древесина бондарная; бревна расколотые; сваи, колья и столбы из</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дерева, заостренные, но не распиленные вдоль; лесоматериалы,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 грубо обтесанные, но не обточенные, не изогнутые или не</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 обработанные другим способом, используемые для производства</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тростей, зонтов, ручек для инструментов или аналогичных изделий;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 щепа и аналогичная древесина</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4404</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Древесная кора</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 1404 90 000 8, из 4401 39 000 0, из 4401 49 000 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шпалы деревянные для железнодорожных и трамвайных путей,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 непропитанные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4406 11 000 0, 4406 12 000 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лесоматериалы, распиленные или расколотые вдоль, разделенные на</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 слои или лущенные, строганные или не строганные, шлифованные или</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не шлифованные, имеющие или не имеющие торцевые соединения,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 толщиной более 6 мм</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4407</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пиломатериалы (включая планки и фриз для паркетного покрытия</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 пола, несобранные) в виде профилированного погонажа (с гребнями,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 пазами, шпунтованные, со стесанными краями, с соединением в виде</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 полукруглой калевки, фасонные, закругленные или аналогичные) по</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 любой из кромок, торцов или плоскостей, обработанные или</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 необработанные строганием, шлифованием, имеющие или не имеющие</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 торцевые соединения, кроме обработанных краской, протравителями,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 антисептиком и другими консервантами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 4409</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ящики, коробки, упаковочные клети или корзины, барабаны и</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 аналогичная тара из древесины, кабельные барабаны деревянные,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 паллеты, поддоны и прочие погрузочные щиты, деревянные, обечайки</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 деревянные, которые являются самостоятельным товаром или</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 декларируются отдельно</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 4415</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Опалубка для бетонирования, кроме обработанных краской,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 протравителями, антисептиком и другими консервантами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 4418 40 000 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Коллекции и предметы коллекционирования по зоологии, ботанике</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9802,4482 +9486,4226 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Подкарантинная продукция (подкарантинные грузы,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 подкарантинные материалы, подкарантинные товары) с низким</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 фитосанитарным риском</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Порошок и отходы перьев птиц или их частей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 0505 90 000 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Порошок и отходы костей и рогового стержня</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 0506 90 000 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лук репчатый сушеный, целый, нарезанный кусками, ломтиками,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 измельченный или в виде порошка, но не подвергнутый дальнейшей</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 обработке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0712 20 000 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Грибы сушеные, целые, нарезанные кусками, ломтиками, измельченные</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 или в виде порошка, но не подвергнутые дальнейшей обработке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0712 31 000 0,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0712 32 000 0,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0712 33 000 0,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0712 34 000 0</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0712 39 000 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Овощи прочие, овощные смеси, сушеные, целые, нарезанные кусками,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ломтиками, измельченные или в виде порошка, но не подвергнутые</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 дальнейшей обработке </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0712 90 (кроме</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0712 90 110 0)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кофе жареный с кофеином, кроме расфасованного в потребительскую</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 упаковку**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 0901 21 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кофе жареный без кофеина, кроме расфасованного в потребительскую</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 упаковку**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 из 0901 22 000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кофейная шелуха и оболочки зерен кофе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0901 90 100 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Чай зеленый (неферментированный), кроме расфасованного в</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 потребительскую упаковку**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0902 10 000,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0902 20 000 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Чай черный (ферментированный) и частично ферментированный, кроме расфасованного в потребительскую упаковку**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 0902 30 000,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0902 40 000 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мате, или парагвайский чай, кроме расфасованного в потребительскую упаковку**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0903 00 000 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пряности, кроме расфасованных в потребительскую упаковку**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 0904 - 0910</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Материалы растительного происхождения, используемые главным</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 образом для плетения (например, бамбук, ротанг, тростник, ситник,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ива, рафия), кроме очищенных, отбеленных или окрашенных</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 1401</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Хлопковый линт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1404 20 000 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Материалы растительного происхождения, используемые главным</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 образом в метлах или щетках (например, сорго веничное, пиассава,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 пырей ползучий, истль), в связках, пучках или навалом</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Материалы растительного происхождения, используемое главным</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 образом для крашения или дубления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 1404 90 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тапиока, кроме гранулированной</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 1903 00 000 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приправы смешанные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 2103 90 900 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Желуди и конские каштаны </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 2308 00 400 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продукты, используемые для кормления животных, содержащие хлорида холин, на органической основе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 2309 90 960 1, из 2309 90 960 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие продукты на органической основе, используемые для кормления животных, негранулированные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 2309 90 960 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табачное сырье; табачные отходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2401</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Хна и басма (не расфасованную в потребительскую упаковку)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 3203 00 100 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Необработанные шкуры крупного рогатого скота (включая буйволов),</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 животных семейства лошадиных, овец, ягнят и прочих животных</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (парные или соленые, сушеные, золеные, пикелеванные или</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 консервированные другим способом, но не дубленые, не выделанные</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 под пергамент или не подвергнутые дальнейшей обработке) с</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 волосяным или шерстным покровом или без волосяного и шерстного</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 покрова, двоенные или недвоенные, кроме исключенных примечанием</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1б и 1в к группе 41 единой Товарной номенклатуры внешнеэкономической деятельности Евразийского экономического союза</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 4101,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 4102,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 4103</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Листы для облицовки (включая полученные разделением слоистой древесины), для клееной фанеры или для аналогичной слоистой древесины и прочие лесоматериалы, полученные распиловкой или расщеплением вдоль, строганием или лущением, обработанные или не обработанные строганием, шлифованием, имеющие или не имеющие торцевые соединения, толщиной не более 6 мм, кроме обработанных краской, протравителями, антисептиком и другими консервантами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 4408</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бочки, бочонки, чаны, кадки и прочие бондарные изделия и их части</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из древесины, включая клепку, кроме обработанных краской,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 протравителями, антисептиком и другими консервантами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 4416 00 000 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Окна, балконные двери и их рамы, кроме обработанных краской,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 протравителями, антисептиком и другими консервантами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 4418 11, из 4418 19 000 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Двери и их рамы и пороги, кроме обработанных краской,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 протравителями, антисептиком и другими консервантами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 4418 21, из 4418 29 000 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Гонт и дранка кровельные, кроме обработанных краской,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 протравителями, антисептиком и другими консервантами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 4418 50 000 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Плетеные и аналогичные изделия из материалов для плетения,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 соединенные или не соединенные в полосы или ленты, кроме</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 обработанных краской, протравителями, антисептиком и другими</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 консервантами; коврики, циновки и ширмы из растительных</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 материалов, кроме обработанных краской, протравителями,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 антисептиком и другими консервантами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 4601</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Корзиночные, плетеные и другие изделия, изготовленные</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 непосредственно по форме из материалов для плетения, кроме</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 обработанных краской, протравителями, антисептиком и другими</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 консервантами; изделия из люфы, кроме обработанных краской,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 протравителями, антисептиком и другими консервантами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 4602</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бумага и картон гофрированные, перфорированные или</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 неперфорированные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4808 10 000 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ящики и коробки из гофрированной бумаги или гофрированного</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 картона</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из 4819 10 000 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Коконы шелкопряда, пригодные для разматывания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5001 00 000 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отходы шелковые (включая коконы, непригодные для разматывания,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 отходы коконной нити и расщипанное сырье)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5003 00 000 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шерсть стриженая, немытая, включая шерсть, мытую в руне, не</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 подвергнутая кардо- или гребнечесанию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5101 11 000 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Волос животных, тонкий или грубый, не подвергнутый кардо- или</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 гребнечесанию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5102</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Гребенные очесы шерсти или тонкого волоса животных,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 некарбонизованные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5103 10 100 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Волокно хлопковое, не подвергнутое кардо- или гребнечесанию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 5201 00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отходы хлопкового волокна (включая прядильные отходы и</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 расщипанное сырье)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 5202 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лен-сырец или лен обработанный, но не подвергнутый прядению;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 очесы и отходы льна (включая прядильные отходы и расщипанное</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сырье)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 5301 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пенька (Cannabis sativa L.), сырец или обработанная, но не</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 подвергнутая прядению; очесы и отходы пеньки (включая прядильные</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 отходы и расщипанное сырье)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5302</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Джутовое волокно и другие текстильные лубяные волокна (кроме</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 льна, пеньки и рами), в виде сырца или обработанные, но не</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 подвергнутые прядению; очесы и отходы этих волокон (включая</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 прядильные отходы и расщипанное сырье)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5303</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Волокно кокосового ореха, абаки (манильской пеньки, или Musa</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 textilis Nee), рами и другие растительные текстильные волокна, в</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 другом месте не поименованные или не включенные, в виде сырца или</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 обработанные, но не подвергнутые прядению; очесы и отходы этих</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 волокон (включая прядильные отходы и расщипанное сырье)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14375,208 +13803,192 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Сноска. Примечание с изменением, внесенным решением Совета Евразийской экономической комиссии от 12.02.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="z10" w:id="9"/>
+    <w:bookmarkStart w:name="z10" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        УТВЕРЖДЕНО</w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Решением Комиссии</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>таможенного союза</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от 18 июня 2010 г. № 318</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:p>
-[...56 lines deleted...]
-      <w:bookmarkStart w:name="z11" w:id="10"/>
+    <w:bookmarkStart w:name="z11" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПОЛОЖЕНИЕ</w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>о порядке осуществления карантинного фитосанитарного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>контроля (надзора) на таможенной границе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Евразийского экономического союза</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:p>
-[...55 lines deleted...]
-    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. По тексту слова "Таможенного союза (Таможенным кодексом Евразийского экономического союза – после его вступления в силу)" заменены словами "Евразийского экономического союза" решением Совета Евразийской экономической комиссии от 05.04.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15128,71 +14540,51 @@
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Сноска. Пункт 1.4 в редакции решения Совета Евразийской экономической комиссии от 16.08.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> изменениями, внесенными решением Совета Евразийской экономической комиссии от 12.02.2016 </w:t>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования);  с изменениями, внесенными решением Совета Евразийской экономической комиссии от 12.02.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z20" w:id="17"/>
     <w:p>
       <w:pPr>
@@ -17925,97 +17317,93 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z46" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        3.12. Должностные лица уполномоченных органов, осуществляющие карантинный фитосанитарный контроль (надзор), обеспечиваются форменной одеждой в порядке, установленном законодательством государств-членов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="z47" w:id="51"/>
+    <w:bookmarkStart w:name="z47" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>IV. Мероприятия по карантинному фитосанитарному</w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>контролю (надзору) при ввозе</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:p>
-[...15 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z48" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -22194,117 +21582,113 @@
         <w:t xml:space="preserve">
       Сноска. Раздел V утратил силу решением Совета Евразийской экономической комиссии от 17.03.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="143"/>
-    <w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="z125" w:id="144"/>
+    <w:bookmarkStart w:name="z125" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">VI. Меры, применяемые в случае обнаружения заражения (засорения) ввозимой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подкарантинной</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> продукции</w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>карантинными объектами</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
-    <w:p>
-[...15 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z126" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6.1. В случае обнаружения в ходе осмотра подкарантинной продукции или досмотра подкарантинной продукции ее заражения (засорения) карантинными объектами, уполномоченный орган принимает решение о запрете ввоза партии подкарантинной продукции или запрете ее помещения под таможенную процедуру таможенного транзита, если иное не предусмотрено подпунктом 6.3 настоящего Положения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -23467,138 +22851,122 @@
         <w:t xml:space="preserve">
       Сноска. Раздел IX. утратил силу решением Совета Евразийской экономической комиссии от 12.12.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 148</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="164"/>
-    <w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="z52" w:id="165"/>
+    <w:bookmarkStart w:name="z52" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ПРИЛОЖЕНИЕ № 1</w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>к Положению о порядке осуществления</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>карантинного фитосанитарного</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>контроля (надзора) на таможенной</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>границе Евразийского экономического союза</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="165"/>
-    <w:p>
-[...66 lines deleted...]
-    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25331,108 +24699,92 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Проставляется на рейде морских и речных судов до выгрузки подкарантинной продукции в речных и морских пунктах пропуска через таможенную границу Союза в целях проведения карантинных фитосанитарных мероприятий по месту ее выгрузки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ПРИЛОЖЕНИЕ № 2</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>к Положению о порядке осуществления</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>карантинного фитосанитарного контроля</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(надзора) на таможенной границе</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Евразийского экономического союза</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25495,57 +24847,53 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ФОРМА</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>акта карантинного фитосанитарного контроля (надзора)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -26484,245 +25832,236 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. В оформленных оригиналах и копиях актов карантинного фитосанитарного контроля (надзора) нумерация полей и примечания не указываются.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Приложение</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>к акту карантинного фитосанитарного</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>контроля (надзора)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       от _____________ № ______________ </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1757"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1758"/>
+        <w:gridCol w:w="1204"/>
+        <w:gridCol w:w="1166"/>
+        <w:gridCol w:w="1166"/>
+        <w:gridCol w:w="3973"/>
+        <w:gridCol w:w="948"/>
+        <w:gridCol w:w="1490"/>
+        <w:gridCol w:w="2353"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1166" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование подкарантинной продукции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1166" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер фитосанитарного сертификата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3973" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -26809,1299 +26148,1544 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кол-во</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1490" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ед. изм.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2353" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 действие с образцом (пробой)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1166" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1166" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3973" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1490" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2353" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1166" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1166" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3973" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1490" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2353" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1166" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1166" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3973" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1490" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2353" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1166" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1166" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3973" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1490" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2353" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1166" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1166" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3973" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1490" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2353" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
@@ -28137,188 +27721,172 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                                            (подпись)           (Ф.И.О.)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       М. П.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="z162" w:id="196"/>
+    <w:bookmarkStart w:name="z162" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       УТВЕРЖДЕНО</w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Решением Комиссии</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>таможенного союза</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от 18 июня 2010 г. № 318</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="196"/>
-    <w:p>
-[...56 lines deleted...]
-      <w:bookmarkStart w:name="z163" w:id="197"/>
+    <w:bookmarkStart w:name="z163" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПОЛОЖЕНИЕ</w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>о порядке осуществления карантинного фитосанитарного контроля</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(надзора) на таможенной территории Евразийского экономического союза</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="197"/>
-    <w:p>
-[...35 lines deleted...]
-    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -32883,138 +32451,122 @@
         </w:rPr>
         <w:t xml:space="preserve">Утратил силу решением Совета Евразийской экономической комиссии от 09.10.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="284"/>
-    <w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="z182" w:id="285"/>
+    <w:bookmarkStart w:name="z182" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ПРИЛОЖЕНИЕ № 1</w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>к Положению о порядке осуществления</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>карантинного фитосанитарного контроля</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(надзора) на таможенной территории</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Евразийского экономического союза</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="285"/>
-    <w:p>
-[...66 lines deleted...]
-    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -33066,57 +32618,53 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ФОРМА</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>акта карантинного фитосанитарного контроля (надзора)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -34055,245 +33603,236 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. В оформленных оригиналах и копиях актов карантинного фитосанитарного контроля (надзора) нумерация полей и примечания не указываются.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Приложение</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>к акту карантинного фитосанитарного</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>контроля (надзора)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       от _____________ № ______________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1757"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1758"/>
+        <w:gridCol w:w="1204"/>
+        <w:gridCol w:w="1166"/>
+        <w:gridCol w:w="1166"/>
+        <w:gridCol w:w="3973"/>
+        <w:gridCol w:w="948"/>
+        <w:gridCol w:w="1490"/>
+        <w:gridCol w:w="2353"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1166" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование подкарантинной продукции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1166" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер фитосанитарного сертификата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3973" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -34380,1299 +33919,1544 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кол-во</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1490" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ед. изм.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2353" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 действие с образцом (пробой)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1166" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1166" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3973" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1490" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2353" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1166" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1166" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3973" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1490" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2353" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1166" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1166" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3973" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1490" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2353" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1166" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1166" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3973" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1490" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2353" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1204" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1166" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1166" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="3973" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1490" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2353" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уполномоченное должностное лицо __________________ _________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -35687,155 +35471,135 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                                            (подпись)           (Ф.И.О.)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       М. П.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="z232" w:id="286"/>
+    <w:bookmarkStart w:name="z232" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ПРИЛОЖЕНИЕ № 2</w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>к Положению о порядке осуществления</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>карантинного фитосанитарного</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>контроля (надзора) на таможенной</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>территории Евразийского экономического</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>союза</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="286"/>
-    <w:p>
-[...83 lines deleted...]
-    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -36480,55 +36244,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>