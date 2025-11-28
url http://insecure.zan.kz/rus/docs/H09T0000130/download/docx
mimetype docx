--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="cc63404" w14:textId="cc63404">
+    <w:p w14:paraId="dc1a6b4" w14:textId="dc1a6b4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -13318,70 +13318,50 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      В перечень предусматриваются изменения решением Совета Евразийской экономической комиссии от 14.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вступают в силу по истечении 6 месяцев с даты официального опубликования); от 14.05.2025 </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вступают в силу по истечении 12 месяцев с даты официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z58" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ПЕРЕЧЕНЬ    </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -13426,71 +13406,91 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования); с изменениями, внесенными решениями Совета Евразийской экономической комиссии от 05.03.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вступает в силу по истечении 6 месяцев с даты его официального опубликования); от 14 мая 2025 года </w:t>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 6 месяцев с даты его официального опубликования); от 14.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Исключен решением Совета Евразийской экономической комиссии от 05.03.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -13846,68 +13846,50 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Королевство Марокко</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Республика Маршалловы острова</w:t>
-[...16 lines deleted...]
-        <w:t>
       Федеративные Штаты Микронезии</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Монголия</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -14027,68 +14009,50 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республика Филиппины</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Демократическая Социалистическая Республика Шри-Ланка</w:t>
-      </w:r>
-[...16 lines deleted...]
-      Республика Эль-Сальвадор</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Королевство Эсватини</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>