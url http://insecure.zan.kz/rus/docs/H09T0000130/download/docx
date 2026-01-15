--- v1 (2025-11-28)
+++ v2 (2026-01-15)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="dc1a6b4" w14:textId="dc1a6b4">
+    <w:p w14:paraId="e235049" w14:textId="e235049">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -9571,111 +9571,111 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z267" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7.1.71. Отдельные виды оборудования и частей, классифицируемые кодами 8407 90 900 9, 8418 69 000 8, 8481 10 190 8, 8481 10 990 8, 8481 30 910 8, 8481 30 990 8, 8481 40 100 0, 8481 40 900 9, 8481 80 599 0, 8481 80 639 0, 8481 80 690 0, 8481 80 739 9, 8481 80 790 0, 8481 80 819 9, 8481 80 850 8, 8481 80 870 0, 8481 80 990 7, 8505 11 000 0, 8505 19 900 0, 8505 90 200 9 и 8505 90 900 0 ТН ВЭД ЕАЭС и предназначенные для строительства, оснащения (включая производство (сборку) оборудования) и (или) технического обслуживания объектов производства и реализации малотоннажного сжиженного природного газа.</w:t>
+      7.1.71. Отдельные виды оборудования и частей, классифицируемые кодами 8407 90 900 9, 8418 69 000 8, 8481 10 190 8, 8481 10 990 8, 8481 30 910 8, 8481 30 990 8, 8481 40 100 0, 8481 40 900 9, 8481 80 599 0, 8481 80 639 0, 8481 80 690 0, 8481 80 739 9, 8481 80 790 0, 8481 80 819 9, 8481 80 850 8, 8481 80 870 0, 8481 80 990 7, 8505 11 000 0, 8505 19 900 0, 8505 90 200 9 и 8505 90 900 0 ТН ВЭД ЕАЭС и предназначенные для строительства, оснащения (включая производство (сборку) оборудования) и (или) технического обслуживания объектов производства и (или) реализации малотоннажного сжиженного природного газа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="229"/>
     <w:bookmarkStart w:name="z268" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Условием предоставления указанной тарифной льготы является наличие подтверждения целевого назначения товаров, выданного уполномоченным органом исполнительной власти государства-члена и содержащего сведения о номенклатуре и количестве товаров, конечных получателях товаров (лицах, являющихся собственниками объектов производства и реализации малотоннажного сжиженного природного газа, для которых предназначены товары, и (или) организациях, осуществляющих строительство, оснащение (включая производство (сборку) оборудования) и (или) техническое обслуживание таких объектов, с которыми собственниками объектов заключены соответствующие договоры), а в случае ввоза товаров лицами, не являющимися конечными получателями, – также сведения о таких лицах.</w:t>
+      Условием предоставления указанной тарифной льготы является наличие подтверждения целевого назначения товаров, выданного уполномоченным органом исполнительной власти государства-члена и содержащего сведения о номенклатуре и количестве товаров, конечных получателях товаров (лицах, являющихся собственниками объектов производства и (или) реализации малотоннажного сжиженного природного газа, для которых предназначены товары, и (или) организациях, осуществляющих строительство, оснащение (включая производство (сборку) оборудования) и (или) техническое обслуживание таких объектов, с которыми собственниками объектов заключены соответствующие договоры), а в случае ввоза товаров лицами, не являющимися конечными получателями, – также сведения о таких лицах.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="230"/>
     <w:bookmarkStart w:name="z269" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тарифная льгота, предусмотренная настоящим подпунктом, предоставляется в отношении товаров, помещаемых (помещенных) под таможенную процедуру выпуска для внутреннего потребления, в отношении которых декларация на товары зарегистрирована таможенным органом государства-члена с даты вступления в силу Решения Совета Евразийской экономической комиссии от 22 апреля 2024 г. № 38 по 31 мая 2026 г. включительно.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="231"/>
     <w:bookmarkStart w:name="z270" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Товары, в отношении которых применяется тарифная льгота, допускается использовать исключительно для строительства, оснащения (включая производство (сборку) оборудования) и (или) технического обслуживания объектов производства и реализации малотоннажного сжиженного природного газа, расположенных на территории государства-члена, таможенным органом которого произведен их выпуск. Их передача (реализация) допускается только лицам, являющимся конечными получателями. </w:t>
+      Товары, в отношении которых применяется тарифная льгота, допускается использовать исключительно для строительства, оснащения (включая производство (сборку) оборудования) и (или) технического обслуживания объектов производства и (или) реализации малотоннажного сжиженного природного газа, расположенных на территории государства-члена, таможенным органом которого произведен их выпуск. Их передача (реализация) допускается только лицам, являющимся конечными получателями. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="232"/>
     <w:bookmarkStart w:name="z271" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Указанные ограничения по пользованию и (или) распоряжению товарами действуют:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="233"/>
     <w:bookmarkStart w:name="z272" w:id="234"/>
     <w:p>
@@ -9780,51 +9780,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 7 дополнен подпунктом 7.1.71 в соответствии с решением Совета Евразийской экономической комиссии от 22.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования); с изменением, внесенным решением Совета Евразийской экономической комиссии от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 103</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 10 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z276" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -16072,55 +16092,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>