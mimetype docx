--- v0 (2025-12-28)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6b26e9e" w14:textId="6b26e9e">
+    <w:p w14:paraId="dda3724" w14:textId="dda3724">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,253 +93,302 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении перечня интернет-ресурсов и информационных систем, интегрируемых с системой информационного обмена правоохранительных, специальных государственных и иных органов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Генерального Прокурора Республики Казахстан от 19 сентября 2025 года № 117</w:t>
+        <w:t>Приказ Генерального Прокурора Республики Казахстан от 19 сентября 2025 года № 117.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      В соответствии с </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 16-1 Закона Республики Казахстан "О государственной правовой статистике и специальных учетах" ПРИКАЗЫВАЮ:</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Утвердить прилагаемый </w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Утвердить прилагаемый </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>перечень</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> интернет-ресурсов и информационных систем, интегрируемых с системой информационного обмена правоохранительных, специальных государственных и иных органов.</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Комитету по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан (далее – Комитет) в установленном законодательством порядке обеспечить:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) направление настоящего приказа на казахском и русском языках на официальное опубликование в Эталонный контрольный банк нормативных правовых актов Республики Казахстан в электронном виде;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) размещение настоящего приказа на официальном интернет-ресурсе Генеральной прокуратуры Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) направление настоящего приказа заинтересованным субъектам правовой статистики и специальных учетов, а также территориальным и приравненным к ним органам Комитета для исполнения.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Контроль за исполнением настоящего приказа возложить на председателя Комитета.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Настоящий приказ вступает в силу со дня его подписания.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Комитету по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан (далее – Комитет) в установленном законодательством порядке обеспечить:</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-[...99 lines deleted...]
-    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -367,71 +416,53 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Генеральный Прокурор </w:t>
             </w:r>
-          </w:p>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -465,50 +496,71 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Б. Асылов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -542,691 +594,950 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение к приказу/</w:t>
+              <w:t>Приложение к приказу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:bookmarkStart w:name="z14" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень интернет-ресурсов и информационных систем, интегрируемых с системой информационного обмена правоохранительных, специальных государственных и иных органов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Перечень с изменениями, внесенными приказом Генерального Прокурора РК от 05.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 22</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ п/п</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование информационной системы и интернет-ресурса</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Электронные информационные ресурсы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Владелец информационной системы и интернет-ресурса</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Информационная система судебных органов Республики Казахстан"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о судебных делах по физическим и юридическим лицам</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Судебная администрация Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...49 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Аналитический центр"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о нахождении физических лиц на специальных учетах Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Комитет по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -1235,65 +1546,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о мониторинге и контроле исполнения решений судов по выдворению иностранных граждан с территории Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -1315,65 +1639,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по уголовным делам на предмет определения прав доступа к системе информационного обмена правоохранительных, специальных государственных и иных органов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -1395,379 +1732,496 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о зарегистрированных обращениях физических и юридических лиц</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Единый реестр досудебных расследований"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по уголовным делам</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Комитет по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...49 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Беркут"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о пересечении лицами Государственной границы Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Комитет национальной безопасности Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -1776,65 +2230,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о пересечении Государственной границы Республики Казахстан автотранспортными средствами</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -1856,230 +2323,295 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о действующих заданиях на ограничение пересечения Государственной границы Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...49 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Интегрированный банк данных"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о зарегистрированном оружии и его владельцах</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерство внутренних дел Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -2088,65 +2620,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о криминальном автотранспорте</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -2168,373 +2713,464 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о криминальном оружии</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...33 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Nominals"</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...33 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о разыскиваемых лицах (преступники, без вести пропавшие, в том числе лица представляющие интерес)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Международная организация уголовной полиции - Интерпол (город Леон, Франция)</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...49 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Stolen lost travel documents-SLTD"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о похищенных/утерянных проездных документах</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -2543,302 +3179,380 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...49 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Stolen motor vehicles-SMV"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о криминальном автомототранспорте</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Сервисный центр 2.0"</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...33 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о зарегистрированных транспортных средствах</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Министерство внутренних дел Республики Казахстан</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -2847,65 +3561,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о лицах, получивших водительские удостоверения на право управления транспортным средством</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -2927,248 +3654,313 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наложение/снятие обременения на транспортное средство</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...49 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Миграционная полиция"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о регистрации иностранцев, временно прибывающих в Республику Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерство внутренних дел Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -3177,65 +3969,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о регистрации и выдаче разрешения иностранцам и лицам без гражданства на постоянное местожительство в Республике Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -3257,65 +4062,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о регистрации приема и выхода из гражданства Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -3335,87 +4153,98 @@
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z15" w:id="9"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="9"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о приеме и согласовании приглашений на въезд в Республику Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (по частным делам)</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -3437,2221 +4266,3016 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>об оформлении документов на выезд за пределы Республики Казахстан на постоянное место жительства</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Регистрационный пункт "Документирование и регистрация населения"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 о физическом лице и документах, удостоверяющих личность, об адресе регистрации лица и фотографии</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...33 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерство внутренних дел Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Е-қызмет"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о государственных служащих Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Агентство Республики Казахстан по делам государственной службы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Иностранная рабочая сила"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о привлечении иностранной рабочей силы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерство труда и социальной защиты населения Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Централизованный банк данных лиц, имеющих инвалидность"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о подтверждении инвалидности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерство труда и социальной защиты населения Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>13.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Социальная помощь"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о социальной помощи (адресная социальная помощь и жилищная помощь)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерство труда и социальной защиты населения Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>14.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Рынок труда"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о занятости</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерство труда и социальной защиты населения Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>15.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Кандас"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о лицах, получивших статус "кандас", "беженец"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерство труда и социальной защиты населения Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>16.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Централизованная база данных выплат пенсий и пособий" и "Организация обработки платежей"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о выплатах (пенсионные, пенсия и отчисления и прочие) за определенный период времени</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерство труда и социальной защиты населения Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>17.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Электронный регистр диспансерных больных"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о диспансерном учете физического лица (о факте состояния лица на учете у психиатра или нарколога)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерство здравоохранения Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>18.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Государственная база данных "Е-лицензирование"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о субъекте (физическому или юридическому лицу), о лицензии (номер, вид)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Министерство искусственного интеллекта и цифрового развития </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18.</w:t>
-[...108 lines deleted...]
-            </w:r>
+Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>19.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"База мобильных граждан"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о зарегистрированных номерах мобильных телефонов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Министерство искусственного интеллекта и цифрового развития </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19.</w:t>
-[...108 lines deleted...]
-            </w:r>
+Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>SMS-шлюз Единого контакт-центра "1414" информационной системы "Мобильное правительство"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>отправка SMS в рамках оказания государственных услуг</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Министерство искусственного интеллекта и цифрового развития </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20.</w:t>
-[...108 lines deleted...]
-            </w:r>
+Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>21.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Интегрированная информационная система центров обслуживания населения"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о полученных физическими и юридическими лицами услугах в центрах облуживания населения</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан"</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22.</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...49 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Единый государственный кадастр недвижимости"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>об объектах недвижимости и правообладании на объект, включая исторические данные</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -5660,65 +7284,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наложение/снятие запрета на операции с объектами недвижимости</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -5740,528 +7377,697 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о земельных участках и их характеристиках</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>23.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Экспресс-3"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о проданных и возвращенных проездных документах на железнодорожный транспорт</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Акционерное общество "Национальная компания "Қазақстан темір жолы"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>24.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Единая информационная система обязательного технического осмотра"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о прохождении технического осмотра автотранспортных средств</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерство транспорта Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>25.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...49 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Информационно-аналитическая система транспортной базы данных и мониторинга динамики безопасности перевозок"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о железнодорожных транспортных средствах, их владельцах</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерство транспорта Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -6270,1160 +8076,1537 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о речных и маломерных судах, их владельцах</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>26.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"АРСАS"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>об оформленных и (или) забронированных билетах</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерство транспорта Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>27.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Монополист"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о субъектах естественных монополий в Республике Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Комитет по регулированию естественных монополий Министерства национальной экономики Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>28.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Национальная образовательная база данных"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>об организациях образования реализующие образовательные программы технического и профессионального, послесреднего образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерство просвещения Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>29.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Единая платформа высшего образования"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о студентах и выпускниках организаций высшего и (или) послевузовского образования Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерство науки и высшего образования Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30.</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...105 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Интеграционный шлюз автоматизированной системы мобилизационных ресурсов"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о военнообязанных и призывниках*</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерство обороны Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>31.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Единая автоматизированная система управления отраслями агропромышленного комплекса "Е-Аgriculture"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о технике сельскохозяйственного назначения, их владельцах</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерство сельского хозяйства Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32.</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...49 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"е-Минфин"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о государственных закупках</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерство финансов Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -7432,65 +9615,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о выплатах из бюджета</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -7512,248 +9708,313 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о поступлениях в государственный бюджет</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33.</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...49 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Smart Data Finance"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сервис о регистрационных данных налогоплательщиков</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Комитет государственных доходов Министерства финансов Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -7762,65 +10023,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сервис по задолженности по налогам (запрос-ответ)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -7842,65 +10116,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о встречных проверках</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -7922,65 +10209,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановка на учет/снятие с учета по налогу на добавленную стоимость</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -8002,65 +10302,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о системе обработки налоговой отчетности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -8082,65 +10395,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сервис о контрагентах</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -8162,65 +10488,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о декларациях по производству и обороту этилового спирта и/или виноматериала</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -8242,65 +10581,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о декларациях по производству и обороту алкогольной продукции</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -8322,65 +10674,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о декларациях по обороту алкогольной продукции</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -8402,65 +10767,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о декларациях по нефтепродуктам (2-ой версии)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -8482,65 +10860,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о декларациях по нефтепродуктам (3-ей версии)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -8562,248 +10953,313 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о декларациях по индивидуальному подоходному налогу и имуществу</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34.</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...49 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"АСТАНА-1 (Keden)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>об участниках внешнеэкономической деятельности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Комитет государственных доходов Министерства финансов Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -8812,65 +11268,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о пассажирских таможенных декларациях</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -8892,230 +11361,295 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о таможенных декларациях на транспортное средство</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>35.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...49 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Единая государственная система управления недропользованием Республики Казахстан"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о контрактах на недропользование (углеводородное сырье и твердые полезные ископаемые, в части урана и угля)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерство энергетики Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -9124,230 +11658,295 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о контрактах на недропользование (твердые полезные ископаемые и подземные воды, за исключением урана и угля)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>36.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...49 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Автоматизированная информационная система органов исполнительного производства"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>об исполнении судебных актов (карточки формы 4.0, карточки по учету исполнительного документа 4.1, карточки о движении исполнительного документа и результатах его исполнения)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерство юстиции Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -9356,379 +11955,496 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о должниках по исполнительным производствам</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>37.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Государственная база данных "Физические лица"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о физическом лице и документах, удостоверяющих личность, об адресе прописки лица</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерство юстиции Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>38.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...49 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Государственная база данных "Юридические лица"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о юридическом лице</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерство юстиции Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -9737,65 +12453,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наложение/снятие обременения на регистрационные действия юридического лица</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -9817,546 +12546,715 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наложение/снятие обременения на долю участника в юридическом лице</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>39.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Единая нотариальная информационная система"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о нотариусах и совершенных нотариальных действиях</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерство юстиции Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>40.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Запись актов гражданского состояния"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>об актах гражданского состояния физических лиц</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерство юстиции Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41.</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...49 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Информационные системы банков второго уровня</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о банковских счетах</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>банки второго уровня</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -10365,248 +13263,313 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о банковских операциях</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42.</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...49 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Единая страховая база данных"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>об обязательном страховании гражданско-правовой ответственности владельцев транспортных средств</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Акционерное общество "Государственное кредитное бюро"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -10615,663 +13578,1241 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>страховые отчеты</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>43.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Первое Кредитное Бюро"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о кредитной истории</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Товарищество с ограниченной ответственностью "Первое кредитное бюро"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>44.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Информационная система Акционерного общества "Казпочта"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о почтовых отправлениях</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Акционерное общество "Казпочта"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>45.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Казахтелеком"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>об абонентах телефонной сети</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Акционерное общество "Казахтелеком"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>46.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "Депозитарно-регистраторская система ценных бумаг"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о наличии ценных бумаг и сделок с ними</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Акционерное общество "Центральный Депозитарий ценных бумаг"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>47.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "База данных идентификационных кодов"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о зарегистрированных устройствах мобильной связи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Министерство искусственного интеллекта и цифрового развития </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45.</w:t>
-[...108 lines deleted...]
-            </w:r>
+Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Примечание:</w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Доступ к сведениям, составляющим охраняемую законами тайну, предоставляется в установленном законодательными актами Республики Казахстан порядке.</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      * – передача сведений будет осуществляться после реализации и официального ввода в эксплуатацию сервиса информационного взаимодействия, предоставление доступа пользователя и использование сведений правомерно только после нормативного закрепления информационного взаимодействия оператора системы информационного обмена правоохранительных, специальных государственных и иных органов и владельца информационной системы в рамках совместных приказов (соглашений, меморандумов);</w:t>
+      * – при условии наличия доступа управлений (отделов) по делам обороны к интеграционному шлюзу мобилизационных ресурсов, а также совместных приказов Министерства обороны Республики Казахстан и Генеральной прокуратуры Республики Казахстан по взаимодействию информационных систем.</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ** – при условии наличия доступа управлений (отделов) по делам обороны к интеграционному шлюзу мобилизационных ресурсов, а также совместных приказов Министерства обороны Республики Казахстан и Генеральной прокуратуры Республики Казахстан по взаимодействию информационных систем.</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>