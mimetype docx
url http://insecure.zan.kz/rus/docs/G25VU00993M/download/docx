--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ccb2ec2" w14:textId="ccb2ec2">
+    <w:p w14:paraId="b163fb6" w14:textId="b163fb6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -123,80 +123,93 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Примечание ИЗПИ!</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Настоящее решение вводится в действие с 01.01.2025.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -231,52 +244,68 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджетного кодекса Республики Казахстан, подпунктом 1) пункта 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан", маслихат района Үлкен Нарын РЕШИЛ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить бюджет Солдатовского сельского округа на 2025-2027 годы согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -311,67 +340,66 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) доходы 72 676 ,0 тысяч тенге, в том числе: </w:t>
+      1) доходы 130 151 ,1 тысяч тенге, в том числе: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налоговые поступления – 4 858,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -399,69 +427,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      поступления трансфертов – 67 818,0 тысяч тенге; </w:t>
+      поступления трансфертов –125 293,1 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) затраты – 77 190,5 тысяч тенге; </w:t>
+      2) затраты – 135 671,6 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -543,69 +571,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       поступление от продажи финансовых активов государства – 0,0 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5) дефицит (профицит) бюджета – -4514,5 тысяч тенге; </w:t>
+      5) дефицит (профицит) бюджета – - 5520,5 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      6) финансирование дефицита (использование профицита) бюджета –4514,5 тысяч тенге, в том числе: </w:t>
+        <w:t>
+      7) финансирование дефицита (использование профицита) бюджета –5 520,5 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -615,160 +643,159 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств – 4514,5 тысяч тенге.</w:t>
+      используемые остатки бюджетных средств –5 520,5 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата района Үлкен Нарын Восточно-Казахстанской области от 29.04.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата района Үлкен Нарын Восточно-Казахстанской области от 07.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 11/121-VIII</w:t>
+        <w:t>№ 16/179-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -776,51 +803,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Председатель маслихата района Үлкен Нарын </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -828,50 +855,68 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ж. Сыдыкова</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -944,245 +989,251 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">от 5 января 2025 года </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№9/93- VIII</w:t>
+              <w:t>№9/93-VIII</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Солдатовского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения маслихата района Үлкен Нарын Восточно-Казахстанской области от 02.09.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения маслихата района Үлкен Нарын Восточно-Казахстанской области от 07.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 15/158-VIII</w:t>
+        <w:t>№ 16/179-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1090"/>
+        <w:gridCol w:w="1691"/>
+        <w:gridCol w:w="1090"/>
+        <w:gridCol w:w="3108"/>
+        <w:gridCol w:w="5321"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5321" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего доходы (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1090" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1198,110 +1249,124 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1090" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1691" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1317,147 +1382,168 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1090" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1691" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1090" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3108" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1467,3252 +1553,3114 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1090" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1691" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1090" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3108" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1090" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1691" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1090" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3108" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 І.Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-130 151,1</w:t>
+            <w:tcW w:w="5321" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+130 151,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1090" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1691" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1090" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3108" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Налоговые поступления </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4858,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1090" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1691" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1090" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3108" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-211,0</w:t>
+            <w:tcW w:w="5321" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+244,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1090" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1691" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1090" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3108" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-211,0</w:t>
+            <w:tcW w:w="5321" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+244,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1090" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1691" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1090" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3108" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-2227,0</w:t>
+            <w:tcW w:w="5321" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2194,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1090" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1691" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1090" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3108" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-140,0</w:t>
+            <w:tcW w:w="5321" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+107,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1090" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1691" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1090" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3108" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1090" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1691" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1090" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3108" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Налог на транспортные средства </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1938,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1090" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1691" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1090" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3108" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 88,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1090" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1691" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1090" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3108" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2420,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1090" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1691" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1090" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3108" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2420,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="1090" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1691" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1090" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3108" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5321" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+125 293,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="1090" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1691" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1090" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3108" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5321" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+125 293,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-125 293,1</w:t>
+            <w:tcW w:w="1090" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1691" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1090" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3108" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5321" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+125 293,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...352 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1123"/>
+        <w:gridCol w:w="1526"/>
+        <w:gridCol w:w="1526"/>
+        <w:gridCol w:w="4591"/>
+        <w:gridCol w:w="3534"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3534" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4728,5810 +4676,6283 @@
               <w:t>
 Администратор программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...27 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4591" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...27 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1123" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4591" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4591" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-134 765,6</w:t>
+            <w:tcW w:w="3534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+135 671,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1123" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4591" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-34 653,0</w:t>
+            <w:tcW w:w="3534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37 108,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4591" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-34 653,0</w:t>
+            <w:tcW w:w="3534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37 108,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4591" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-34 653,0</w:t>
+            <w:tcW w:w="3534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37 108,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1123" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4591" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-62 977,5</w:t>
+            <w:tcW w:w="3534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61 428,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4591" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-62 977,5</w:t>
+            <w:tcW w:w="3534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61 428,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4591" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-3 296,0</w:t>
+            <w:tcW w:w="3534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 747,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4591" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 219,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4591" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Благоустройство и озеленение населенных пунктов </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 300,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 014</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4591" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Организация водоснабжения населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59 162,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1123" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4591" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6068,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4591" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6068,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4591" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5454,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 045</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4591" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальный и средний ремонт автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 614,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1123" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...99 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4591" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31 066,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4591" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31 066,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 057</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4591" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Реализация мероприятий по социальной и инженерной инфраструктуре в сельских населенных пунктах в рамках проекта "Ауыл-Ел бесігі""</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31 066,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4591" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 III. Чистое бюджетное кредитование </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4591" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1123" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4591" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4591" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4591" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4591" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4591" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
--4614,5</w:t>
+            <w:tcW w:w="3534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-5520,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-4614,5</w:t>
+            <w:tcW w:w="1123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4591" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+VIІ. Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5520,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1123" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4591" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1123" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4591" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1123" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4591" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Используемые остатки бюджетных средств </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-4614,5</w:t>
+            <w:tcW w:w="3534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5520,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4591" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Остатки бюджетных средств </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-4614,5</w:t>
+            <w:tcW w:w="3534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5520,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4591" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Свободные остатки бюджетных средств </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-4614,5</w:t>
+            <w:tcW w:w="3534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5520,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -10644,172 +11065,178 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Солдатовского сельского округа на 2026 год</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1146"/>
+        <w:gridCol w:w="1779"/>
+        <w:gridCol w:w="1146"/>
+        <w:gridCol w:w="3269"/>
+        <w:gridCol w:w="4960"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4960" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего доходы (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10825,110 +11252,124 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10944,3192 +11385,3451 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="4960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 І.Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40 231,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Налоговые поступления </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5198,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 211,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 211,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2139,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 140,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Налог на транспортные средства </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2278,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 88,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2420,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2420,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35 033,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35 033,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14144,221 +14844,234 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1194"/>
+        <w:gridCol w:w="1622"/>
+        <w:gridCol w:w="1622"/>
+        <w:gridCol w:w="4533"/>
+        <w:gridCol w:w="3329"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14374,110 +15087,124 @@
               <w:t>
 Администратор программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14493,147 +15220,168 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14643,4942 +15391,5376 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40231,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34 286,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34 286,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34 286,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 691,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 691,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 461,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 230,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 254,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 254,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 254,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 057</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Реализация мероприятий по социальной и инженерной инфраструктуре в сельских населенных пунктах в рамках проекта "Ауыл-Ел бесігі"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 III. Чистое бюджетное кредитование </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Используемые остатки бюджетных средств </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Остатки бюджетных средств </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Свободные остатки бюджетных средств </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19721,172 +20903,178 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Солдатовского сельского округа на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1146"/>
+        <w:gridCol w:w="1779"/>
+        <w:gridCol w:w="1146"/>
+        <w:gridCol w:w="3269"/>
+        <w:gridCol w:w="4960"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4960" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего доходы (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19902,110 +21090,124 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20021,3192 +21223,3451 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="4960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 І.Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42 110,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Налоговые поступления </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5562,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 211,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 211,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2139,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 140,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Налог на транспортные средства </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2278,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 88,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2784,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2784,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36 549,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36 549,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23221,221 +24682,234 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1194"/>
+        <w:gridCol w:w="1622"/>
+        <w:gridCol w:w="1622"/>
+        <w:gridCol w:w="4533"/>
+        <w:gridCol w:w="3329"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23451,110 +24925,124 @@
               <w:t>
 Администратор программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23570,147 +25058,168 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23720,4942 +25229,5376 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42 110,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35 981,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35 981,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35 981,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3876,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3876,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 634,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 242,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 254,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 254,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 254,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 057</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Реализация мероприятий по социальной и инженерной инфраструктуре в сельских населенных пунктах в рамках проекта "Ауыл-Ел бесігі"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 III. Чистое бюджетное кредитование </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Используемые остатки бюджетных средств </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Остатки бюджетных средств </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Свободные остатки бюджетных средств </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28717,55 +30660,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>