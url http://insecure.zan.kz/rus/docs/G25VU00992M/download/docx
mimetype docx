--- v0 (2025-11-10)
+++ v1 (2025-12-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d811ea5" w14:textId="d811ea5">
+    <w:p w14:paraId="37678fa" w14:textId="37678fa">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -327,69 +327,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) доходы – 113629,0 тысяч тенге, в том числе: </w:t>
+      1) доходы – 116899,0 тысяч тенге, в том числе: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 13485,0 тысяч тенге;</w:t>
+      налоговые поступления – 16755,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       неналоговые поступления – 0,0 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -417,51 +417,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления трансфертов – 99729,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 114784,7 тысяч тенге;</w:t>
+      2) затраты – 118054,7 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -643,61 +643,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата района Үлкен Нарын Восточно-Казахстанской области от 02.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата района Үлкен Нарын Восточно-Казахстанской области от 07.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 15/157-VIII</w:t>
+        <w:t>№ 16/178-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -981,61 +981,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Ново-Хайрузовского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения маслихата района Үлкен Нарын Восточно-Казахстанской области от 02.09.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения маслихата района Үлкен Нарын Восточно-Казахстанской области от 07.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 15/157-VIII</w:t>
+        <w:t>№ 16/178-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1814,51 +1814,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-113629,0</w:t>
+116899,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1991,51 +1991,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13485,0</w:t>
+16755,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2168,51 +2168,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1500,0</w:t>
+2762,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2345,51 +2345,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1500,0</w:t>
+2762,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2522,51 +2522,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6731,0</w:t>
+7096,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2699,51 +2699,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-173,0</w:t>
+169,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2876,51 +2876,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-92,0</w:t>
+57,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3053,51 +3053,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3250,0</w:t>
+2937,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3230,51 +3230,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3216,0</w:t>
+3933,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3407,51 +3407,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5254,0</w:t>
+6897,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3584,51 +3584,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5254,0</w:t>
+6897,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3903,50 +3903,404 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+415,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли и нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+415,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5306,51 +5660,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-114784,7</w:t>
+118054,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5483,51 +5837,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57405,0</w:t>
+61401,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5660,51 +6014,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57405,0</w:t>
+61401,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5837,51 +6191,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47525,0</w:t>
+51521,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6191,51 +6545,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35331,0</w:t>
+34648,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6368,51 +6722,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35331,0</w:t>
+34648,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6545,51 +6899,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20904,0</w:t>
+18083,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6722,51 +7076,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-868,0</w:t>
+736,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6899,51 +7253,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12367,0</w:t>
+11367,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7076,51 +7430,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1192,0</w:t>
+4462,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7253,51 +7607,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22046,0</w:t>
+22003,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7430,51 +7784,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22046,0</w:t>
+22003,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7607,51 +7961,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20796,0</w:t>
+20896,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7747,88 +8101,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-1250,0</w:t>
+              <w:t>
+Капитальный и средний ремонт автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1107,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9667,51 +10021,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-VІI. Финансирование дефицита (использование профицита) бюджета</w:t>
+VIІ. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10307,51 +10661,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 01</w:t>
+01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10516,51 +10870,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 1</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>