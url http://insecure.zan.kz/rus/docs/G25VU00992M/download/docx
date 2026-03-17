--- v1 (2025-12-26)
+++ v2 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="37678fa" w14:textId="37678fa">
+    <w:p w14:paraId="598ae87" w14:textId="598ae87">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -152,51 +152,68 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Настоящее решение вводится в действие с 01.01.2025.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -231,52 +248,68 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджетного кодекса Республики Казахстан от 4 декабря 2008 года, подпунктом 1) пункта 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан от 23 января 2001 года "О местном государственном управлении и самоуправлении в Республике Казахстан" маслихат района Үлкен Нарын РЕШИЛ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить бюджет Ново-Хайрузовского сельского округа на 2025-2027 годы согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -311,67 +344,66 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) доходы – 116899,0 тысяч тенге, в том числе: </w:t>
+      1) доходы – 116014,0 тысяч тенге, в том числе: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налоговые поступления – 16755,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -399,69 +431,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 415,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 99729,0 тысяч тенге;</w:t>
+      поступления трансфертов – 98844,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 118054,7 тысяч тенге;</w:t>
+      2) затраты – 117169,7 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -561,51 +593,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) дефицит (профицит) бюджета – - 1155,7 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) финансирование дефицита (использование профицита) бюджета – 1155,7 тысяч тенге, в том числе:</w:t>
+      7) финансирование дефицита (использование профицита) бюджета – 1155,7тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -643,107 +675,107 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата района Үлкен Нарын Восточно-Казахстанской области от 07.11.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата района Үлкен Нарын Восточно-Казахстанской области от 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 16/178-VIII</w:t>
+        <w:t>№ 17/187-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -828,50 +860,68 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ж. Сыдыкова</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -981,61 +1031,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Ново-Хайрузовского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения маслихата района Үлкен Нарын Восточно-Казахстанской области от 07.11.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения маслихата района Үлкен Нарын Восточно-Казахстанской области от 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 16/178-VIII</w:t>
+        <w:t>№ 17/187-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1814,51 +1864,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-116899,0</w:t>
+116014,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4469,51 +4519,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-99729,0</w:t>
+98844,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4646,51 +4696,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-99729,0</w:t>
+98844,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4823,51 +4873,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-99729,0</w:t>
+98844,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5660,51 +5710,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-118054,7</w:t>
+117169,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5837,51 +5887,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61401,0</w:t>
+60416,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6014,51 +6064,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61401,0</w:t>
+60416,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6191,51 +6241,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51521,0</w:t>
+50536,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7607,51 +7657,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22003,0</w:t>
+22103,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7784,51 +7834,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22003,0</w:t>
+22103,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8138,51 +8188,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1107,0</w:t>
+1207,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10021,51 +10071,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-VIІ. Финансирование дефицита (использование профицита) бюджета</w:t>
+VІI. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28818,55 +28868,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>